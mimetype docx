--- v0 (2025-12-20)
+++ v1 (2026-02-28)
@@ -1,2713 +1,10461 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="111AEB45" w14:textId="0B99969C" w:rsidR="003E3EEA" w:rsidRPr="003858D6" w:rsidRDefault="00DF4A7D" w:rsidP="00B00AEE">
+    <w:p w14:paraId="4AF178E6" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2534285E" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FC65B0C" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C54E270" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10BB6C60" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10F08329" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59B3941D" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BD01522" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C2FC780" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7388F022" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="003858D6" w:rsidRDefault="00F14E99" w:rsidP="00F14E99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003858D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t>«Павлодар қаласының №</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="003858D6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+        <w:t>35</w:t>
       </w:r>
-      <w:r w:rsidR="003858D6" w:rsidRPr="003858D6">
+      <w:r w:rsidRPr="003858D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№</w:t>
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> КММ</w:t>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C07B86" w14:textId="03F91EA4" w:rsidR="00F056FD" w:rsidRPr="003858D6" w:rsidRDefault="003858D6" w:rsidP="00F056FD">
+    <w:p w14:paraId="67713719" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="003858D6" w:rsidRDefault="00F14E99" w:rsidP="00F14E99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003858D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">мемлекеттік </w:t>
+        <w:t xml:space="preserve">мемлекеттік  тілде оқытатын </w:t>
       </w:r>
-      <w:r w:rsidR="00F056FD" w:rsidRPr="003858D6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> тілде оқытатын </w:t>
+        <w:t xml:space="preserve">әлеуметтік педагог бос </w:t>
       </w:r>
-      <w:r w:rsidR="00625F68">
-[...32 lines deleted...]
-      <w:r w:rsidR="00F056FD" w:rsidRPr="003858D6">
+      <w:r w:rsidRPr="003858D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">лауазымына </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="034FAC22" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="003858D6" w:rsidRDefault="00B00AEE" w:rsidP="00E41FA4">
+    <w:p w14:paraId="7D5B9677" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="003858D6" w:rsidRDefault="00F14E99" w:rsidP="00F14E99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003858D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>конкурс жариялайды</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="514"/>
         <w:gridCol w:w="2996"/>
         <w:gridCol w:w="6627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003858D6" w:rsidRPr="00625F68" w14:paraId="1F7A6853" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00F14E99" w:rsidRPr="00356D91" w14:paraId="4578A111" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="558013FB" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="3DA85202" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D8B65BE" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="7D5EFD73" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57CAF088" w14:textId="724621C2" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="005C60F0">
+          <w:p w14:paraId="402E261B" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №</w:t>
             </w:r>
-            <w:r w:rsidR="00966B3F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003858D6" w:rsidRPr="00966B3F" w14:paraId="014B66BF" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00F14E99" w:rsidRPr="00966B3F" w14:paraId="54161FB6" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3601069A" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="3FC7D90D" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6067229A" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="70DE9353" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA753EC" w14:textId="2D242172" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="005C60F0">
+          <w:p w14:paraId="25C6BB8F" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">140000, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, </w:t>
             </w:r>
-            <w:r w:rsidR="00966B3F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Айманов</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> көшесі, 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003858D6" w:rsidRPr="00BA00B1" w14:paraId="39FD2925" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w14:paraId="6B4211D4" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="44B150FA" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="6FCB5CE2" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="617C6B60" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="67B74D26" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D301E09" w14:textId="5F419EF3" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="005C60F0">
+          <w:p w14:paraId="7E179F2A" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7182) </w:t>
             </w:r>
-            <w:r w:rsidR="00966B3F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>537401</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қабылдаубөлімі</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қабылдаубөлімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003858D6" w:rsidRPr="00BA00B1" w14:paraId="2C506BBA" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w14:paraId="775FDC87" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="40203D3E" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="60B2F0B8" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FDA5455" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="4BC9A2AD" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65E20E6D" w14:textId="5104C515" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="005C60F0">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1172ACE7" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sosh</w:t>
             </w:r>
-            <w:r w:rsidR="00966B3F">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">35 </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00BA00B1" w14:paraId="3ADAF4B2" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w14:paraId="333891B1" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="24418947" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="339C133E" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="013C1FF2" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w14:paraId="059AF018" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA22E66" w14:textId="4E7F58CF" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="00625F68" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="23F96F89" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>әлеуметтік педагог</w:t>
             </w:r>
-            <w:r w:rsidR="00BA00B1" w:rsidRPr="00BA00B1">
+            <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- 1 жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00625F68" w14:paraId="59949FE9" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00F14E99" w:rsidRPr="00356D91" w14:paraId="240DAC8E" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7CEA166B" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="1C3A129D" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B6B0B32" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="7AE8C64E" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6846CDC8" w14:textId="77777777" w:rsidR="00F3203F" w:rsidRPr="00F3203F" w:rsidRDefault="008E7665" w:rsidP="00D65C64">
-[...1 lines deleted...]
-              <w:pStyle w:val="ab"/>
+          <w:p w14:paraId="4F0CA428" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00F3203F" w:rsidRDefault="00F14E99" w:rsidP="00431889">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00F3203F" w:rsidRPr="00F3203F">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
-              <w:t>еке тұлғаның психологиялық-медициналық-педагогикалық ерекшеліктерін және оның шағын ортасын, өмір сүру жағдайларын зерделейді, білім алушылардың, тәрбиеленушілердің мүдделері мен қажеттіліктерін, проблемаларын, жанжалды жағдайларын, мінез-құлқындағы ауытқуларды анықтайды және оларға әлеуметтік көмек пен қолдауды уақтылы көрсетеді;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7F5161D2" w14:textId="77777777" w:rsidR="00F3203F" w:rsidRPr="00F3203F" w:rsidRDefault="00F3203F" w:rsidP="00D65C64">
+              <w:t>еке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>тұлғаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>психологиялық-медициналық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ерекшеліктерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>шағын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ортасын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>өмір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>сүру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жағдайларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>зерделейді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>мүдделері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қажеттіліктерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>проблемаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жанжалды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жағдайларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>мінез-құлқындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ауытқуларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>анықтайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>оларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>көмек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қолдауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>уақтылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>көрсетеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33027C42" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00F3203F" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3203F">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
-              <w:t>      әлеуметтік-педагогикалық жұмыстың міндеттерін, нысандарын, әдістерін, баланың жеке және әлеуметтік проблемаларын шешу тәсілдерін айқындайды, білім алушылардың, тәрбиеленушілердің жеке басының құқықтары мен бостандықтарын іске асыруда әлеуметтік қорғау және әлеуметтік көмек бойынша шаралар қабылдайды;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7022B244" w14:textId="77777777" w:rsidR="00F3203F" w:rsidRPr="00F3203F" w:rsidRDefault="00F3203F" w:rsidP="00D65C64">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>әлеуметтік-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жұмыстың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>міндеттерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>әдістерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>баланың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>проблемаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>шешу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>тәсілдерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>айқындайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>басының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>құқықтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>бостандықтарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>асыруда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>көмек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>шаралар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қабылдайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0165AEC5" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00F3203F" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3203F">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
-              <w:t>      білім алушылар, тәрбиеленушілер және ұйым, отбасы, орта, әртүрлі әлеуметтік қызметтердің, ведомстволар мен әкімшілік органдардың мамандары арасында делдал болады;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7E1DDA01" w14:textId="77777777" w:rsidR="00F3203F" w:rsidRPr="00F3203F" w:rsidRDefault="00F3203F" w:rsidP="00D65C64">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ұйым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>отбасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, орта, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>әртүрлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қызметтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ведомстволар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>әкімшілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>органдардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>мамандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>арасында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>делдал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>болады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34EE7749" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00F3203F" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3203F">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
-              <w:t>      жеке тұлғаның қоғамдағы өмірге бейімделуін қамтамасыз ететін білім беру ұйымдарында және тұрғылықты жері бойынша білім алушыларды, тәрбиеленушілерді тәрбиелеу, білім беру, дамыту және әлеуметтік қорғау жөніндегі шаралар кешенін жүзеге асырады;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5A414994" w14:textId="490F75C1" w:rsidR="00F3203F" w:rsidRDefault="00F3203F" w:rsidP="00D65C64">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>тұлғаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қоғамдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>өмірге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>бейімделуін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ететін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>алушыларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>тәрбиелеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>шаралар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>кешенін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>асырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B62FC72" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3203F">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
-              <w:t>      жетім балалар мен ата-анасының қамқорлығынсыз қалған балалардың, кемтар балалардың, мүгедек балалардың, бала кезінен мүгедектердің патронат, тұрғын үймен, жәрдемақылармен, зейнетақылармен, мүліктік және мүліктік емес құқықтармен қамтамасыз ету жөніндегі жұмысты үйлестіреді;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7972EDCF" w14:textId="77777777" w:rsidR="00D65C64" w:rsidRPr="00D65C64" w:rsidRDefault="00D65C64" w:rsidP="00D65C64">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жетім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ата-анасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қамқорлығынсыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қалған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>балалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>кемтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>балалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>мүгедек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>балалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, бала </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>кезінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>мүгедектердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> патронат, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>тұрғын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>үймен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жәрдемақылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>зейнетақылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>мүліктік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>мүліктік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>құқықтармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жұмысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>үйлестіреді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F3203F">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F7B66FC" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00D65C64" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65C64">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
-              <w:t> сабақтан тыс уақытта білім алушылардың, тәрбиеленушілердің таланттарын, ақыл-ой және дене қабілеттерін дамыту үшін жағдай жасайды;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="491A1004" w14:textId="77777777" w:rsidR="00D65C64" w:rsidRPr="00D65C64" w:rsidRDefault="00D65C64" w:rsidP="00D65C64">
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>сабақтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>тыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>уақытта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>таланттарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ақыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-ой </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>дене</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қабілеттерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жағдай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C2AB14F" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00D65C64" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65C64">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
-              <w:t>      әлеуметтік ортада адамгершілік, адамгершілік сау қарым-қатынас орнатуға ықпал етеді;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="07E54000" w14:textId="77777777" w:rsidR="00D65C64" w:rsidRPr="00D65C64" w:rsidRDefault="00D65C64" w:rsidP="00D65C64">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ортада</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>адамгершілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>адамгершілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>сау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қарым-қатынас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>орнатуға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ықпал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CE0DC6C" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00D65C64" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65C64">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
-              <w:t>      білім алушылар, тәрбиеленушілер және мемлекеттік, қоғамдық ұйымдар мен әлеуметтік қызметтер арасындағы байланысты қамтамасыз етеді;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="676645E7" w14:textId="62EAC290" w:rsidR="008E7665" w:rsidRPr="00D65C64" w:rsidRDefault="00D65C64" w:rsidP="00D65C64">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қоғамдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ұйымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қызметтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>арасындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>байланысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4974E1F7" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00D65C64" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D65C64">
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
               </w:rPr>
-              <w:t>      педагогтармен, ата-аналармен және өзге де заңды өкілдермен өзара іс-қимыл жасайды;</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>педагогтармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>ата-аналармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>заңды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>өкілдермен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>өзара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>іс-қимыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D65C64">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00BA00B1" w14:paraId="4F47F2EB" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w14:paraId="0D2C431E" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="35C78430" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="3BA185AC" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4226F769" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="3E91F944" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BEE460B" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="003858D6">
+          <w:p w14:paraId="0114811F" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F01F81A" w14:textId="545A0C6E" w:rsidR="003858D6" w:rsidRDefault="003858D6" w:rsidP="003858D6">
+          <w:p w14:paraId="0AAA2675" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BA00B1" w:rsidRPr="00BA00B1">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00966B3F">
+              <w:t>орта арнаулы  -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орта арнаулы  -</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>508теңге</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42F21AE8" w14:textId="53CBB078" w:rsidR="00966B3F" w:rsidRPr="00BA00B1" w:rsidRDefault="00966B3F" w:rsidP="003858D6">
+          <w:p w14:paraId="3C91FFB7" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">   жоғары – 1</w:t>
-[...32 lines deleted...]
-          <w:p w14:paraId="7997CAB1" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00BA00B1">
+              <w:t xml:space="preserve">   жоғары – 139543 теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="480BF113" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00BA00B1" w14:paraId="16FF8A1C" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w14:paraId="258C7CDC" w14:textId="77777777" w:rsidTr="00431889">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="163EFCB6" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA00B1" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="761787DF" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="097195B5" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA00B1" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="7FC47C21" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6588EE15" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA00B1" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+              <w:t xml:space="preserve">Педагогтердің үлгілік біліктілік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FDB0396" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A9BBC20" w14:textId="77777777" w:rsidR="00F3203F" w:rsidRDefault="00F3203F" w:rsidP="00F3203F">
-[...1 lines deleted...]
-              <w:pStyle w:val="ab"/>
+          <w:p w14:paraId="0025663E" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00431889">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>жоғары педагогикалық білімі немесе "Әлеуметтік педагог" бағыты бойынша кәсіптік білімі немесе педагогикалық қайта даярлығын растайтын құжат, жұмыс стажына талап қойылмайды;</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="ab"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағыты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қайта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>даярлығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стажына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>талап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қойылмайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35CFF659" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00431889">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      және (немесе) біліктілігінің жоғары деңгейі болған кезде әлеуметтік педагог лауазымындағы жұмыс </w:t>
-            </w:r>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-          <w:p w14:paraId="7705078C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA00B1" w:rsidRDefault="00B1578A" w:rsidP="00BA00B1">
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: педагог-модератор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін-кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, педагог – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін-кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="062A730D" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00BA00B1" w14:paraId="691AEFE3" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w14:paraId="3918CE88" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64621E93" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA00B1" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="199ED42C" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="233BD568" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA00B1" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+          <w:p w14:paraId="7D3E6410" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4976AEC1" w14:textId="11DF5A29" w:rsidR="00B1578A" w:rsidRPr="00BA00B1" w:rsidRDefault="00625F68" w:rsidP="002C0A22">
+          <w:p w14:paraId="5D91AFF9" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>18.12.-</w:t>
-[...89 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>03.11.-13.11.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00966B3F" w14:paraId="6F212364" w14:textId="77777777" w:rsidTr="003858D6">
+      <w:tr w:rsidR="00F14E99" w:rsidRPr="00966B3F" w14:paraId="39A46CAB" w14:textId="77777777" w:rsidTr="00431889">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4971C622" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00BA00B1" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+          <w:p w14:paraId="07B8008A" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CCAEB0F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00BA00B1" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+          <w:p w14:paraId="38F96C66" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18BFFF8C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+          <w:p w14:paraId="53C05CB8" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) осы Қағидаларға </w:t>
-            </w:r>
+              <w:t xml:space="preserve">1) осы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қағидаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3-қосымшаға</w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес нысан бойынша қоса </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="18BB5D2D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қоса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15B1EC9E" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="66F24D7A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>берілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тізбесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсете</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65CF20D8" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">туралы </w:t>
-            </w:r>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>өтініш</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7893421E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+          <w:p w14:paraId="562BE831" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">2) </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке басын куәландыратын құжат</w:t>
-            </w:r>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...6 lines deleted...]
-          <w:p w14:paraId="445C8251" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D7784F4" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">сервисінен алынған электрондық құжат (сәйкестендіру үшін); </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2C003C5D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкестендіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D3466B9" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
-            </w:r>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке іс парағы</w:t>
-            </w:r>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(нақты  тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
-            </w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="20187495" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E559833" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">4) Үлгілік біліктілік сипаттамаларымен бекітілген лауазымға </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="653D45D4" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00826698" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34BCEA4B" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00826698" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
-            </w:r>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">білімі туралы </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7AACBDB7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00826698" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E750C32" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00826698" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">құжаттардың көшірмелері; </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4FF6FE4E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B61C8E8" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">5) </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>еңбек қызметін растайтын құжаттың көшірмесі</w:t>
-            </w:r>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (бар болса); </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5186D4AB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="716557F3" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3C999843" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>6) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57EC063A" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6B730AA5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сондай-ақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>оларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нұсқаулықтарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14B7D024" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">бекіту туралы" ҚР Денсаулық сақтау министрінің міндетін </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="376C40A5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" ҚР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AB8AC39" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4EF8D893" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00826698" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49B3FAEC" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00826698" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">бұйрығымен бекітілген </w:t>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">075/у нысаны бойынша денсаулық жағдайы </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3B99690D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00826698" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t xml:space="preserve">075/у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18ADFF03" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00826698" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">туралы анықтама; </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="075FF5E9" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="661CD04F" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">7) </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>психикалық, мінез-құлықтық бұзылушылықтары</w:t>
-            </w:r>
+              <w:t>психикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мінез-құлықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұзылушылықтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бар аурудың </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0769AB7D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>аурудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A7045B4" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">динамикалық бақылауда жоқтығы туралы </w:t>
-            </w:r>
+              <w:t>динамикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бақылауда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жоқтығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>анықтама;</w:t>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BE48497" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+          <w:p w14:paraId="402F16E2" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>наркологиялық аурудың</w:t>
-            </w:r>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>аурудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> динамикалық бақылауда жоқтығы </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="08BF9F2D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>динамикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бақылауда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жоқтығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="698DA5C1" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">туралы </w:t>
-            </w:r>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>анықтама;</w:t>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A4A40D0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+          <w:p w14:paraId="7A1CCC27" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 9) сертификаттаудан өту нәтижелері туралы </w:t>
+              <w:t xml:space="preserve"> 9) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>сертификат</w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> немесе </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4DA53FA2" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DD0FBB7" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">қолданыстағы </w:t>
-            </w:r>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>біліктілік санатының болуы туралы куәлік</w:t>
-            </w:r>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (бар </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5786FC0C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бар </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15556596" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">болса); </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="70803C29" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00826698" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0826F7A0" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00826698" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">10) </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0290EF01" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орналасуға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59F65737" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">кандидаттар үшін пән бойынша </w:t>
-            </w:r>
+              <w:t>кандидаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>пән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">сертификаттау нәтижелері туралы </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0D2DA174" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A7CCB9F" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">сертификат немесе педагог-модератор немесе педагог-сарапшы </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2A979970" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t xml:space="preserve">сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-модератор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="009C6929" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">немесе педагог-зерттеуші немесе педагог-шебер біліктілік санатының </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="14E6344C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B7AE792" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">болуы туралы куәлікті (бар болса) немесе CELTA (Certificate in </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5E71114D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05127CD3" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">English Language Teaching to Adults. Cambridge) PASS A; DELTA </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32B19652" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+          <w:p w14:paraId="314B4CC9" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">(Diploma in English Language Teaching to Adults) Pass and above </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>немесе</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61E093C4" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+          <w:p w14:paraId="30CD779A" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">IELTS (IELTS - </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>айелтс</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">) – 6,5 </w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>немесе</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>тойфл</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> TOEFL (</w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">nternet </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7F91A715" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55721018" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Based Test (</w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
@@ -2723,59 +10471,61 @@
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">BT)) – 60-65 </w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>көрсеткіші</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>бар</w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -2791,2092 +10541,6879 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>сертификат</w:t>
             </w:r>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11C3CB84" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+          <w:p w14:paraId="13E0534F" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">11) </w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>осы</w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Қағидаларға</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 12, 13-</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>қосымшаларға</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>сәйкес</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F63363C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+          <w:p w14:paraId="1FE8ACC2" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">педагогтің бос немесе уақытша бос лауазымына кандидаттың </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3C2466E0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t>педагогтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C3844A6" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">толтырылған </w:t>
-            </w:r>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>бағалау парағы;</w:t>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B8B795D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+          <w:p w14:paraId="55AE7AA8" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00627D00" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00627D00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">12) жұмыс орнынан (педагог лауазымы бойынша), оқу орнынан </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4C86EC39" w14:textId="10BBC466" w:rsidR="00966B3F" w:rsidRPr="00BA00B1" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+              <w:t xml:space="preserve">12) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21A45D85" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00826698">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>ұсыным хат.</w:t>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00F26476" w14:paraId="21D82D2B" w14:textId="77777777" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00F14E99" w:rsidRPr="00F26476" w14:paraId="4321F365" w14:textId="77777777" w:rsidTr="00431889">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6557A79D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00BA00B1" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+          <w:p w14:paraId="73E99C2F" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EC62EA3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00BA00B1" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+          <w:p w14:paraId="64199C86" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA00B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6627" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43F8260A" w14:textId="67893665" w:rsidR="00966B3F" w:rsidRPr="00BA00B1" w:rsidRDefault="00F3203F" w:rsidP="00966B3F">
+          <w:p w14:paraId="4596BEC9" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="00BA00B1" w:rsidRDefault="00F14E99" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D4994CC" w14:textId="77777777" w:rsidR="003153C2" w:rsidRPr="003858D6" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+    <w:p w14:paraId="08834362" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRPr="003858D6" w:rsidRDefault="00F14E99" w:rsidP="00F14E99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0ADE4F92" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="003858D6" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="7F98BBA3" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D9F5874" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="003858D6" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="7D1C5856" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35110766" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="003858D6" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+    <w:p w14:paraId="18263C22" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6955A2CD" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="003858D6" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+    <w:p w14:paraId="08169D34" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15538F02" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="003858D6" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+    <w:p w14:paraId="2852F0B2" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41A1EEDB" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+    <w:p w14:paraId="498BF199" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C552B0F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+    <w:p w14:paraId="2484EFA4" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A61E70B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+    <w:p w14:paraId="272940E2" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48E96FEE" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+    <w:p w14:paraId="59A9BBC1" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E77DC9F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+    <w:p w14:paraId="0F7A5257" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00F14E99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6AF78C2F" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17578D77" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+    <w:p w14:paraId="1B89D9B0" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14DACF92" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+    <w:p w14:paraId="10322073" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2959D681" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+    <w:p w14:paraId="027C3EFC" w14:textId="77777777" w:rsidR="00F14E99" w:rsidRDefault="00F14E99" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02CBB9EF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00F3203F">
-[...13 lines deleted...]
-    <w:p w14:paraId="1CB8D619" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="000312ED" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="5E366AF1" w14:textId="6E13A3B5" w:rsidR="00416760" w:rsidRPr="00BF3775" w:rsidRDefault="00416760" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF3775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының, Павлодар қаласының білім беру бөлімінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B17664" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="00BF3775" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF3775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00BF3775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="006F16D0" w:rsidRPr="00BF3775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының № </w:t>
+      </w:r>
+      <w:r w:rsidR="00416760" w:rsidRPr="00BF3775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00BF3775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00BF3775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00BF3775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B17C82B" w14:textId="7A8FA1B1" w:rsidR="00B00AEE" w:rsidRDefault="00527383" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Хореограф</w:t>
+      </w:r>
+      <w:r w:rsidR="0014656B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, музыка жетекшісі </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA19C9" w:rsidRPr="00BF3775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="00BF3775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00BF3775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidR="006975D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (тұрақты)-1 жүктеме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295BE8A5" w14:textId="45F8D7E2" w:rsidR="0052524A" w:rsidRDefault="0052524A" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79FA3593" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="1F51B807" w14:textId="77777777" w:rsidR="0052524A" w:rsidRDefault="0052524A" w:rsidP="0052524A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="6858"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00F14E99" w14:paraId="20CB6D0A" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FA3285" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3670DE73" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2312BC38" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w:rsidRDefault="00416760" w:rsidP="00416760">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысы білім беру басқармасының, Павлодар қаласының білім беру бөлімінің «Павлодар қаласының № 35 жалпы орта білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мектебі» </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>коммуналдық мемлекеттік мекемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w14:paraId="7E11C587" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3722D10E" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DBAD74F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E2C7A5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w:rsidRDefault="00CB6B4F" w:rsidP="00497B2F">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="00497B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, </w:t>
+            </w:r>
+            <w:r w:rsidR="003A4CEB" w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар қаласы, Айманов көшесі, 37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w14:paraId="6F188E84" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD3BBEA" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77DCBAD3" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F8210B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w:rsidRDefault="00CB6B4F" w:rsidP="003A4CEB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E46B90" w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A4CEB" w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>537104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w14:paraId="3C1FB246" w14:textId="77777777" w:rsidTr="00E46B90">
+        <w:trPr>
+          <w:trHeight w:val="344"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1C2050E5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECC2D3F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F08B60" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00BF3775" w:rsidRDefault="003A4CEB" w:rsidP="003A4CEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004E0CB3" w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>osh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidR="004E0CB3" w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00114D6A" w14:paraId="31F92F9C" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2706FD73" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BF3775" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5235EC55" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BF3775" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B892C06" w14:textId="77777777" w:rsidR="008E7665" w:rsidRDefault="00527383" w:rsidP="00527383">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хореограф</w:t>
+            </w:r>
+            <w:r w:rsidR="00864371" w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
+            </w:r>
+            <w:r w:rsidR="0014656B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidR="00192A37" w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүктеме</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79B8649F" w14:textId="1F6B2C83" w:rsidR="0014656B" w:rsidRPr="00BF3775" w:rsidRDefault="0014656B" w:rsidP="00527383">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">музыка жетекшісі -0,5 жүктеме </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00114D6A" w14:paraId="3B12BC93" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA43349" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BF3775" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19505987" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BF3775" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8759FF" w14:textId="77777777" w:rsidR="00144634" w:rsidRPr="00144634" w:rsidRDefault="00144634" w:rsidP="00144634">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00144634">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лауазымдық міндеттері: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75947030" w14:textId="77777777" w:rsidR="00144634" w:rsidRPr="00144634" w:rsidRDefault="00144634" w:rsidP="00144634">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00144634">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00144634">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ілім алушылардың әр түрлі шығармашылық қызметін ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AA0D87F" w14:textId="77777777" w:rsidR="00144634" w:rsidRPr="00144634" w:rsidRDefault="00144634" w:rsidP="00144634">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00144634">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      үйірмелердегі, секциялардағы, студиялардағы, клубтық және басқа да балалар бірлестіктеріндегі білім алушылардың, тәрбиеленушілердің құрамын жинақтайды, оларды оқу мерзімі ішінде сақтау жөнінде шаралар қабылдайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="679E721A" w14:textId="77777777" w:rsidR="00144634" w:rsidRPr="00144634" w:rsidRDefault="00144634" w:rsidP="00144634">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00144634">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      қосымша білім берудің білім беру бағдарламаларын әзірлеуге және іске асыруға қатысады, сабақ жоспарлары мен іс-шаралар бағдарламаларын жасайды, олардың орындалуын қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35589E2D" w14:textId="1C9D9DF5" w:rsidR="00144634" w:rsidRPr="006B1933" w:rsidRDefault="00144634" w:rsidP="00144634">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00144634">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      белгіленген құжаттаманы жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="146D2AE1" w14:textId="77777777" w:rsidR="00EA19C9" w:rsidRPr="00B2218B" w:rsidRDefault="00EA19C9" w:rsidP="00B2218B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00F14E99" w14:paraId="712048BE" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="58D92E24" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BF3775" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECBF3A5" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BF3775" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="114ECF3F" w14:textId="775B8271" w:rsidR="008E7665" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00497B2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13852AC3" w14:textId="44FA2786" w:rsidR="007F70B1" w:rsidRPr="000312ED" w:rsidRDefault="007F70B1" w:rsidP="007F70B1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000312ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-арнайы орта білім(min)-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F70B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>118569</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CA8268F" w14:textId="61ECDA7E" w:rsidR="007F70B1" w:rsidRPr="00497B2F" w:rsidRDefault="007F70B1" w:rsidP="007F70B1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000312ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6531 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000312ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1771503F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00497B2F" w:rsidRDefault="008E7665" w:rsidP="00EA19C9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00F14E99" w14:paraId="009E9482" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E938247" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BF3775" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF9D54D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BF3775" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A78E063" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BF3775" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4501B8" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00BF3775" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="545FBBD2" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00BF3775" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77B5482B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BF3775" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00BF3775" w14:paraId="08AFD9FA" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB3EE81" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BF3775" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D1BC4F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BF3775" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0431E1CB" w14:textId="093FCADB" w:rsidR="00B1578A" w:rsidRPr="007D6C2C" w:rsidRDefault="0014656B" w:rsidP="00DB4D8F">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>04.11.-13.11.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00383ACE" w14:paraId="0C60892F" w14:textId="77777777" w:rsidTr="00F420DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D4A0C42" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BF3775" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CC521E8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BF3775" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B13AEFF" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша қоса </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D2D365D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A8B83CD" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы өтініш; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="454C062C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) жеке басын куәландыратын құжат не цифрлық құжаттар </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10959064" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сервисінен алынған электрондық құжат (сәйкестендіру үшін); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54D10DF7" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған жеке іс парағы  (нақты  тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73119B10" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) Үлгілік біліктілік сипаттамаларымен бекітілген лауазымға </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0576A8F5" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес білімі туралы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="343C6119" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">құжаттардың көшірмелері; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B65C85D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC447D0" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3703E0F6" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ADA1483" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бекіту туралы" ҚР Денсаулық сақтау министрінің міндетін </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B51A296" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55D7026C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бұйрығымен бекітілген 075/у нысаны бойынша денсаулық жағдайы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3484D056" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы анықтама; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66394AAE" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) психикалық, мінез-құлықтық бұзылушылықтары бар аурудың </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EF2F471" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">динамикалық бақылауда жоқтығы туралы анықтама; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="099856DD" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) наркологиялық аурудың динамикалық бақылауда жоқтығы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34491E86" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы анықтама;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7424C408" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) сертификаттаудан өту нәтижелері туралы сертификат немесе </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41816071" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">қолданыстағы біліктілік санатының болуы туралы куәлік  (бар </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B5D9A82" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">болса); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70FD1D54" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) ағылшын тілі педагогтері лауазымына орналасуға </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="395B10E2" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттар үшін пән бойынша сертификаттау нәтижелері туралы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75A38132" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат немесе педагог-модератор немесе педагог-сарапшы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CA045DD" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе педагог-зерттеуші немесе педагог-шебер біліктілік санатының </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BA4FBF0" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">болуы туралы куәлікті (бар болса) немесе CELTA (Certificate in </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1361F910" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">English Language Teaching to Adults. Cambridge) PASS A; DELTA </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="309C8A3E" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Diploma in English Language Teaching to Adults) Pass and above немесе </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0070458B" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IELTS (IELTS - айелтс) – 6,5 балл; немесе тойфл TOEFL (іnternet </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E2890E1" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Based Test (іBT)) – 60-65 балл көрсеткіші бар сертификат; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="254AE819" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) осы Қағидаларға 12, 13-қосымшаларға сәйкес нысан бойынша </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45B6DCBA" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогтің бос немесе уақытша бос лауазымына кандидаттың </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="133E96A7" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">толтырылған бағалау парағы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6326384B" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) жұмыс орнынан (педагог лауазымы бойынша), оқу орнынан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73047099" w14:textId="4C4A74DB" w:rsidR="00B1578A" w:rsidRPr="00BF3775" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00383ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұсыным хат.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D478D0" w:rsidRPr="00BF3775" w14:paraId="718F640F" w14:textId="77777777" w:rsidTr="00F420DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E7B7D41" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00BF3775" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="128114C3" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00BF3775" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D0630E9" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00BF3775" w:rsidRDefault="00192A37" w:rsidP="00B0496E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3775">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тұрақты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="24FE98C0" w14:textId="77777777" w:rsidR="00452A41" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5636B69F" w14:textId="77777777" w:rsidR="00F57C8E" w:rsidRDefault="00F57C8E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C08C66F" w14:textId="77777777" w:rsidR="00F57C8E" w:rsidRDefault="00F57C8E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47B14D8A" w14:textId="77777777" w:rsidR="00F57C8E" w:rsidRDefault="00F57C8E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77F89054" w14:textId="77777777" w:rsidR="00F57C8E" w:rsidRDefault="00F57C8E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15C5E79F" w14:textId="77777777" w:rsidR="00F57C8E" w:rsidRDefault="00F57C8E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64537109" w14:textId="77777777" w:rsidR="00F57C8E" w:rsidRDefault="00F57C8E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="702461E6" w14:textId="77777777" w:rsidR="00F420DB" w:rsidRDefault="00F420DB" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ECCA985" w14:textId="52471BAB" w:rsidR="00F420DB" w:rsidRDefault="00F420DB" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CFD406C" w14:textId="6A9D25C8" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77569CAB" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Мемлекеттік білім беру</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EE646F6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="50C534A5" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ұйымдарының бірінші</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333CF6E7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="388186C4" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>басшылары мен педагогтерін</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D8C3D9" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="5C1BEB76" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>лауазымға тағайындау,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ADE440F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="3624FB0A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>лауазымнан босату</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BE5C053" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="43BF7B0F" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="481017EE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="23E0D2C8" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C72CEE4" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="0302FE74" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Нысан</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B77DAF7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="24E859AC" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50182346" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="00C4D170" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="490E23B3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="19A377C7" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E7C59C0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="2F36C8B7" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                        ____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="438BFEC8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="63BED508" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>конкурс жариялаған   мемлекеттік орган</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CBA04F0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="2AFF6D1C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="375C5390" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="24099B33" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>/ Кандидаттың Т. А. Ә, (бар болса)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BFE9633" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="1F93A6B5" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D50908" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="7E6F238D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27C83DF7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="08B3C21A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FE0033" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="732A05E1" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="765A8BB3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="2E308FE9" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:before="270" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AAE56CE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="180DAB33" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120" w:firstLine="608"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Мені _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D44CB37" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="5F6D76ED" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3334E788" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="0578532B" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-67"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________________________________________________________________ </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">бос/уақытша бос лауазымына орналасуға арналған конкурсқа жіберуіңізді сұраймын. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FA30B20" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="741B4FC4" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120" w:right="-93" w:firstLine="439"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Қазіргікезде _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CEE7F5F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="56D0066A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="16" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120" w:right="-93"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64995AEB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="05930639" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A41C980" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="746279E4" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">жұмыс істеймін. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78DC356C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="00EB2115" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32FA6F17" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="5760E2D7" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3830"/>
         <w:gridCol w:w="2604"/>
         <w:gridCol w:w="3595"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="540455B2" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="144C45D2" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3883" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C848CC3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="3AEB457F" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="1" w:after="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Оқуорныныңатауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1418F2A7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="6ED5F3F3" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="1" w:after="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Оқытукезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3622" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C21B408" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="20FC90D0" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="1" w:after="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Дипломбойыншамамандық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="70E52079" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="16AA4CD3" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3883" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45586FBF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="4D1F3CFD" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="1" w:after="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6CC3C34F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="42739C7D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="1" w:after="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D288E22" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="6847346F" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="1" w:after="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3622" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07E17F81" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="0EB37C0A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="1" w:after="21"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="211BAD08" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="1E51EF2E" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Біліктілік санатының болуы (болған жағдайда берілген (расталған) күні): </w:t>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>расталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC9D51D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="485177D9" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="35" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03017EC6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="786FAC40" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9140"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="16" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Ж</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ұмысөтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="100" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1407"/>
         <w:gridCol w:w="1695"/>
         <w:gridCol w:w="1826"/>
         <w:gridCol w:w="2657"/>
         <w:gridCol w:w="2452"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="71FF1894" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="6F3DEAAC" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B691F1C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="6F300D15" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3ADB6352" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="2172C5F5" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Жалпы</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7E0BCC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="4B210E10" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="37973DC4" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="4E254F48" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Педагогикалық</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40296BEF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="085F6456" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="101E809A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="4E98EF4A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>Мамандығы бойынша (кәсіпкерлік субъектілерінің мамандары үшін)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіпкерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>субъектілерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мамандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2488" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D384013" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="5C20BEA0" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Осы білім беру ұйымында, оның ішінде атқаратын лауазымында</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Осы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="26C5D5F4" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="19001B21" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="625ED362" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="3560AD90" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9140"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="16"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AE04CE9" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="58EF4880" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9140"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="16"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39F37F94" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="6EBD3282" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9140"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="16"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D723133" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="6B47A786" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9140"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="16"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2488" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30D6429A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="36F2BB16" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9140"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="16"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0EADBA79" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="341D7630" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Мынадай жұмыс нәтижелерім бар: ____________________________________________________</w:t>
+        <w:t>Мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар: ____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D77CB7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="694BE7ED" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD83A45" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="200D5CCC" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтер (бар болса) __________________________________________</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Марапаттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) __________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74402EF9" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="3BADAE97" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">       "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабының 1-тармағына сәйкес менің дербес деректерімді дербес деректерді өңдеу мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану үшін) өңдеуге келісім беремін.</w:t>
+        <w:t xml:space="preserve">       "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-бабының 1-тармағына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>менің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректерімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өңдеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мақсаттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тәсілдермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фото, видео, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>автоматтандыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пайдалана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мұндай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құралдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пайдаланбай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жүйелерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өңдеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>беремін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D56F25A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="110F9E57" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Мен келісемін ____________________________________________________ </w:t>
+        <w:t xml:space="preserve">       Мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келісемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B9C561D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="1F3A2E06" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(ТАӘ (бар болса)) (қолы)</w:t>
+        <w:t xml:space="preserve">(ТАӘ (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A07432" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="16045B6C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11967E1B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4033FD66" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>  "____"______________20___жыл __________ /қолы/</w:t>
+        <w:t>  "____"______________20___жыл __________ /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5570806A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="258D109E" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:before="26" w:line="273" w:lineRule="auto"/>
         <w:ind w:left="6402" w:right="1935" w:firstLine="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A4B80D8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00F3203F">
+    <w:p w14:paraId="2FC339B8" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:before="26" w:line="273" w:lineRule="auto"/>
-        <w:ind w:right="1935"/>
+        <w:ind w:left="6402" w:right="1935" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F8A03C9" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+      <w:pPr>
+        <w:spacing w:before="26" w:line="273" w:lineRule="auto"/>
+        <w:ind w:left="6402" w:right="1935" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CC01BD9" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
+      <w:pPr>
+        <w:spacing w:before="26" w:line="273" w:lineRule="auto"/>
+        <w:ind w:left="6402" w:right="1935" w:firstLine="1"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6080"/>
         <w:gridCol w:w="3871"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00966B3F" w14:paraId="0C46D66C" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="4A21B059" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6160" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D9ACF50" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="10F927FB" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3905" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="570FF8AB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="417F7AFC" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1AC39256" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="529DF53B" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5BD1BB64" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="10D5B08D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="180ED67A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="70E2DC13" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының бірінші </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
@@ -4888,7430 +17425,15313 @@
                 <w:sz w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">басшылары мен педагогтерін лауазымға тағайындау, лауазымнан босату </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қағидаларына17-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="73B9EA0A" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="2F0E38BE" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6160" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="149CA762" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="09773275" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3905" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58CE0C47" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="3CD76A1A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3E547134" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4FA3ADEF" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="z234"/>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Педагог бос немесе уақытша бос лауазымына өтілі бар кандидатты бағалау парағы</w:t>
+        <w:t xml:space="preserve"> Педагог бос </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="48879D33" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="55548CA7" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>      _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15A6880B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="27A4D2EA" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10915" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="-552" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="14ECABA8" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="2CD97F20" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30BDD1A8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="793C123A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D20F4B1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="10943641" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Өлшемшарттар</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74582242" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="20F226C5" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Растайтын құжат</w:t>
-            </w:r>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="742736D5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="04C60E2A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Балл сандары</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1F6F8922" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3D1A1662" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>(1-ден 30-ға дейін)</w:t>
+              <w:t xml:space="preserve">(1-ден 30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="4BEE6594" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="622766AC" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5681F863" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="2EEEBA14" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5322DC2F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="176567BC" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B65D854" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="2849624D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D2905E1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="224CF6FF" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="79D349D9" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DAC5200" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="39C5041E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56D2C123" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="563BB728" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E482E5C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Магистр = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="46987983" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="5DA1E6B9" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13BBB5C3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="1C9ABA04" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2338A8E6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="76DEE3A5" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB435BA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="5FD039FC" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F7E06EC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="524D5AED" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PHD-доктор = 10 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30DC6A38" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="7CA622E4" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="12E3C20F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C957B25" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>Ғылым кандидаты = 10 балл</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="41AE2D35" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="28CE2A64" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="627A7C0A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="271D2E76" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF58997" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="258C23E2" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59AC264B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="0C4965BA" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C45ED2E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="76D05520" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Педагог= 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61A8C0B2" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="315EB48C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Педагог-модератор = 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21F55557" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="19412585" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Педагог-сарапшы = 5 балл</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5BD7BAED" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73491DCE" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Педагог-зерттеуші = 7 балл</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7E2B0B82" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57095468" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Педагог-шебер = 10 балл</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="54656C44" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BF7FB44" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="51F75839" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="136F1F3F" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="190075A6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>екінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="290E6890" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>Басшының бірінші біліктілік санатындағы орынбасары = 7 балл</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="2176B486" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="428F59C2" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5209242B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="083CFC26" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43BD5E43" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="26A1EBAA" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілікжәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52D6059B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="2CDA9287" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77A20045" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="5834209B" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="1CF145AA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62D3B2CC" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="6F0A4221" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E7F29CD" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="7797CEBE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F739AAE" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="15E33873" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3101CCC5" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Директор, лауазымдағы жұмыс өтілі 2 жылға дейін = 4 балл</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="48F95D22" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">Директор, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D1966F4" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Директор, лауазымдағы жұмыс өтілі 2 жылдан көп = 5 балл</w:t>
+              <w:t xml:space="preserve">Директор, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="0A7FFAB3" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="037BAB3E" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61F843FB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="10734D62" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C54E315" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="326C5D47" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) ұсыным хат</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бұрынғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F984983" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="02433ADF" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>Ұсыным хат (педагог лауазымы бойынша соңғы жұмыс орнынан)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0048F8DE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="68363AD3" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>Оң ұсыным хаттың болуы = 3 балл</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="52415F11" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="732AD1C4" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AC15249" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="3A6513EF" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="157E97A6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="52BA8A52" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="348C7D64" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="5959451A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>-олимпиадалар мен конкурстар жеңімпаздарыныңдипломдары, грамоталары, білім алушылардың ғылыми жобалары;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0CB3471D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздарыныңдипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50BCE411" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>-олимпиадалар мен байқаулар жеңімпаздарының дипломдары, грамоталары;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="54BBD895" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байқаулар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7986300C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>- мемлекеттік награда;</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4570BD0C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="2BEE2E54" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1) қалалық/аудандық олимпиадалар мен конкурстардың жеңімпаздары = 0,5 балл</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="111144F0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B740AA1" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="5E8E5AEA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DC8B294" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2) ғылыми жобалар: қалалық/аудандық = 0,5 балл,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1642B7E6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7777CDC6" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="1895B3D2" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A1E285B" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3) "Үздік педагог" конкурсына қатысушы = 1 балл;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="42203AC8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t>3) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01FEF59E" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>4) "Үздік педагог" конкурсының жеңімпазы = 5 балл;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="697BED09" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t>4) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D21579C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5) "Қазақстанның еңбек сіңірген ұстазы" медалінің иегері = 10 балл.</w:t>
+              <w:t>5) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>медалінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="7B924573" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="7A100A51" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30E8DF20" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="4CBE31BB" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70C4A131" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="3786B192" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4268DB72" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="4556F153" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>-авторлық жұмыстары мен жарияланымдары</w:t>
-            </w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарияланымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB78DFD" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="3374DB57" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ҚР ОАМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5BCEFA20" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">ҚР ОАМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="250F5872" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК </w:t>
-[...12 lines deleted...]
-          <w:p w14:paraId="2E5E87F3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58C0DDF6" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>БССҚК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл.</w:t>
+              <w:t xml:space="preserve">БССҚК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="7C249851" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="730D67A8" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="357F3441" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="5468D177" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C04759B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="5438AECD" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0220ACE7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="1D96CFE2" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A95DB7B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="3DB1C9AC" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="2211D50E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6892AAA4" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ӘБ басшылығы = 2 балл;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="21273CA0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">ӘБ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DA949A4" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="794D84FD" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="427B0047" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="2DF3C6F6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03C68C9F" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 5 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="00C82338" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="5300BBAE" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22F44A2C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="644E8533" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10CE3F72" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="3358E865" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5364BA80" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="74D82F9F" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>- пәндік даярлық сертификаттары;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5A53A248" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24A7EB29" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>-цифрлық</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>сауаттылық сертификаты,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="55857F91" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58F55C3C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ҚАЗТЕСТ,IELTS;TOEFL;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7D7BCE97" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t>ҚАЗТЕСТ,IELTS</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57E0498E" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>DELF сертификаттары;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="11B16CCC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5272ABAB" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Goethe Zertifikat, "Python тілінде бағдарламалау негіздері" бағдарламалары бойынша оқыту, "Microsoft"Курсера жұмыстарына оқыту</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5EA77DFD" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft"Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1430AC38" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Халықаралық</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>курстар</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A992F5F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="2A4BA5CE" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>TEFL Cambridge"CELTA(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="41BB2EE5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">TEFL </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332491EC" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-P (Certificate in English Language Teaching – Primary)DELTA (Diploma in Teaching English to Speakers of Other Languages)CELT-S (Certificate in English Language Teaching – Secondary)"TKT</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4502E9CC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">CELT-P (Certificate in English Language Teaching – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Primary)DELTA</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Diploma in Teaching English to Speakers of Other Languages)CELT-S (Certificate in English Language Teaching – Secondary)"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CFEEC85" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Teaching Knowledge Test"Certificate in EMI Skills (English as a Medium of Instruction)Teacher of English to Speakers of Other Languages (TESOL)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1BD01273" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">Teaching Knowledge </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Test"Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in EMI Skills (English as a Medium of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Instruction)Teacher</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AC45F5D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>"TESOL"Certificate in teaching English for young learnersInternational House Certificate in Teaching English as a Foreign Language (IHC)IHCYLT - International House Certificate In Teaching Young Learners and TeenagersBecoming a Better Teacher: Exploring Professional DevelopmentAssessment for Learning: Formative Assessment in Science and Maths TeachingOnline Teaching for Educators: Development and DeliveryEducational Management</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1860895E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TESOL"Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in teaching English for young </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>learnersInternational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> House Certificate in Teaching English as a Foreign Language (IHC)IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TeenagersBecoming</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a Better Teacher: Exploring Professional </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DevelopmentAssessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TeachingOnline</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching for Educators: Development and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DeliveryEducational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A8B63B3" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A82887B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="307CC00A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Курсынаплатформе</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0CBAAC68" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CE01CB2" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Teaching Mathematics with Technology</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7074BD76" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="7CB9A311" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Special Educational Needs"Developing expertise in teaching chemistry"</w:t>
+              <w:t xml:space="preserve">Special Educational </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Needs"Developing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> expertise in teaching chemistry"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49955419" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="78B1AB2C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>біліктіліктіарттыруұйымдарыіскеасыратынбілімберусаласындағыуәкілеттіорганменкелісілгенбағдарламаларбойыншабіліктіліктіарттырукурстары</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 0,5 </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>әрқайсысыбойыншажеке</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="2956C684" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="3C9CF74E" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18FBD08C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="5E2CF66C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>Барлығы:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F7C3CFE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="7DF682DE" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2C3C88BF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="75078597" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="010A7DDA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="6CC83224" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>      * жеңімпаздар санына қарамастан, 6-тармақта соңғы бес жылдағы олимпиадалар мен конкурстардың әрбір деңгейі (қалалық/аудандық) бойынша 0,5 балл ескеріледі, облыстық олимпиадалар мен конкурстардың жүлдегерлері = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      * </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жеңімпаздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>санына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 6-тармақта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жылдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>әрбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>деңгейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,5 балл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ескеріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жүлдегерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 2 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 3 балл;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A8ABF65" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="573881DE" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>      ғылыми жобалар: қалалық/аудандық = 1 балл, облыстық - 1 балл, республикалық -2 балл, халықаралық – тиісінше 3 балл тиісінше</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жобалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -2 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тиісінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 балл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тиісінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="07DD4174" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="2DDB05FB" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>      республикалық олимпиадалар мен конкурстардың жүлдегерлері = 3 балл</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жүлдегерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 3 балл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6095"/>
         <w:gridCol w:w="3856"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="7C5864D3" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="7D513621" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E24A581" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="468129FA" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EEE1FB3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="643433B6" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="40430E10" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="41B0A96E" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="677F555A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="3160B269" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1AFA39DC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="65A92AA1" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0C8A7070" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="25D53D14" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="36081F0D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="0094F2E6" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="709C0F8F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="6D3711BB" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2E0DD8FC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="74B02B44" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="644A1516" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="2578D082" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0917C928" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="26E3C7FF" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="708CC70A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="0B7C4108" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="63BCBDB9" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="38D776A5" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5AC73C0B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="3CEF6E42" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="28576A08" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="4865BD68" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3C8B8E4C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="02201A0C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="50DEC7D5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="2493FAFA" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0DA52880" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="5C1020A3" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="140F5C1E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="71C0F98F" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2C4DA56B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="1332D5D1" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="39CFCE64" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="204177F0" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="742DA7F8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="0AA2F0D5" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1691C68A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="27FDC929" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="717A4FE8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="4E1B030F" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының бірінші </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ұйымдарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>басшылары мен педагогтерін лауазымдарға тағайындау, лауазымдардан босату қағидаларына</w:t>
-            </w:r>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лауазымдарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лауазымдардан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>18-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="53CA222F" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="7CBB6CDC" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6620E212" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="2F968E78" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="168DAA47" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="3DE45C73" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C8E4E5A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="3D4C1FE5" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="z236"/>
       <w:r w:rsidRPr="00CA1F15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Педагогтің бос немесе уақытша бос лауазымына өтілі жоқ кандидатты бағалау парағы</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="-411" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="568"/>
         <w:gridCol w:w="4394"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="3260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="07A6C0B3" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="0E0B026A" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="2"/>
-          <w:p w14:paraId="4A608E0A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="2C70644B" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7535EA13" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="6EC44B63" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Өлшемшарттар</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3061CFF1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="7B8D135E" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33731FE7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="6E2CE778" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Балл сандары</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="629BA21B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4BB8DD34" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(1-ден 30-ға дейін)</w:t>
+              <w:t xml:space="preserve">(1-ден 30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="7F67ED23" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="0AAAE63D" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="233B532B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="57684CE9" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35F25EAE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="575B6D85" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E270CAF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="69857037" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B1E5664" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="3F2ED335" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="45E4F260" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0269814F" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="7B33219E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24925A24" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="739D94F2" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D98D187" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Магистр (педагогикалық бағыт бойынша) = 4 балл</w:t>
+              <w:t>Магистр (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 4 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="68B07181" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="70F6B230" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51016734" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="594F5C7E" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DE109BC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="549C3FAA" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D3F54F3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="09433A32" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01AADE73" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="731C570B" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PHD-доктор = 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1324921C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="21443AC2" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...9 lines deleted...]
-          <w:p w14:paraId="7D05F5B7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="518EDE65" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>Ғылым кандидаты = 5 балл</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="697C1D94" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="5685EA65" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53FF3DCD" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="431ED20D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01F2B672" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="106D04E2" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="574DE624" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="41610281" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6282CBCB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="41A9F5BD" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>50 % - 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4ED11DFC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="30453C90" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60-80 % - 4 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47783453" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="6B311F2D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>80-100% – 6 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="49E86715" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="31DDFE5E" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5987B744" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="6A7E1801" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="468E9940" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="026BCD1D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Педагогикалық/ кәсіби практика нәтижелері </w:t>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6799F527" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="7CA8707A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="185ECF42" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="64EFF933" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"3" – 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0841D4A5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="6537F443" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"4" – 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60878439" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="2EA2AD45" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"5" – 4 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="7169DC5A" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="2D5D4F95" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73C76B70" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="2C742EDF" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4471AD96" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="0036E8DF" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>Оқу орнынан ұсыным хат</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="581D1DBF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="55906DE8" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>Ұсыным хат</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="700B0273" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="20D52E48" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>Оң ұсыным хаттың болуы = 3 балл</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="6A02C7F1" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="62380A03" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05375C2A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="6FC2CF48" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37D7674A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="1F96FA4A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Волонтерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DA245EB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="7E0CA98B" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35611F83" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="46D13055" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="76B487A9" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="6D52FADB" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07BD6336" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="1AE50CD4" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0793CF5C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="6029DE88" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>Педагогикалық қызмет туралы жарияланымы бар интернет бетін, әлеуметтік желіде парақшаларын жүргізу (авторлық ғылыми жобалар, сабақтар, семинарлар)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарияланымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар интернет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>желіде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>парақшаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>семинарлар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C86AD80" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="414AE61E" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сілтемелер</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65BAE05D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="716AD726" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1 жылға дейін -1 балл</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4D3E39F5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ACCCD3C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1 жылдан 3 жылға дейін -2 балл</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6742549A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DEA372A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3 жылдан жоғары -3 балл</w:t>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="40D3D92C" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="3DA573DA" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06C557EF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="236E9108" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BCB10EA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="63BEA1EB" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жазғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лагерьлердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмысына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1854B77A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="23568F30" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="050F8E54" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="4ABFDD9C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="7A4B12AA" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="06B849D7" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A3F50B7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="0F5A454B" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A084D42" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="15211295" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>Оқу орындары бойынша конкурстарға қатысу (ғылыми жобалар, шығармашылык және т.б.)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орындары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шығармашылык</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т.б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B88891B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="30D2AAC8" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Қатысу құжаты </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4000D07D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="1CEE8D88" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әрбір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысқаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аспайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="3C847E25" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="793E081F" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D17F9FF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="66F56FC1" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BDE7765" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="70CD3738" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ҚАЗТЕСТ, IELTS; TOEFL; DELF; Goethe Zertifikat сертификаттары, "Python бағдарламаның негіздері", "Microsoftта жұмыс істеуге үйрету" бағдарламалары бойынша оқыту </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7097034E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t xml:space="preserve"> ҚАЗТЕСТ, IELTS; TOEFL; DELF; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoftта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үйрету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BCC6611" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Курсера</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="6C66A837" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3B74646E" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Халықаралықкурстар</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="395040F0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="7B3DAA05" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56D813DF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="07B08EC3" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A7F464D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="1B617595" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FB8CE37" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="04E88516" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FCBF071" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="67465A0F" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>TKT"Teaching Knowledge Test</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3DD3FE6F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+              <w:t>TKT"Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge Test</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10F9CCB7" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Certificate in EMI Skills (English as a Medium of Instruction)" Teacher of English to Speakers of Other Languages (TESOL)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08D4CAEF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="5A2F4519" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"TESOL"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6679E7CC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="627AA7E5" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DBE670E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="1687F7E7" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA1F15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1 балл (әрқайсына бөлек)</w:t>
+              <w:t>1 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әрқайсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бөлек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="5BC5690F" w14:textId="77777777" w:rsidTr="00CE42BA">
+      <w:tr w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w14:paraId="3E8F8604" w14:textId="77777777" w:rsidTr="009C5BA9">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41E8273C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="5BCA77BC" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA1F15">
-[...6 lines deleted...]
-              <w:t>Барлығы:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="023601D1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="0160457C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6CF05A4F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+          <w:p w14:paraId="655665E2" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="009C5BA9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3F5C45A2" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="23151083" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51E821E1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="7A2728E2" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5168A042" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4B586840" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35D8F6EB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="19A44CB9" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F856146" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4F201725" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AF19459" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="1D24BA4A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40D4CC9C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="250B662D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EBA51F1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="415B9627" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CE65927" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="719C2CC8" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BF6F565" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="0F6EF3F6" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C3127CA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="2E91EF39" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14D05337" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="2F9322CB" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17152EDD" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="3AAA8B5B" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22B38B82" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="3BB0F215" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CFBCF0B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="0E43E92C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4342CA83" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="5E54F2C8" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="745FE48B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="7BF2CC87" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DCFAA59" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="2C9D4A22" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42C6E9EE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="2931D431" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="640921E1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="77A62D78" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D65AD72" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="3D2B5459" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50BBE028" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="424FA8A2" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52932E08" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="05052194" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7359B807" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="30E5CC43" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53F5DD8D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="7AD9E13B" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A41518D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="13A28BCC" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56E25434" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="5DD9D238" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43C541C1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="0862A8A1" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0178746A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4BEBECBF" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0516BE2F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="34E6476F" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="548AC2FA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="014F4452" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A66D51B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="58FCACD8" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="060A5710" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="707FB701" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55BAA3A7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="6E9C932D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74252943" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="07C72242" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50ACE93F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="7D79E9A8" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="147D041C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4905CE43" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B136111" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="7EC6C078" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="517F9A2C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="29D2BD85" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="274A7163" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="14BD6FF6" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DECAFEA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="427CDF46" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C2592C1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4B8E4F07" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="387BBB93" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="2D7AAE23" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DD7B87C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="56775273" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57CD7531" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="3AA2E889" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0015B44B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="16BF92AF" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BB24C67" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4E6AFEEB" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6229FD3C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="79C251D0" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FE4CAE6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="2EC98D9A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0748CD2C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="054A1C4C" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EF3CEF4" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="072C50CD" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A57226F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4A247CFF" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BD0D437" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="74DC2923" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="556A1E4B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="3D231023" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6318F4B1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="052EE244" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F701526" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="72AAEC1E" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19E82D65" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="22313B8D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B224651" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="55C6656A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CF08E54" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="372D8181" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="639124EC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="67CDFE37" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52426E0A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="649E6157" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59845C95" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="2B092CE2" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45E0AFFF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="1A0BB19F" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57CCAABE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4DA9DA3B" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61BF2472" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="0825EF7D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CE6190E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="32615106" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="225C20A7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="5A6E1903" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="435D762B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4CC26D05" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="738B1EBE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="59DD25FE" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B275809" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="14075E90" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F69123B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="79C37341" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CED4DC8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="5A29869D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26CDBE4F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="061E1493" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E0AAF92" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4B07EF38" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AFE49D5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="0A710A71" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48634965" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="2DAA5563" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24037971" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="7A9A839D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34569E0C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="14B81746" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79F9FC76" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="75618802" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06572D5D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="39AB9BAE" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5973EAE0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="07802BDF" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F068604" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="5B1FAC54" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48501DD8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="6922F3B2" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4495D1DE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="7CEBE40E" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42A108CA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="0098D89D" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36DB10BD" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="02BAA554" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D1DF6F5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4D653406" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5197D5BE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="3E89AB79" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48EFB177" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="428411A8" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E77FB19" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="5FA6258F" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BE8B1E4" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="03FBBC64" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38FD606E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="6B76E8D8" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B692550" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4BCFA03A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BC96799" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="7742B15A" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38982409" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="549AB332" w14:textId="77777777" w:rsidR="00383ACE" w:rsidRPr="00CA1F15" w:rsidRDefault="00383ACE" w:rsidP="00383ACE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FAB43BD" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="29BF4C7D" w14:textId="2AE6214B" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="285274AA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="5997F178" w14:textId="35175D6A" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E5270C6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="5C6776A9" w14:textId="0840125B" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BBD6606" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="1D0CE22F" w14:textId="124DF699" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BFFC506" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="53FA1709" w14:textId="3C528ABD" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E367702" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="45A13FAA" w14:textId="56142FC7" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A805D13" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="5F79C905" w14:textId="5E21BBF3" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="497F511B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="4F345223" w14:textId="253FE208" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34576348" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="1ECF142A" w14:textId="09455F23" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17889F45" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="455F66F4" w14:textId="77FD830B" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F52D2EF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="5399261F" w14:textId="3558471C" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="577315DB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="16ACBA77" w14:textId="7B7A3108" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="751A5649" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+    <w:p w14:paraId="19B7FCE4" w14:textId="426D6968" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CA8ABE3" w14:textId="77777777" w:rsidR="00976DE4" w:rsidRDefault="00976DE4" w:rsidP="00A40329">
+    <w:p w14:paraId="7A71858E" w14:textId="701DA36D" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00976DE4" w:rsidSect="00DB5787">
+    <w:p w14:paraId="3C137CC4" w14:textId="52A641E5" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F3ACE19" w14:textId="1E01821B" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AE9044D" w14:textId="1856C42F" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53B0FA1E" w14:textId="47782FD5" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68CFDD89" w14:textId="0972C4D6" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12F60715" w14:textId="037A7318" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B9E179E" w14:textId="4AFCCF35" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FA5F0AE" w14:textId="7C0F2789" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C6CBB49" w14:textId="2259DDED" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CA3910E" w14:textId="5A00BC9F" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69510763" w14:textId="649542D2" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D3154AB" w14:textId="788A10EA" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63B7D751" w14:textId="1ECC3770" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B778494" w14:textId="5325E0C8" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F2D2947" w14:textId="329573B7" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A85151D" w14:textId="4E87C703" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49EA90E3" w14:textId="46C5234A" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13E7AB06" w14:textId="3998B030" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31AC0551" w14:textId="77777777" w:rsidR="006B1933" w:rsidRDefault="006B1933" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C901B9F" w14:textId="06F2D070" w:rsidR="00F420DB" w:rsidRDefault="00F420DB" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C330BDD" w14:textId="3D5AF973" w:rsidR="006975D8" w:rsidRDefault="006975D8" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66207449" w14:textId="77777777" w:rsidR="006975D8" w:rsidRDefault="006975D8" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006975D8" w:rsidSect="006975D8">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="851" w:bottom="426" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -13004,774 +33424,758 @@
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="00034D7D"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
-    <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00114D6A"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00144634"/>
+    <w:rsid w:val="0014656B"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00192A37"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001D6777"/>
     <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001E3D91"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
-    <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="00202490"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
-    <w:rsid w:val="00260194"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
-    <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
-    <w:rsid w:val="002916FA"/>
-    <w:rsid w:val="002918EB"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B14D3"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
-    <w:rsid w:val="002C0A22"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="003153C2"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
-    <w:rsid w:val="0038586E"/>
-    <w:rsid w:val="003858D6"/>
+    <w:rsid w:val="00383ACE"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A4CEB"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
-    <w:rsid w:val="003E662D"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00416760"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
-    <w:rsid w:val="004640DF"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="00497B2F"/>
     <w:rsid w:val="004A5758"/>
-    <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E0CB3"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
-    <w:rsid w:val="004E6483"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="00502CDA"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
-    <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052524A"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527383"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="00552FD7"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="0057046E"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
-    <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
-    <w:rsid w:val="005A79BD"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
-    <w:rsid w:val="00625F68"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
-    <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="0068251F"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006971D7"/>
+    <w:rsid w:val="006975D8"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006B1933"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D03CB"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F16D0"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="007078F2"/>
-    <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="007258C0"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007D6C2C"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="007F70B1"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="008437C4"/>
     <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="008468B8"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
-    <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00864371"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
-    <w:rsid w:val="008954FC"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008D234C"/>
+    <w:rsid w:val="008C2862"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
-    <w:rsid w:val="00966B3F"/>
     <w:rsid w:val="00967BC8"/>
-    <w:rsid w:val="00976DE4"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
-    <w:rsid w:val="009B7E74"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E305F"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A25A42"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
-    <w:rsid w:val="00A40329"/>
+    <w:rsid w:val="00A35FE9"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A74207"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A86EE1"/>
+    <w:rsid w:val="00A90194"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
-    <w:rsid w:val="00A95ED3"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
-    <w:rsid w:val="00AE2CE3"/>
+    <w:rsid w:val="00AE2D32"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00AF1F42"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B144F4"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B2218B"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
-    <w:rsid w:val="00B475E6"/>
-    <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B7006E"/>
+    <w:rsid w:val="00B70E96"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
-    <w:rsid w:val="00B83E4F"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
-    <w:rsid w:val="00BA00B1"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
-    <w:rsid w:val="00BA6864"/>
     <w:rsid w:val="00BC0FA0"/>
-    <w:rsid w:val="00BC18D5"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
-    <w:rsid w:val="00BD6754"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF3775"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C07366"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CD39EE"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D02874"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D65C64"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D922C4"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB2E41"/>
+    <w:rsid w:val="00DB4D8F"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
-    <w:rsid w:val="00DE2E97"/>
     <w:rsid w:val="00DE4B0E"/>
-    <w:rsid w:val="00DE57AD"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E11D9D"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E40125"/>
-    <w:rsid w:val="00E41FA4"/>
     <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E46B90"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
-    <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EA19C9"/>
     <w:rsid w:val="00EB1451"/>
-    <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB3E86"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
-    <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
-    <w:rsid w:val="00EE64F3"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF02EF"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F056FD"/>
+    <w:rsid w:val="00F06F4D"/>
+    <w:rsid w:val="00F14E99"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
-    <w:rsid w:val="00F24D9F"/>
-    <w:rsid w:val="00F26476"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
-    <w:rsid w:val="00F3203F"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F420DB"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
-    <w:rsid w:val="00F60C7B"/>
+    <w:rsid w:val="00F57C8E"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00F836F5"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2DDFCD64"/>
-  <w15:docId w15:val="{7A0CA17A-EB61-4749-8D8F-2AAD63C7177B}"/>
+  <w14:docId w14:val="16F077CC"/>
+  <w15:docId w15:val="{1D2688FC-4586-40EE-A436-390D98414C77}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14130,51 +34534,50 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00034D7D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -14271,206 +34674,144 @@
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="aa">
-[...14 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BA00B1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0052524A"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00966B3F"/>
+    <w:rsid w:val="0052524A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="106"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...1 lines deleted...]
-    <w:uiPriority w:val="2"/>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:qFormat/>
-    <w:rsid w:val="00966B3F"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F14E99"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...2 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
-    <w:tblPr>
-[...6 lines deleted...]
-    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="335617763">
-      <w:bodyDiv w:val="1"/>
-[...24 lines deleted...]
-    <w:div w:id="815758995">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
-      <w:bodyDiv w:val="1"/>
-[...24 lines deleted...]
-    <w:div w:id="1635745516">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -14742,78 +35083,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{231B1841-51E3-4CE1-A61A-C969AA55FFB3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EAEF2BF5-7A09-4710-A2C1-B82F9E33E836}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>12840</Characters>
+  <Pages>10</Pages>
+  <Words>2883</Words>
+  <Characters>16437</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>107</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>136</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15062</CharactersWithSpaces>
+  <CharactersWithSpaces>19282</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>