--- v0 (2026-01-13)
+++ v1 (2026-03-19)
@@ -1,10736 +1,14084 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="060373E2" w14:textId="77777777" w:rsidR="000914F2" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6F854873" w14:textId="7D8C5DBB" w:rsidR="00D90C40" w:rsidRDefault="00606CAF" w:rsidP="00606CAF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">КГКП </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы</w:t>
       </w:r>
-      <w:r w:rsidR="000914F2">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="0027231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ЦДЮТ</w:t>
+        <w:t>ның</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> «</w:t>
+      <w:r w:rsidRPr="00F9463B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру басқармасы</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>Жигер</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Павлодар қаласы білім беру бөлімі</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...6 lines deleted...]
-        <w:t>» отдела образования города Павлодара</w:t>
+      <w:r w:rsidR="0027231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің</w:t>
       </w:r>
-      <w:r w:rsidR="000914F2">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00D90C40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...15 lines deleted...]
-        <w:t>Павлодарской области</w:t>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67683673" w14:textId="786E85C2" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="603D716B" w14:textId="75DF6B79" w:rsidR="0027231B" w:rsidRDefault="00606CAF" w:rsidP="0027231B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">объявляет конкурс на </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жігер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9463B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">вакантную </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалар-жасөспірімдер </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
-[...5 lines deleted...]
-        <w:t>должность</w:t>
+      <w:r w:rsidR="002202C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шығармашылық орталығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9463B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0027231B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23FDC201" w14:textId="6C029DD7" w:rsidR="00507929" w:rsidRPr="000914F2" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="1F056E36" w14:textId="4B6E0698" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="0027231B" w:rsidP="0027231B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">заведующего </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000914F2">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="002202C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>отдела</w:t>
+        <w:t xml:space="preserve">Бөлімінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>меңгерушісі бос лауазымына конкурс жариялайды</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3353A4F0" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="002627D6" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="2E61C2D1" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00606CAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="388"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7181"/>
+        <w:gridCol w:w="298"/>
+        <w:gridCol w:w="1804"/>
+        <w:gridCol w:w="3676"/>
+        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="177"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="5A301054" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00B44841" w14:paraId="6F295B12" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2AEB549E" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="777BA46A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="211A0B8A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="5D5F6434" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...7 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="7F397450" w14:textId="09DF2727" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="000914F2">
+          <w:p w14:paraId="2F93F5BC" w14:textId="5D307E49" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D60E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасы, Павлодар қаласы білім беру бөлімі «Жігер» балалар-жасөспірімдер </w:t>
+            </w:r>
+            <w:r w:rsidR="002202C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шығармашылық орталығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D60E70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»  КМҚК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A46F4C7" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...85 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="72D00DA2" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="00E80491" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="00EF5CAF" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="2097A725" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79C343D8" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="74F3F59A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="530E9DFE" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="4E2219DE" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00D60E70" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шөкин көшесі 32/2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D473C7B" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="5B744526" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="1FB394B7" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="32A8036D" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="6003E5E5" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="729844EF" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="10977D61" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>телефон нөмірлері,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="56998AF2" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="1EB1A27F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00367AE7" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="28"/>
-[...19 lines deleted...]
-              <w:t>65-43-21</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00367AE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00367AE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>182)65-43-21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00E75D9D" w14:paraId="5DBF94D5" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="2DB98672" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="168D977A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="475CFB42" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50F8E089" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="551FF774" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>адрес электронной почты</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="76CAD0F7" w14:textId="048A1807" w:rsidR="00507929" w:rsidRPr="00E75D9D" w:rsidRDefault="009B3330" w:rsidP="00507929">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="46650D3C" w14:textId="2641ECE0" w:rsidR="00606CAF" w:rsidRPr="009B3330" w:rsidRDefault="009B3330" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B3330">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>zhiger.resmi@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="7F396782" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="0027231B" w14:paraId="33D504A2" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="19BD8806" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="4167A07A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1717FD16" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="3F8432B9" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Наименование вакантной должности, нагрузка</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="46A7CE86" w14:textId="30924338" w:rsidR="000914F2" w:rsidRPr="000914F2" w:rsidRDefault="00507929" w:rsidP="000914F2">
+          <w:p w14:paraId="5955ABFA" w14:textId="7A98FA00" w:rsidR="0027231B" w:rsidRPr="00314A13" w:rsidRDefault="002202C6" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="0027231B" w:rsidRPr="00314A13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>меңгерушісі</w:t>
+            </w:r>
+            <w:r w:rsidR="006C4E23" w:rsidRPr="00314A13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F20CEF2" w14:textId="77777777" w:rsidR="00314A13" w:rsidRDefault="00314A13" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D9ACB35" w14:textId="48A4A37D" w:rsidR="00606CAF" w:rsidRPr="00314A13" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00314A13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 ставка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46728E97" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00213413" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...52 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000914F2">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="1E048642" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00B44841" w14:paraId="276A4D3C" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5844EF6B" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="0E1F8329" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67A1CC30" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="69F77A3C" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="12CEC58A" w14:textId="77777777" w:rsidR="000914F2" w:rsidRDefault="00507929" w:rsidP="000914F2">
-[...508 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w14:paraId="56192E6E" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагогикалық ұжымның қызметін ағымдағы және перспективалық жоспарлауды ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F171B9D" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-үлгілік оқу жоспарлары мен білім беру бағдарламаларын орындау бойынша педагогтердің жұмысын, сондай-ақ оқу-әдістемелік құжаттаманы әзірлеуді үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="548B0DDB" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- білім беру процесінің сапасын және білім алушылар мен тәрбиеленушілердің оқу нәтижелерін бағалаудың объективтілігін бақылауды жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="759F70C2" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагогтарға инновациялық бағдарламаларды игеруге және әзірлеуге көмек көрсетеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00B5B964" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- іс-шараларды ұйымдастыру және өткізу бойынша жұмыс жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5695EEFE" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- білім алушыларға, тәрбиеленушілер мен қызметкерлерге жағдай жасайды, білім алушылар контингентін сақтау бойынша шаралар қабылдайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50FE72EB" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- ата-аналар арасында ағарту жұмыстарын ұйымдастырады; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C8B9536" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқу сабақтарының кестесін жасайды; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21E80B6A" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- белгіленген есептік құжаттаманың уақтылы жасалуын қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E0AB055" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім беру процесін жетілдіру бойынша ұсыныстар енгізеді; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B1B8A03" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-оқу кабинеттерін, аудиторияларды заманауи жабдықтармен, көрнекі құралдармен және техникалық оқыту құралдарымен жарақтандыру, кітапхананы оқу-әдістемелік және көркем әдебиеттермен, мерзімді басылымдармен толықтыру жөнінде ұсыныстар енгізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A8A8CD3" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- есептілікті дайындауды және ұсынуды қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40495E88" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ерекше білім беру қажеттіліктері бар балаларға қосымша білім беру үшін жағдай жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59BC661D" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- білім алушылар, тәрбиеленушілер, педагогтар және басқа да қызметкерлер арасында сыбайлас жемқорлыққа қарсы мәдениетті, Академиялық адалдық қағидаттарын сіңіреді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BA65727" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00EC7270" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="202124"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан Республикасының Конституциясын, Қазақстан Республикасының Еңбек кодексін, "Білім туралы", "Педагог мәртебесі туралы", "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы", "Қазақстан Республикасындағы тілдер туралы" Қазақстан Республикасының заңдарын және Балаларға қосымша білім беруді дамытудың бағыттары мен перспективаларын, педагогиканы, психологияны айқындайтын өзге де нормативтік құқықтық актілерді; еңбек қауіпсіздігі және еңбекті қорғау қағидаларын, өрттен қорғау, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">- </w:t>
-[...210 lines deleted...]
-              <w:t>правила безопасности и охраны труда, противопожарной защиты, санитарные правила и нормы.</w:t>
+              <w:t>санитарлық ережелер мен нормалар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="586D84A2" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00B44841" w14:paraId="6F0E6DFA" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2E9F654C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="3421B703" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33FDEDDA" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="0C76BB1F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">еңбекке ақы төлеу мөлшері мен шарттары </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="2F9A847C" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="41F53D3F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="000E3384" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="55D95D0A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификациялық санаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E3384">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен жұмыс өтіліне сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783B816F" w14:textId="4DA32C96" w:rsidR="00606CAF" w:rsidRPr="00720747" w:rsidRDefault="00D90C40" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="0ED33A3A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">150070 </w:t>
+            </w:r>
+            <w:r w:rsidR="00606CAF" w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DE18094" w14:textId="5B364429" w:rsidR="00606CAF" w:rsidRPr="00102959" w:rsidRDefault="00606CAF" w:rsidP="00D90C40">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...37 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (мах): </w:t>
+            </w:r>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>187942</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00720747">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="4C1AC93C" w14:textId="77777777" w:rsidTr="00507929">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="5C3D616D" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C861237" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="179E0336" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E75C03E" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="23EDFDF8" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="465CD288" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C34D447" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="7205743C" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...1 lines deleted...]
-              <w:pStyle w:val="aa"/>
+          <w:p w14:paraId="11C0A90C" w14:textId="3D66489E" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00956BFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00840849">
-              <w:rPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қайта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>даярлауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтілін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2721F193" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="1B95AFB5" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00F9463B" w14:paraId="6F266537" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AA6CFAD" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="39CF8850" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C79E143" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="69AD263F" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5AC390C5" w14:textId="15F1F3BF" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="006D4DB2" w:rsidP="006D4DB2">
+          <w:p w14:paraId="32A14024" w14:textId="20EC40D1" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00B44841" w:rsidP="00B44841">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>05</w:t>
             </w:r>
+            <w:r w:rsidR="00D90C40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="009B5364">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90C40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90C40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90C40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="009B5364">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90C40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00606CAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
             <w:r w:rsidR="00507929">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...129 lines deleted...]
-              <w:t>гг.</w:t>
+              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="0AB0D475" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="00606CAF" w:rsidRPr="00B44841" w14:paraId="6C6B1D98" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="588279EF" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="2F05DB67" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="208CB518" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="0EBED1F7" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Перечень необходимых документов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="510C2971" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="4989B883" w14:textId="7EAE53D7" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="437853E1" w14:textId="49D12046" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ққұжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A36B3DB" w14:textId="59B0543E" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w14:paraId="1F9EBF96" w14:textId="5F6497E0" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2828AE0B" w14:textId="7435ACA0" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA99996" w14:textId="6EA22D1E" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="7475F52B" w14:textId="33EB59BE" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C4B5F1D" w14:textId="07283778" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="228CDC57" w14:textId="6CF640FF" w:rsidR="00606CAF" w:rsidRPr="00F9463B" w:rsidRDefault="00606CAF" w:rsidP="00507929">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E7253C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұданәрі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – ҰБТ) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесепедагог-модератордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болғанжағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10EDB260" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="5A9EB814" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтары лауазымына орналасуға үміткерлер үшін пән </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификат немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09E0CC45" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="1608C3EA" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде екі жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="100919CF" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="6950AA04" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12) бос немесе уақытша жұмысқа үміткердің толтырылған бағалау парағы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="482FCA27" w14:textId="77777777" w:rsidR="00606CAF" w:rsidRPr="00C67AF1" w:rsidRDefault="00606CAF" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...141 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>РК</w:t>
-[...55 lines deleted...]
-              <w:t>) справку</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...116 lines deleted...]
-              <w:t xml:space="preserve"> (далее - </w:t>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жұмыс өтілі жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кандидат үшін ұзақтығы кемінде 15 минут, ең төмен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...45 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t xml:space="preserve">гі рұқсаты – 720 x 480 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C67AF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...113 lines deleted...]
-              <w:t>12) видеопрезентация для кандитата без стажа, продолжительностью не менее 15 минут, с минимальным разрешением – 720х480;</w:t>
+              <w:t xml:space="preserve"> бейнепрезентация;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...28 lines deleted...]
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="00330CE7" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00507929" w14:paraId="4D92701D" w14:textId="77777777" w:rsidTr="00606CAF">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="177" w:type="dxa"/>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E13DFD3" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="645B51D8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E5FAE9A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B7E6BC2" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="57BA0955" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="2BF8BD9B" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00507929">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1704F559" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="008EABC5" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00507929">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3445074A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="7C604A7A" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00507929">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57355EF3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="15162714" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00507929">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35886B8A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00507929">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...379 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4182BD47" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...35 lines deleted...]
-    <w:p w14:paraId="691D0161" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="05E3E05B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1222B20B" w14:textId="298CEE49" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18CAD8BB" w14:textId="33581267" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...39 lines deleted...]
-    <w:p w14:paraId="683E369A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="5814FF33" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35C1AEB4" w14:textId="69B1E782" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="388F3200" w14:textId="1E9E2D67" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6257F36C" w14:textId="690B66E0" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="687E081C" w14:textId="35409BD0" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632273BD" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...37 lines deleted...]
-    <w:p w14:paraId="28FD56C0" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="4609F968" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19F5C47E" w14:textId="29928C52" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="07B1DF74" w14:textId="0AA65AC6" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________</w:t>
-[...8 lines deleted...]
-        <w:t>_______________________________</w:t>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="047FC6DB" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="4DD6225B" w14:textId="2AF51A19" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF0E642" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76BE4CB6" w14:textId="17F70574" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D91E10B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607357CF" w14:textId="7A98FAD8" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FC80EF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34FC7210" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="48EB1768" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B0939F" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="7DEDCEAA" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381C235D" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="271E4074" w14:textId="59DC2A27" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...7 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A857024" w14:textId="761DF9EE" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="4E9B5CCF" w14:textId="6E49F368" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2BE83F" w14:textId="770A1EFC" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="394453A8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B79AA8E" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...20 lines deleted...]
-    <w:p w14:paraId="2590D21E" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="0D4A2170" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FD99C25" w14:textId="621B8BBF" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="000914F2">
+    <w:p w14:paraId="6FF16B26" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BA88A1E" w14:textId="260BC36F" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC7575F" w14:textId="2C554D78" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю:</w:t>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A4809B7" w14:textId="5A53AFBE" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...39 lines deleted...]
-    <w:p w14:paraId="781C7F72" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="196FB360" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78522D86" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="6D4137DF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03A96A4A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="7A096995" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="155F4F0F" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="562477D5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="69CC9013" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00507929" w14:paraId="1506EA47" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0468B271" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="50160636" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00507929">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77F92BAB" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00507929">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F92512C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="2D0D2819" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00507929">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00507929">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00507929">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Учебного</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00507929">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00507929">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>заведения</w:t>
+              <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32F8F318" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="6CC80CFD" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00507929">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00507929">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00507929">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
+              <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13929EE3" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="51A731CE" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00507929">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...3 lines deleted...]
-          <w:p w14:paraId="7AE622A8" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00507929">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00507929">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00507929">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00507929">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="162E9B42" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="0F90E5E2" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00507929" w14:paraId="6933D29F" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67C00B48" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="45565B38" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D7DB5F4" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="1CF63A61" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6ABA2196" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="2D2A5635" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01A7706E" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="4C3A0738" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44CFD23D" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="04241174" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73C149E8" w14:textId="55CD0676" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="76BE53FF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>подтверждения):</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="593D4669" w14:textId="357DC22C" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="7EA95B10" w14:textId="5F89CDC2" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC3112C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="421777B6" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FBE859E" w14:textId="0C65D4D2" w:rsidR="000914F2" w:rsidRPr="000914F2" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="1958678C" w14:textId="252CD2C2" w:rsidR="001B5715" w:rsidRPr="002202C6" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Стаж педагогической </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="006D4DB2" w:rsidRPr="00A14D64">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>работы</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006D4DB2">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="006D4DB2">
+      <w:r w:rsidR="002202C6" w:rsidRPr="002202C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t>____________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C50867E" w14:textId="247676F6" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="6F8924F2" w14:textId="799BC84E" w:rsidR="001B5715" w:rsidRPr="009B5364" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Имею следующие результаты работы:</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002202C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002202C6" w:rsidRPr="009B5364">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28445336" w14:textId="678CEB42" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="7B5B55DD" w14:textId="68605098" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60390460" w14:textId="242A2429" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="79FA0C86" w14:textId="5200C596" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0669B4D7" w14:textId="7FBA02EC" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="08BF59A8" w14:textId="02A8FAB1" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="204B470B" w14:textId="1E0F0342" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="2FDF47F1" w14:textId="27A5FAB2" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F1278C" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="23D7AE16" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7886E253" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="243E4B0D" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A57A65" w14:textId="40FCC7A1" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="04D1E906" w14:textId="258F4075" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C55695C" w14:textId="3C833E5C" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="03E5409C" w14:textId="03A87F0E" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B79AC8" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="0CEC4158" w14:textId="721EF88D" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="75B9B282" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="5E9387F0" w14:textId="29322978" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>а также дополнительные сведения (при наличии)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70022CD8" w14:textId="11FC2538" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="5CD2DA27" w14:textId="046D97F8" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7F51FB" w14:textId="112C8800" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="2007ED73" w14:textId="7B6BC17C" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1578D93C" w14:textId="746A1361" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="6B2D221A" w14:textId="6FEA9B52" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58329E79" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...20 lines deleted...]
-    <w:p w14:paraId="11B34286" w14:textId="621CA557" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="3D822AAB" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45ABB943" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67EF22B1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«___</w:t>
+        <w:t>20____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>_</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_»_____________20___года</w:t>
+        <w:t>жылғы «____</w:t>
       </w:r>
-      <w:r w:rsidR="000914F2">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...24 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00507929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="250BBC76" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="5C12DAF5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="00507929" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00507929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4E49D408" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="0FBB8413" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00507929" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EA109B7" w14:textId="57E99A24" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+    <w:p w14:paraId="087C5548" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00507929" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D0BB080" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00507929" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25941895" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00507929" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B2834FC" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00507929" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F090A89" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="00507929" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="688792FA" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37CB4B71" w14:textId="0D1A0B44" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="0DD61C8F" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B2EE1AE" w14:textId="1094AFF9" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="5B004277" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="332F9C2E" w14:textId="44875771" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="69CB9348" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="173275E0" w14:textId="05E0D477" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="7F753D80" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D4394A7" w14:textId="44AA7FB8" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="357BF59A" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BF28065" w14:textId="013498A2" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="6F89E471" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59D02E94" w14:textId="2297D8A8" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="180DB88B" w14:textId="16557A93" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="365F71C2" w14:textId="069BF952" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="684C0E86" w14:textId="48D62291" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28B86A19" w14:textId="45CB1A79" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="59F8E021" w14:textId="3BBB2875" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BC3622F" w14:textId="319A70D4" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="160BDB83" w14:textId="5FF0DD3F" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CE740FF" w14:textId="1EB53128" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="36649D9E" w14:textId="4CFF872C" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="282BA00D" w14:textId="2CA7E85E" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="01F1757C" w14:textId="2734C900" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="408A293A" w14:textId="0F5C7010" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="2F0FCC43" w14:textId="0C1BE6DB" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6843CF0E" w14:textId="0C6B439A" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="25742219" w14:textId="734CD7F2" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A0D138F" w14:textId="32B419A9" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="660547F6" w14:textId="73A69BAE" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42493186" w14:textId="0CFDC650" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="59AF50F4" w14:textId="35C18C77" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EAD9C5D" w14:textId="6554898E" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="5D367351" w14:textId="0CF2CC36" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="772DEA78" w14:textId="3788EE49" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="5990E8AA" w14:textId="273AB2AD" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B2A478E" w14:textId="4007CEAE" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="11E5666D" w14:textId="28971354" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0690B69E" w14:textId="78BA70DC" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="46CD4C0A" w14:textId="4CEB0342" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2388A13C" w14:textId="4B9E3145" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="6EE8DCD5" w14:textId="766CB9C2" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0ED4FFEF" w14:textId="1C6B1B77" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="441F3459" w14:textId="7C281152" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54095B14" w14:textId="05F7E69C" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="282D7293" w14:textId="72912793" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1256A812" w14:textId="217A7343" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="45A818C1" w14:textId="5CCA82BF" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71A49812" w14:textId="526AD65C" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="6006C309" w14:textId="7E750E73" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67AE6FF2" w14:textId="2A097FAA" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="6BB85E57" w14:textId="1B082685" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4973740D" w14:textId="6D37E1A6" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="22BA79FC" w14:textId="66E67ED4" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13D88FB9" w14:textId="760E6DC4" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="339C7364" w14:textId="14039E25" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2295F5EF" w14:textId="77777777" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="007C3AFB">
+    <w:p w14:paraId="69D6AA9C" w14:textId="6B5C1336" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12FE9211" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+    <w:p w14:paraId="4659F813" w14:textId="048EDBAE" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="778E4F77" w14:textId="77777777" w:rsidR="002202C6" w:rsidRDefault="002202C6" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62CAAEA7" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FDD46D2" w14:textId="77777777" w:rsidR="005B1A35" w:rsidRPr="001B5715" w:rsidRDefault="005B1A35" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="0A6D497E" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="64556083" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53160B64" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="5A66D01B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="0FBFE4FB" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="354A7340" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FC02901" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="0434371E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="19F1F191" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62333DB5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="71CD1839" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62D3315A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="642726A9" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B193969" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="4D030739" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71BC6AAD" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="69675514" w14:textId="77777777" w:rsidR="000914F2" w:rsidRDefault="000914F2" w:rsidP="000914F2">
+    <w:p w14:paraId="1C5036F8" w14:textId="77777777" w:rsidR="00271322" w:rsidRDefault="000D425F" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D425F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7CDF29B8" w14:textId="32F12D65" w:rsidR="00507929" w:rsidRPr="005111AC" w:rsidRDefault="00507929" w:rsidP="000914F2">
+    <w:p w14:paraId="3A3EF82A" w14:textId="4BFE3955" w:rsidR="001B5715" w:rsidRPr="000D425F" w:rsidRDefault="002202C6" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бөлімінің</w:t>
+      </w:r>
+      <w:r w:rsidR="000D425F" w:rsidRPr="00314A13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную должность </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> меңгерушісі бос лауазымына кандидаттың бағалау парағы </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001B5715" w:rsidRPr="000D425F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5715" w:rsidRPr="000D425F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...29 lines deleted...]
-        <w:t>______________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18506C96" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="1CC33169" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B5715">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B5715">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B5715">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074B4DEF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="001B5715">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="3960E177" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="2FC290E4" w14:textId="77777777" w:rsidTr="00507929">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A8820C4" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="6EF9738F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="135DD898" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="72D31574" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="124B0D72" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="26EB018C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="644F9A2A" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="20A71BD2" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CDA2F99" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="45E31776" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3407F158" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507929" w:rsidRPr="00A14D64" w14:paraId="745089C9" w14:textId="77777777" w:rsidTr="00507929">
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="13A92B42" w14:textId="77777777" w:rsidTr="00507929">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54B666C0" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="563D3F16" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7490A964" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="06AA1B0B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6CBF52C4" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+          <w:p w14:paraId="46DC25A0" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="069C408C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ехникалық және кәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3364F109" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары күндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="427FA642" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары күндізгі үздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="361A1076" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20F65A95" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25FDC632" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="1A5D2D3B" w14:textId="77777777" w:rsidTr="00507929">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5BED3434" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="35F895B1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ғылыми/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академиялық дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1C93893C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="630485C8" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F8D3255" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D0B734" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="301114F1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="14573E25" w14:textId="77777777" w:rsidTr="00507929">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="039CF572" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3780D50E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="647A4E3A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="43180699" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0BC1FB45" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD137D2" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="13BA3F6A" w14:textId="77777777" w:rsidTr="00507929">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71F7D686" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4BEDBEA7" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7AB7DCC3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7A9D2BB5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AA2BD28" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="503F91DB" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31CB4ECF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F9B2347" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DA550F4" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A1F8BA4" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="173CD4BE" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00B44841" w14:paraId="3BC5E6B1" w14:textId="77777777" w:rsidTr="00507929">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6B1F766F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="310F719E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38868674" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1BE0D1A1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD6DDE4" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="400B237C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="065D139B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="0A87E017" w14:textId="77777777" w:rsidTr="00507929">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="322FF5C9" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74F4DF8E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71314BFC" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0B3CF710" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогикалық/ кәсіби тәжірибенің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CDEE5AC" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E1DCE8D" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6889D39B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00B44841" w14:paraId="5003449D" w14:textId="77777777" w:rsidTr="00507929">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="19AC92B9" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0C8577CF" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7752074E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="20EF23A3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1136F810" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04D73B1C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00B44841" w14:paraId="66123D26" w14:textId="77777777" w:rsidTr="00507929">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="286C11A7" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54EE0C9B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B668773" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37672B42" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BF34CB6" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0FD28B68" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B3ACB7B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми жобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="399CF817" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55E64BFE" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EFE2D9B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78288772" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E10F3C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="202B0509" w14:textId="77777777" w:rsidTr="00507929">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64C0B82A" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="50660989" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7588A448" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1613645B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00FDB6D4" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="205B863C" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72396D82" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00B44841" w14:paraId="0850213F" w14:textId="77777777" w:rsidTr="00507929">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D6CDC40" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="444A3CA5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F056506" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D018447" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E3C5D3F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CD248B3" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A3BDCF5" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45988C6E" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="00B44841" w14:paraId="4812E8A8" w14:textId="77777777" w:rsidTr="00507929">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="051813BB" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07B99600" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75BC1FCA" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D1C8583" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлық сауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A3AD99D" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EBB52E0" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>программалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13671200" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="742A4D6F" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15E98773" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AFDFE73" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CELT-P (Certificate in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D175A0B" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43E630C9" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70EA7239" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D2CE16D" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DD10203" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06473131" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7436E144" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="786CDDF1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="038B6AA7" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16874523" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E741998" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2706B9CE" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="001B5715" w14:paraId="373B83CB" w14:textId="77777777" w:rsidTr="00507929">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18744030" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3ECF2C08" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2CD90A65" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D709637" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="033F8770" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="001B5715" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5715" w:rsidRPr="002202C6" w14:paraId="29BABA5B" w14:textId="77777777" w:rsidTr="00507929">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="013BCDC1" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="002202C6" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002202C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E5128C5" w14:textId="01581698" w:rsidR="001B5715" w:rsidRPr="002202C6" w:rsidRDefault="00D90C40" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002202C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+              <w:t>Максимал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002202C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Диплом об образовании</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002202C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02D729B6" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
-[...2 lines deleted...]
-              <w:ind w:left="141"/>
+          <w:p w14:paraId="3A960E98" w14:textId="77777777" w:rsidR="001B5715" w:rsidRPr="002202C6" w:rsidRDefault="001B5715" w:rsidP="00507929">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4798 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E78DFCD" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="7B8C066D" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="002202C6" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E2EA845" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="00A14D64" w:rsidRDefault="00507929" w:rsidP="00507929">
+    <w:p w14:paraId="309AC3FC" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="574F2F83" w14:textId="77777777" w:rsidR="00507929" w:rsidRPr="001B5715" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+    <w:p w14:paraId="3C5D5657" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00507929" w:rsidRPr="001B5715" w:rsidSect="004B2EB7">
+    <w:p w14:paraId="63C61F7F" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42B32773" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DFD3839" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2662CD8F" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37749B53" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F7797B9" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A043C24" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F842A2A" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C52551D" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D981ACA" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F48AEBF" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1264966D" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37EBA08D" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="657B099A" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C2C449E" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09513BEA" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C7443AC" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6354D1C8" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4800DD9E" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6442C8D1" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="711EF2A2" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B4F2298" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35EEF0DE" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A9B51B6" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="239A7D86" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78CE3F50" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B5FE4C3" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48D7DAB1" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BED8794" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0276F2FD" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28548C8F" w14:textId="77777777" w:rsidR="00507929" w:rsidRDefault="00507929" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00507929" w:rsidSect="004B2EB7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -10753,50 +14101,58 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11452,51 +14808,50 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
-    <w:rsid w:val="000914F2"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C013E"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D425F"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F3960"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
@@ -11504,60 +14859,60 @@
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B5715"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
-    <w:rsid w:val="001F61E2"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="002202C6"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="00237E5A"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00257B52"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="0026328D"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00271322"/>
     <w:rsid w:val="0027231B"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
@@ -11730,77 +15085,77 @@
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00606CAF"/>
     <w:rsid w:val="006107CB"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00627E40"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006C4E23"/>
     <w:rsid w:val="006D352A"/>
-    <w:rsid w:val="006D4DB2"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
@@ -11816,51 +15171,50 @@
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007C73FB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E32CF"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00823496"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00840849"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="008600F9"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
-    <w:rsid w:val="0087763C"/>
     <w:rsid w:val="008843CE"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008A4746"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
@@ -11875,50 +15229,51 @@
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00956BFD"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B3330"/>
     <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B5364"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A14D64"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
@@ -11946,50 +15301,51 @@
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE5613"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B44841"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73CFE"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B91A93"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
@@ -12152,51 +15508,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4672AF0D"/>
-  <w15:docId w15:val="{03AAFE17-357C-4796-BE4F-2AF91B74763A}"/>
+  <w15:docId w15:val="{A22C0E83-3F94-43A4-8297-576761EC999E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12794,51 +16150,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1380398890">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13089,78 +16445,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6477527-CDA9-454C-A716-D136B3680612}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3810BE78-FE1C-4001-A8AC-A8A1F075F11C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>10926</Characters>
+  <Pages>8</Pages>
+  <Words>2099</Words>
+  <Characters>11967</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12817</CharactersWithSpaces>
+  <CharactersWithSpaces>14038</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>