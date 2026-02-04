--- v0 (2026-01-07)
+++ v1 (2026-02-04)
@@ -1,2496 +1,2764 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="73518C63" w14:textId="74A279EE" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+    <w:p w14:paraId="52C5FF8C" w14:textId="20EF38EA" w:rsidR="00F810B3" w:rsidRDefault="00000000" w:rsidP="00115358">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="74"/>
-        <w:ind w:left="1996" w:hanging="1397"/>
+        <w:spacing w:before="66"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>«Павлодар</w:t>
+        <w:t>КГУ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-12"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>қаласының</w:t>
+        <w:t>«Средняя</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-10"/>
+          <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001724F1">
+      <w:r>
+        <w:t>общеобразовательная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>школа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5C2A">
         <w:t>№25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-11"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>жалпы</w:t>
+        <w:t>города</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-11"/>
+          <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>орта</w:t>
+        <w:t>Павлодара» объявляет конкурс на</w:t>
+      </w:r>
+      <w:r w:rsidR="00250ED9">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> лауазымына конкурс жариялайды</w:t>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4BB6">
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4BB6" w:rsidRPr="00CF4BB6">
+        <w:t xml:space="preserve">оциальный </w:t>
+      </w:r>
+      <w:r w:rsidR="00115358">
+        <w:rPr>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00115358" w:rsidRPr="004C3AD2">
+        <w:rPr>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">едагог </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A83B3AB" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w14:paraId="11CDF600" w14:textId="77777777" w:rsidR="00115358" w:rsidRDefault="00115358" w:rsidP="00115358">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="66"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="37" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6911"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2838"/>
+        <w:gridCol w:w="7089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F810B3" w14:paraId="1176BA6D" w14:textId="77777777">
+      <w:tr w:rsidR="00F810B3" w14:paraId="1C8C6D52" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2D453463" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="680466DA" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
-              <w:ind w:left="10"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52F78C4F" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0BEA96EF" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="242" w:lineRule="auto"/>
-              <w:ind w:left="110" w:right="95"/>
+              <w:ind w:left="109" w:right="103"/>
             </w:pPr>
             <w:r>
-              <w:t>Білім</w:t>
+              <w:t>Наименование</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>беру</w:t>
+              <w:t xml:space="preserve">организации </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-14"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DCEA470" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="41AD0B37" w14:textId="6864E959" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="247" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
             </w:pPr>
             <w:r>
-              <w:t>Павлодар</w:t>
+              <w:t>КГУ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="20"/>
+                <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>облысының</w:t>
+              <w:t>«Средняя</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="23"/>
+                <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>білім</w:t>
+              <w:t>общеобразовательная</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="20"/>
+                <w:spacing w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>беру</w:t>
+              <w:t>школа</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="21"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC5C2A">
+              <w:t>№25</w:t>
             </w:r>
             <w:r>
-              <w:t>басқармасы,</w:t>
+              <w:t xml:space="preserve"> города</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="24"/>
+                <w:spacing w:val="37"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>Павлодар</w:t>
+              <w:t>Павлодара»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="21"/>
+                <w:spacing w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>қаласы</w:t>
+              <w:t>отдела</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="22"/>
+                <w:spacing w:val="38"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="37"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>города</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="38"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Павлодара,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>білім</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7B87528C" w14:textId="3F922BAD" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+              <w:t>управления</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26942642" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="252" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
             </w:pPr>
             <w:r>
-              <w:t>беру</w:t>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="40"/>
+                <w:spacing w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>бөлімінің</w:t>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Павлодарской</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="40"/>
+                <w:spacing w:val="6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>«Павлодар</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ</w:t>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F810B3" w14:paraId="04BCF3C9" w14:textId="77777777">
+      <w:tr w:rsidR="00F810B3" w14:paraId="28BE00DE" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12DA9AED" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+          <w:p w14:paraId="524AB73C" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="677639D5" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="17644779" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="246" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
             </w:pPr>
             <w:r>
-              <w:t>орналасқан</w:t>
-            </w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>местонахождения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D16BC27" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>почтового</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>жері,</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> мекенжайы</w:t>
+              <w:t>адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FCFDF79" w14:textId="3BB9512D" w:rsidR="00F810B3" w:rsidRDefault="008A725B">
+          <w:p w14:paraId="1011C7C1" w14:textId="77777777" w:rsidR="00F009D5" w:rsidRDefault="00F009D5" w:rsidP="00F009D5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-[...3 lines deleted...]
-              <w:t>140007, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Майра көшесі, 49/1</w:t>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">140007, Республика Казахстан, Павлодарская область,                               </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00A08293" w14:textId="1528FADA" w:rsidR="00F810B3" w:rsidRDefault="00F009D5" w:rsidP="00F009D5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="238" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> город  Павлодар, ул. Майры, 49/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F810B3" w14:paraId="1A48BC01" w14:textId="77777777">
+      <w:tr w:rsidR="00F810B3" w14:paraId="394EDAA5" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FE11CCA" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+          <w:p w14:paraId="1C3418B9" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1A691E" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="15A5288B" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="247" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
             </w:pPr>
             <w:r>
-              <w:t>телефон</w:t>
+              <w:t>номеров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-3"/>
+                <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>нөмірлері,</w:t>
+              <w:t>телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="423F87C7" w14:textId="5B527CC4" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7C112895" w14:textId="4844B2A2" w:rsidR="00F810B3" w:rsidRDefault="00F009D5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009D5">
+              <w:t>8 (7182) 65-18-37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F810B3" w14:paraId="014BED99" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2126CD93" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A94DE0" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>адреса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>электронной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="421D8389" w14:textId="728DF179" w:rsidR="00F810B3" w:rsidRDefault="00F009D5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="234" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F009D5">
+              <w:t>sosh25@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F810B3" w14:paraId="46A88B73" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E6BD5A" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26FB1D6F" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>вакантной или временно вакантной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AA4F44F" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="109"/>
+            </w:pPr>
+            <w:r>
+              <w:t>должности,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="753D2B06" w14:textId="756B8D7A" w:rsidR="00F810B3" w:rsidRDefault="00CF4BB6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="247" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
-            </w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF4BB6">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>социальный педагог</w:t>
+            </w:r>
             <w:r>
-              <w:t>8</w:t>
-[...17 lines deleted...]
-              <w:t>65-18-37</w:t>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF4BB6">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00250ED9" w:rsidRPr="00CF4BB6">
+              <w:rPr>
+                <w:b/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00250ED9">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F810B3" w14:paraId="2B7CEE42" w14:textId="77777777">
+      <w:tr w:rsidR="00F810B3" w14:paraId="54227B53" w14:textId="77777777" w:rsidTr="00A94F78">
+        <w:trPr>
+          <w:trHeight w:val="2254"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AFAA7CC" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D0421F7" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="109" w:right="144"/>
+            </w:pPr>
+            <w:r>
+              <w:t>основные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">функциональные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F51A4B7" w14:textId="77777777" w:rsidR="00CF4BB6" w:rsidRPr="00CF4BB6" w:rsidRDefault="00250ED9" w:rsidP="00A94F78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF4BB6" w:rsidRPr="00CF4BB6">
+              <w:t xml:space="preserve">изучает психолого-медико-педагогические особенности личности и ее микросреды, условия жизни, выявляет интересы и потребности, проблемы, конфликтные ситуации, отклонения в поведении обучающихся, воспитанников и своевременно оказывает им социальную помощь и поддержку; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="493CCA0C" w14:textId="77777777" w:rsidR="00CF4BB6" w:rsidRPr="00CF4BB6" w:rsidRDefault="00CF4BB6" w:rsidP="00A94F78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF4BB6">
+              <w:rPr>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">определяет задачи, формы, методы социально-педагогической работы, способы решения личных и социальных проблем ребенка, принимает меры по социальной защите и социальной помощи в реализации прав и свобод личности обучающихся, воспитанников; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C4A9426" w14:textId="6479F83B" w:rsidR="00F810B3" w:rsidRDefault="00CF4BB6" w:rsidP="00A94F78">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="449"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF4BB6">
+              <w:rPr>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    выступает посредником между обучающимися, воспитанниками и организацией, семьей, средой, специалистами различных социальных служб, ведомств и административных органов;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F810B3" w14:paraId="7F633B7A" w14:textId="77777777" w:rsidTr="00250ED9">
+        <w:trPr>
+          <w:trHeight w:val="805"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49E2135E" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="010DCC6D" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="109" w:right="103"/>
+            </w:pPr>
+            <w:r>
+              <w:t>размер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>условия</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">оплаты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09682BD2" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="101" w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">выплачивается в соответствии со стажем и квалификационной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68E6F573" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="478" w:hanging="338"/>
+            </w:pPr>
+            <w:r>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>159</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>626,94</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F810B3" w14:paraId="6E1272A1" w14:textId="77777777" w:rsidTr="00CF4BB6">
+        <w:trPr>
+          <w:trHeight w:val="2041"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CEDBD72" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67897748" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационные требования, </w:t>
+            </w:r>
+            <w:r>
+              <w:t>предъявляемые к</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FB20031" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="275"/>
+            </w:pPr>
+            <w:r>
+              <w:t>кандидату,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">утвержденные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Типовыми</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ABE1505" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="319"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7089" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="303E1FF8" w14:textId="77777777" w:rsidR="00CF4BB6" w:rsidRPr="00CF4BB6" w:rsidRDefault="00CF4BB6" w:rsidP="00706BFC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF4BB6">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее педагогическое образование или профессиональное образование по направлению "Социальный педагог" или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50F8A659" w14:textId="1AC7FDAB" w:rsidR="00F810B3" w:rsidRDefault="00CF4BB6" w:rsidP="00706BFC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF4BB6">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  и (или) при наличии высшего уровня квалификации стаж работы в должности социального педагога: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет и педагога-мастера – не менее 5 лет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F810B3" w14:paraId="6CEF75CB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73613C9D" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="54C48392" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="745F5376" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="11F86643" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="232" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
+              <w:ind w:left="109"/>
             </w:pPr>
             <w:r>
-              <w:t>электрондық</w:t>
+              <w:t>Срок</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-9"/>
+                <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
+              <w:t>приема</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
-              <w:t>пошта</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0811BC99" w14:textId="51D01D23" w:rsidR="00F810B3" w:rsidRDefault="008A725B">
+          <w:p w14:paraId="0177D33D" w14:textId="7B7799A9" w:rsidR="00F810B3" w:rsidRDefault="005F0EE1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="232" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
-[...2 lines deleted...]
-              <w:t>sosh25@goo.edu.kz</w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidR="00F009D5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF4BB6">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000B7AE0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="000B7AE0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F009D5">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="000B7AE0">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00F009D5">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF4BB6">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F009D5">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F810B3" w14:paraId="41F70849" w14:textId="77777777">
+      <w:tr w:rsidR="00F810B3" w14:paraId="50020FAF" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="757"/>
+          <w:trHeight w:val="4486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72CD280D" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3986D426" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="251" w:lineRule="exact"/>
-              <w:ind w:left="10"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="6"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43865EE7" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="04858E4D" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="242" w:lineRule="auto"/>
-              <w:ind w:left="110" w:right="95"/>
+              <w:ind w:left="109" w:right="483"/>
             </w:pPr>
             <w:r>
-              <w:t>Бос</w:t>
+              <w:t>Перечень</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-12"/>
+                <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>немесе</w:t>
+              <w:t xml:space="preserve">необходимых </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-12"/>
-[...23 lines deleted...]
-              <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>жүктемесі</w:t>
+              <w:t>документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="602336B8" w14:textId="19476B10" w:rsidR="00F810B3" w:rsidRDefault="00591F66">
-[...80 lines deleted...]
-          <w:p w14:paraId="526A6FC9" w14:textId="77777777" w:rsidR="00591F66" w:rsidRPr="00591F66" w:rsidRDefault="00591F66" w:rsidP="00B60729">
+          <w:p w14:paraId="12B0C0F2" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="366"/>
+              </w:tabs>
+              <w:ind w:right="100" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">заявление </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">об участии в конкурсе с указанием перечня прилагаемых документов по форме </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласно приложению 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:t>к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21E6B465" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="366"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">документ, удостоверяющий личность </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">либо электронный документ из сервиса цифровых документов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AA34E2D" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:ind w:right="100" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">заполненный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">личный листок по учету кадров </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55FAD2C3" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="570"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">копии документов об образовании </w:t>
+            </w:r>
+            <w:r>
+              <w:t>в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12746872" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="393"/>
+              </w:tabs>
+              <w:ind w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>копия документа</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, подтверждающую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую деятельность </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16D79C95" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="424"/>
               </w:tabs>
-              <w:spacing w:line="252" w:lineRule="exact"/>
-              <w:ind w:right="99" w:firstLine="0"/>
+              <w:ind w:right="95" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00591F66">
-[...6 lines deleted...]
-          <w:p w14:paraId="79C86AEF" w14:textId="77777777" w:rsidR="00591F66" w:rsidRPr="00591F66" w:rsidRDefault="00591F66" w:rsidP="00B60729">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>справка о состоянии здоровья по форме 075/у</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>октября</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ДСМ-175/2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>"Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="689EB853" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="424"/>
+                <w:tab w:val="left" w:pos="441"/>
               </w:tabs>
-              <w:spacing w:line="252" w:lineRule="exact"/>
-              <w:ind w:right="99" w:firstLine="0"/>
+              <w:ind w:left="441" w:hanging="335"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00591F66">
-[...6 lines deleted...]
-          <w:p w14:paraId="00130004" w14:textId="6BFCC692" w:rsidR="005A0FD2" w:rsidRDefault="00B60729" w:rsidP="00B60729">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>справка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="64"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="65"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>отсутствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>динамического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="58"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>наблюдения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="57"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>больных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C122AD6" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:numPr>
-[...7 lines deleted...]
-              <w:ind w:right="99" w:firstLine="0"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C409BC">
-[...47 lines deleted...]
-            </w:pPr>
             <w:r>
-              <w:t>еңбекке ақы төлеу мөлшері</w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>психическими</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-14"/>
+                <w:b/>
+                <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>мен</w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>поведенческими</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-14"/>
-[...26 lines deleted...]
-              <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...70 lines deleted...]
-                <w:spacing w:val="-4"/>
+                <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>төленеді</w:t>
+              <w:t>расстройствами</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>;</w:t>
-            </w:r>
-[...824 lines deleted...]
-              <w:t>анықтама;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="663F68F5" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+    <w:p w14:paraId="7A209266" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
-        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:spacing w:line="238" w:lineRule="exact"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:sectPr w:rsidR="00F810B3">
-          <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="700" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="960" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="37" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6911"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2838"/>
+        <w:gridCol w:w="7089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F810B3" w14:paraId="6C2B78F4" w14:textId="77777777">
+      <w:tr w:rsidR="00F810B3" w14:paraId="55FCE3DD" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="4762"/>
+          <w:trHeight w:val="4553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29AA63DC" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+          <w:p w14:paraId="4E9D4D7D" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08C5B522" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
+          <w:p w14:paraId="03B286C3" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00F810B3">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23C29466" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+          <w:p w14:paraId="72E88BDA" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="478"/>
+                <w:tab w:val="left" w:pos="681"/>
               </w:tabs>
-              <w:ind w:right="96" w:firstLine="0"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="681" w:hanging="575"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-            </w:pPr>
+              <w:t>справка</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t xml:space="preserve">наркологиялық аурудың </w:t>
+                <w:spacing w:val="76"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">динамикалық бақылауда жоқтығы туралы </w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>об</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="7AC3C59F" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+                <w:spacing w:val="75"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>отсутствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="75"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:t>динамического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="74"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>наблюдения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E4A200E" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="251" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>наркологических</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CBCAEA6" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="491"/>
+                <w:tab w:val="left" w:pos="500"/>
               </w:tabs>
-              <w:ind w:right="94" w:firstLine="55"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">сертификаттаудан өту нәтижелері туралы </w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат </w:t>
             </w:r>
             <w:r>
+              <w:t xml:space="preserve">о результатах прохождения </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">сертификат </w:t>
+              <w:t xml:space="preserve">сертификации </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">немесе қолданыстағы </w:t>
+              <w:t xml:space="preserve">или удостоверение </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">біліктілік санатының болуы туралы куәлік </w:t>
+              <w:t xml:space="preserve">о наличии действующей квалификационной категории </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>(бар</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при наличии</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...13 lines deleted...]
-          <w:p w14:paraId="43816A49" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D84EFEB" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="701"/>
+                <w:tab w:val="left" w:pos="475"/>
               </w:tabs>
-              <w:ind w:right="94" w:firstLine="0"/>
+              <w:ind w:left="106" w:right="95" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша </w:t>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат</w:t>
             </w:r>
             <w:r>
-              <w:t>сертификаттау нәтижелері туралы сертификат немесе педагог-модератор немесе педагог-сарапшы</w:t>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>о</w:t>
             </w:r>
             <w:r>
-              <w:t>немесе педагог-зерттеуші немесе педагог-шебер біліктілік санатының болуы туралы куәлікті (бар болса) немесе CELTA (Certificate in</w:t>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>результатах</w:t>
             </w:r>
             <w:r>
-              <w:t>English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS - айелтс) – 6,5 балл; немесе тойфл TOEFL (іnternet</w:t>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>сертификации</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">Based Test (іBT)) – 60-65 балл көрсеткіші бар </w:t>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-          <w:p w14:paraId="56D7405E" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>предмету</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificatein English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FF4ED7F" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
-[...25 lines deleted...]
-                <w:numId w:val="6"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="552"/>
               </w:tabs>
-              <w:ind w:left="552" w:hanging="445"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>жұмыс</w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">заполненный Оценочный лист </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...4 lines deleted...]
-            </w:r>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложениям 12, 13 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72482D40" w14:textId="77777777" w:rsidR="00F810B3" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="456"/>
+              </w:tabs>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="106" w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
-              <w:t>орнынан</w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>рекомендательное письмо</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="62"/>
-                <w:w w:val="150"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>(педагог</w:t>
+              <w:t>с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="63"/>
-                <w:w w:val="150"/>
+                <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>лауазымы</w:t>
+              <w:t>места</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="62"/>
-                <w:w w:val="150"/>
+                <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>бойынша),</w:t>
+              <w:t>работы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="63"/>
-                <w:w w:val="150"/>
+                <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>оқу</w:t>
+              <w:t>(по</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="61"/>
-                <w:w w:val="150"/>
+                <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">педагога), </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>орнынан</w:t>
-[...30 lines deleted...]
-              <w:t>хат.</w:t>
+              <w:t>учебы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F78AF7C" w14:textId="77777777" w:rsidR="00B54697" w:rsidRDefault="00B54697" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="38640C45" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45A02C42" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="78C40D5E" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="149E175D" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="3A6390F6" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A41A8CA" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="272369EB" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34EAA273" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="526C7DEC" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E7983CB" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="350EA72C" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EC66DE9" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="6511105E" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="194A0419" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="5A57144B" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FF00CE6" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="299115D9" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0650B7B2" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="1EC9F4A3" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68738AB8" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="4CF5E204" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="418E1DAF" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="7F547AAB" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48F0E4C7" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="0EC628AB" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0ACD704B" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="652BF201" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="353BA49E" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="4C90F7B5" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CFA6948" w14:textId="77777777" w:rsidR="00DD4789" w:rsidRDefault="00DD4789" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="567E095D" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FA68EDE" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="18FCB10F" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F9D99E4" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="676F8CCC" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C340809" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="7376282B" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FB3882F" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="0BFD0BAF" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AF8F1B1" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="2EFCA298" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45BD7E5D" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="05CAAC69" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="183E9665" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="2F2C97A2" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DDE66E8" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="152A11C8" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69D2690C" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="2DD0BAF1" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E995B19" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="18DD71D7" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2706D863" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="76C0DC60" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B0E3285" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="477107D2" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="577BFF94" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="4EC5C93E" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26B6ABC9" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="0F9E1870" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C73FC13" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="3794263C" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AD95CAF" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="009049B5">
-[...2 lines deleted...]
-        <w:spacing w:before="66"/>
+    <w:p w14:paraId="09E0381C" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="173425E3" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...2 lines deleted...]
-        <w:ind w:left="6647" w:right="1007" w:firstLine="2"/>
+    <w:p w14:paraId="06F260BA" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+    </w:p>
+    <w:p w14:paraId="58D68AFC" w14:textId="77777777" w:rsidR="00145833" w:rsidRDefault="00145833" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CDE6B15" w14:textId="77777777" w:rsidR="00145833" w:rsidRDefault="00145833" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04D998E1" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A434DE5" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D48D851" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AD4D029" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63FFB639" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3780F3E9" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24744589" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77E6BB11" w14:textId="6919F90D" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="7112" w:right="1578" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>тағайындау,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>лауазымнан</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-10"/>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A37468" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6591" w:right="1062" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>босату қағидаларына 3-қосымша</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
+        <w:t>государственных организаций образования Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E8C8097" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
+    <w:p w14:paraId="3EB5B616" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
       <w:pPr>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D35F13B" wp14:editId="297441B9">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251637760" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E0FFC16" wp14:editId="2646B86D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>143301</wp:posOffset>
+                  <wp:posOffset>143216</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6352540" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="1" name="Graphic 1"/>
+                <wp:docPr id="22" name="Graphic 22"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6352540" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6352540">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -2499,80 +2767,772 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="54A702E4" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="0B9DF35E" id="Graphic 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251678720;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C0A0F26" wp14:editId="58F426CE">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251639808" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="021DFEAD" wp14:editId="53BFD47D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>310941</wp:posOffset>
+                  <wp:posOffset>310856</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6358890" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Graphic 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6358890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6358890">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6358697" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="74788734" id="Graphic 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.7pt;height:.1pt;z-index:-251676672;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJAkYvFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRSYxkFFOU2Hbpp0&#10;up10THsOaUqrpXFmBwr/fk5Kgd3epvUhcuIv9md/Tpf3x9aKg0FqwBVyMhpLYZyGsnG7Qn7fPH6Y&#10;S0FBuVJZcKaQJ0PyfvX+3bLzuZlCDbY0KDiIo7zzhaxD8HmWka5Nq2gE3jh2VoCtCrzFXVai6jh6&#10;a7PpeDzLOsDSI2hDxKfr3ilXKX5VGR2+VRWZIGwhmVtIK6Z1G9dstVT5DpWvG32mof6BRasax0kv&#10;odYqKLHH5q9QbaMRCKow0tBmUFWNNqkGrmYyflPNa628SbVwc8hf2kT/L6x+Prz6F4zUyT+B/knc&#10;kazzlF88cUNnzLHCNmKZuDimLp4uXTTHIDQfzj5+ms8X3GzNvsn0LjU5U/lwV+8pfDGQ4qjDE4Ve&#10;g3KwVD1Y+ugGE1nJqKFNGgYpWEOUgjXc9hp6FeK9SC6aorsSiWctHMwGkje8Yc7Url7rblGxlNni&#10;ToqhSsb2CDZiGu5Vb6TUbN8WZ11kcbeYzdNoENimfGysjSwId9sHi+Kg4mCmL9bBEf6AeaSwVlT3&#10;uOQ6w6w769RLE0XaQnl6QdHxNBeSfu0VGinsV8fjEkd/MHAwtoOBwT5AeiCpQZxzc/yh0IuYvpCB&#10;lX2GYRhVPogWS79g400Hn/cBqiYqmmaoZ3Te8ASnAs+vLT6R231CXf8Jq98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAeMgQ53QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJOm&#10;ohDiVAiJWwU08ABuvMRp7XUUOz/w9DincpzZT7MzxW62ho3Y+9aRgHSVAEOqnWqpEfD1+Xr3AMwH&#10;SUoaRyjgBz3syuurQubKTXTAsQoNiyHkcylAh9DlnPtao5V+5TqkePt2vZUhyr7hqpdTDLeGr5Pk&#10;nlvZUvygZYcvGutzNVgB22F+/9B7czpP+xMd3jJuf6tRiNub+fkJWMA5XGBY6sfqUMZORzeQ8sxE&#10;nWZZRAVsHuOmBUjTzRbYcXHWwMuC/59Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJ&#10;AkYvFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAeMgQ53QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6358697,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C1750F1" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05891D6C" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="39"/>
+        <w:ind w:right="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орган,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>объявивший</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783A72FA" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251641856" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0147AE9C" wp14:editId="36025011">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>139061</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="24" name="Graphic 24"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="758B4D8F" id="Graphic 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.2pt;height:.1pt;z-index:-251674624;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA4C39+t8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiT&#10;FEEb4lQoElVBCIm0F25uvCQR8Tqy3Tb9e7YnOM7s0+xMsZrsII7oQ+9IQTpLQCA1zvTUKthtX+4W&#10;IELUZPTgCBWcMcCqvL4qdG7ciT7xWMdWcAiFXCvoYhxzKUPTodVh5kYkvn07b3Vk6VtpvD5xuB1k&#10;liQP0uqe+EOnR6w6bH7qg1Xgv97Xu3HzsV5W+Hb/6qrzuKlrpW5vpucnEBGn+AfDpT5Xh5I77d2B&#10;TBAD63Q+Z1RBli5BXAB2HkHs2clSkGUh/08ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDgLf363wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251643904" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11C67B44" wp14:editId="06738B8A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285365</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="25" name="Graphic 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="18F04D54" id="Graphic 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.2pt;height:.1pt;z-index:-251672576;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAq7H7R98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Gn4a4lQoElWpEBKhF25uvCQR8dqK3TZ9e7YnOM7sp9mZYjnZQRxwDL0jBeksAYHUONNTq2D7+XLz&#10;CCJETUYPjlDBCQMsy8uLQufGHekDD3VsBYdQyLWCLkafSxmaDq0OM+eR+PbtRqsjy7GVZtRHDreD&#10;vE2Se2l1T/yh0x6rDpufem8VjF9vq61fv68WFW6yV1ed/Lqulbq+mp6fQESc4h8M5/pcHUrutHN7&#10;MkEMrNP5nFEFWbYAcQbYeQCxY+cuBVkW8v+E8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCrsftH3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7559CA3E" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10B09C3F" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:right="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ИИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6266C9C4" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251645952" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19BCEA94" wp14:editId="7F7FE124">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="2" name="Graphic 2"/>
+                <wp:docPr id="26" name="Graphic 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="41F43C60" id="Graphic 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251670528;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251648000" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67ED16D0" wp14:editId="0D9129C5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285238</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="27" name="Graphic 27"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="18743EA9" id="Graphic 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.8pt;height:.1pt;z-index:-251668480;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAM4FcDfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;Y1IohDhVQPxIvZHCgZsbb5MIex3ZbhveHucEt53d0ew35Xqyhh3Rh8GRBLHIgCG1Tg/USfjYvlzd&#10;AQtRkVbGEUr4wQDr6vysVIV2J3rHYxM7lkIoFEpCH+NYcB7aHq0KCzcipdveeatikr7j2qtTCreG&#10;X2fZLbdqoPShVyM+9dh+NwcrofbbnOrm02T7x9fV89tGfa3ERsrLi6l+ABZxin9mmPETOlSJaecO&#10;pAMzSYs8T1YJy+U9sNkgxDzt0uZGAK9K/r9C9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDOBXA33gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C575CD7" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E916883" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:right="27"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B636394" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251650048" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14FC15E1" wp14:editId="25E00BC4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="28" name="Graphic 28"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -2581,167 +3541,444 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="674B6CB2" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.8pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEA0v4fet8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;pqI0xKkC4kfqjZQeenPjbRJhr6PYbcPb45zKcWY/zc7k69EadsbBd44kiFkCDKl2uqNGwvf2/eEJ&#10;mA+KtDKOUMIvelgXtze5yrS70Beeq9CwGEI+UxLaEPqMc1+3aJWfuR4p3o5usCpEOTRcD+oSw63h&#10;8yR55FZ1FD+0qsfXFuuf6mQllMM2pbLameT48rF8+9yo/VJspLy/G8tnYAHHcIVhqh+rQxE7HdyJ&#10;tGcmapGmEZWwWMVNEyDEYgXsMDlz4EXO/08o/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDS/h963wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="3D002601" id="Graphic 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251666432;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F2E01F7" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...12 lines deleted...]
-        <w:ind w:right="27"/>
+    <w:p w14:paraId="7EEFCD26" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:right="33"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(конкурс</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>(фактическое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>жариялаған</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-9"/>
+        <w:t>место проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>мемлекеттік</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>адрес прописки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>орган)</w:t>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="207FEC07" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
+    <w:p w14:paraId="509E2756" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29818C5F" wp14:editId="69F2E2B0">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251652096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F302C6E" wp14:editId="162543B7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>139315</wp:posOffset>
+                  <wp:posOffset>138934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="3" name="Graphic 3"/>
+                <wp:docPr id="29" name="Graphic 29"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359650" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="063B1785" id="Graphic 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251664384;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E57E3E2" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="215"/>
+        <w:ind w:right="29"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CCE468A" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10495"/>
+        </w:tabs>
+        <w:spacing w:before="91" w:line="261" w:lineRule="auto"/>
+        <w:ind w:left="424" w:right="418" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="71"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40751C7C" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EA38F76" wp14:editId="53C35C63">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>125585</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="30" name="Graphic 30"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -2750,80 +3987,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1121AAD1" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="75DF187F" id="Graphic 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:9.9pt;width:500.8pt;height:.1pt;z-index:-251662336;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACOeUHPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;Y4IoDXGqgHhI3ZHSRXdu7CYR9jiy3Tb8PdNV2c3VHN1HuZycZUcT4uBRgphlwAy2Xg/YSfhev989&#10;AYtJoVbWo5HwayIsq+urUhXan/DLHJvUMTLBWCgJfUpjwXlse+NUnPnRIP32PjiVSIaO66BOZO4s&#10;v8+yR+7UgJTQq9G89qb9aQ5OQh3WOdbNxmb7l4/52+dKbediJeXtzVQ/A0tmShcYzvWpOlTUaecP&#10;qCOzpEWeE0rHgiacASEeFsB2EigYeFXy/xOqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAjnlBz3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
-          <w:sz w:val="17"/>
+          <w:sz w:val="15"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25EF7366" wp14:editId="6E2AD463">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08BC167D" wp14:editId="32B768B1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285619</wp:posOffset>
+                  <wp:posOffset>271889</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Graphic 4"/>
+                <wp:docPr id="31" name="Graphic 31"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -2832,179 +4069,237 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7724FD1F" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMOvnMkQcwSYEi10x01Ej53b3cr&#10;YD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+5nqkeDu6waoQ5dBwPahLDLeG&#10;z5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2ZiyfgAUcwx8MU/1YHYrY6eBO&#10;pD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="3043E501" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:21.4pt;width:500.8pt;height:.1pt;z-index:-251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJIPkX/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;7aaiEOJUAfEj9UbaHri5sZtExOvIdtvw9mxPcJzZT7MzxWpyAzvZEHuPCuRMALPYeNNjq2C7ebt7&#10;ABaTRqMHj1bBj42wKq+vCp0bf8ZPe6pTyygEY64VdCmNOeex6azTceZHi3Q7+OB0IhlaboI+U7gb&#10;+FyIe+50j/Sh06N96WzzXR+dgipsMqzq3SAOz+/L14+1/lrKtVK3N1P1BCzZKf3BcKlP1aGkTnt/&#10;RBPZQFpmGaEKFnOacAGkXDwC25OTCeBlwf9PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAkg+Rf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="668E94BE" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...1 lines deleted...]
-        <w:spacing w:before="7"/>
+    <w:p w14:paraId="67D2A0BA" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="4"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06ED32D1" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...2 lines deleted...]
-        <w:ind w:left="24"/>
+    <w:p w14:paraId="166CFE0D" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:ind w:right="25"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(кандидаттың</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+        <w:t>(наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Т.А.Ә.</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-6"/>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(бар</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>болса),</w:t>
-[...15 lines deleted...]
-        <w:t>ЖСН</w:t>
+        <w:t>город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C31DB8" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...1 lines deleted...]
-        <w:spacing w:before="5"/>
+    <w:p w14:paraId="6E5B0393" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10446"/>
+        </w:tabs>
+        <w:spacing w:before="115"/>
+        <w:ind w:left="1133"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A509DA" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C22CCFA" wp14:editId="5E1E8C21">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41381961" wp14:editId="2032783B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140839</wp:posOffset>
+                  <wp:posOffset>141830</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="5" name="Graphic 5"/>
+                <wp:docPr id="32" name="Graphic 32"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3013,80 +4308,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6CF6B5BB" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAEaG03/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;46SiNMSpAuIhdUcKi+7ceJpExOPIdtvw9zgrWN6Zoztnis1kBnZG53tLEsQiAYbUWN1TK+Fz93r3&#10;AMwHRVoNllDCD3rYlNdXhcq1vdAHnuvQslhCPlcSuhDGnHPfdGiUX9gRKe6O1hkVYnQt105dYrkZ&#10;eJok99yonuKFTo343GHzXZ+MhMrtMqrqryE5Pr2tXt63ar8SWylvb6bqEVjAKfzBMOtHdSij08Ge&#10;SHs2xCyyLKIS0jQFNgNCLNfADvNkCbws+P8Xyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEARobTf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="17E89AAC" id="Graphic 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54F2AAD3" wp14:editId="7C903C83">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B3B28AE" wp14:editId="37946C5C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285619</wp:posOffset>
+                  <wp:posOffset>288134</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:docPr id="33" name="Graphic 33"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3095,151 +4390,704 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="13FF4BCD" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMOvnMkQcwSYEi10x01Ej53b3cr&#10;YD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+5nqkeDu6waoQ5dBwPahLDLeG&#10;z5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2ZiyfgAUcwx8MU/1YHYrY6eBO&#10;pD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="0AA81595" id="Graphic 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C57F29C" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...1 lines deleted...]
-        <w:spacing w:before="5"/>
+    <w:p w14:paraId="3A77B5F4" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="4"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3503318D" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="1D8C2F9A" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="2578"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(лауазымы,</w:t>
-[...5 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:t>город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260AF83F" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="424"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Сообщаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>себе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-        <w:t>орны)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5690B0C2" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...1 lines deleted...]
-        <w:spacing w:before="4"/>
+    <w:p w14:paraId="0DE23F70" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="424"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>послевузовское,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>техническое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>профессиональное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA86828" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="5" w:after="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="430" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3545"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="18B8DA45" w14:textId="77777777" w:rsidTr="00A1240C">
+        <w:trPr>
+          <w:trHeight w:val="314"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B09069" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="233"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA0E9BA" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="235"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E337FC0" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="326"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="51"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="1DAC15C8" w14:textId="77777777" w:rsidTr="00A1240C">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="069A43BD" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="672565C0" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BD6A84" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6DCC6C99" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1609"/>
+          <w:tab w:val="left" w:pos="3967"/>
+          <w:tab w:val="left" w:pos="5280"/>
+          <w:tab w:val="left" w:pos="6088"/>
+          <w:tab w:val="left" w:pos="9501"/>
+          <w:tab w:val="left" w:pos="10108"/>
+        </w:tabs>
+        <w:spacing w:before="115" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="424" w:right="451"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения/подтверждения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>наличии):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566F2CB5" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="446E61F4" wp14:editId="59B0AAED">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="540DD465" wp14:editId="319A11C4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140458</wp:posOffset>
+                  <wp:posOffset>137934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="7" name="Graphic 7"/>
+                <wp:docPr id="34" name="Graphic 34"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3248,140 +5096,1035 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0E5910A1" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.05pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAG0yjG/eAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;4wRRGuJUAfGQuiOlC3bT2E0i4nFku234e5xVWd6ZoztnivVkBnbSzveWJIhFAkxTY1VPrYSv7dvd&#10;IzAfkBQOlrSEX+1hXV5fFZgre6ZPfapDy2IJ+RwldCGMOee+6bRBv7Cjprg7WGcwxOharhyeY7kZ&#10;eJokD9xgT/FCh6N+6XTzUx+NhMptM6rq3ZAcnt+Xrx8b/F6KjZS3N1P1BCzoKVxgmPWjOpTRaW+P&#10;pDwbYhZZFlEJaSqAzYAQ9ytg+3mSAS8L/v+F8g8AAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBtMoxv3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="5678EBAE" id="Graphic 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07D9E7B5" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+    <w:p w14:paraId="0212F0CD" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="118" w:after="5"/>
+        <w:ind w:left="424"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="369" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1196"/>
+        <w:gridCol w:w="1731"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2521"/>
+        <w:gridCol w:w="3009"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="58CC59F2" w14:textId="77777777" w:rsidTr="00A1240C">
+        <w:trPr>
+          <w:trHeight w:val="719"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BACA22B" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="21"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18D62038" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:ind w:left="278"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="699ED198" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="21"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CDB987A" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:ind w:left="133"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F753525" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="27" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E84A874" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="27"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="323F4614" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="119" w:firstLine="62"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специальности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(для</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4070423C" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="193" w:hanging="75"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специалистов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектов предпринимательства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA9D0E3" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>данной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66BF6D2E" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="220" w:lineRule="atLeast"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>том</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>числе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="19C329F6" w14:textId="77777777" w:rsidTr="00A1240C">
+        <w:trPr>
+          <w:trHeight w:val="400"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A389C2" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E8A015" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65521FD7" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A9C6F9F" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E72EB8B" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6F2D7C95" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:ind w:left="424"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Имею</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>результаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...16 lines deleted...]
-        <w:t>жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D9ACD71" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...1 lines deleted...]
-        <w:spacing w:before="5"/>
+    <w:p w14:paraId="3F116580" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="6"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="699A2567" wp14:editId="5999E26B">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7EA85554" wp14:editId="1ADE8283">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140839</wp:posOffset>
+                  <wp:posOffset>141684</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="35" name="Graphic 35"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="168513D8" id="Graphic 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.2pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAZKVKWN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;lJ8S4lQoElVBCIm0F25uvCQR8Tqy3TZ9ezYnOK1mdjT7bb4abS+O6EPnSMF8loBAqp3pqFGw277c&#10;LEGEqMno3hEqOGOAVXF5kevMuBN94rGKjeASCplW0MY4ZFKGukWrw8wNSLz7dt7qyNI30nh94nLb&#10;yzRJ7qXVHfGFVg9Ytlj/VAerwH+9r3fD5mP9WOLb7asrz8OmqpS6vhqfn0BEHONfGCZ8RoeCmfbu&#10;QCaInvV8seCogjTlOQXYeQCxn5w7kEUu/79Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBkpUpY3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65418CF7" wp14:editId="1EC9D479">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>286464</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="36" name="Graphic 36"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6C71AFA3" id="Graphic 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.55pt;width:500.2pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAxudhYt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Uv5CnApFoioIIRF64ebGSxIRryPbbdO3Z3OC48x+mp0pVpMdxAF96B0pSBcJCKTGmZ5aBdvP56t7&#10;ECFqMnpwhApOGGBVnp8VOjfuSB94qGMrOIRCrhV0MY65lKHp0OqwcCMS376dtzqy9K00Xh853A7y&#10;OklupdU98YdOj1h12PzUe6vAf72tt+Pmff1Q4evyxVWncVPXSl1eTE+PICJO8Q+GuT5Xh5I77dye&#10;TBAD6zTLGFWwvElBzAA7dyB2s5OBLAv5f0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AG5GVUYVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMbnYWLeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3FE8D949" wp14:editId="62E48941">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>433149</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="37" name="Graphic 37"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="386A5E40" id="Graphic 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:34.1pt;width:500.2pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAULng3N8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;H5U2xKlQJKqCEBJpL9zceEki4rUVu2369mxOcJzZT7Mz2WawnThjH1pHCqaTBARS5UxLtYLD/uVh&#10;BSJETUZ3jlDBFQNs8tubTKfGXegTz2WsBYdQSLWCJkafShmqBq0OE+eR+Pbteqsjy76WptcXDred&#10;nCXJUlrdEn9otMeiweqnPFkF/df79uB3H9t1gW+LV1dc/a4slbq/G56fQEQc4h8MY32uDjl3OroT&#10;mSA61tP5nFEFy9UMxAiw8wjiODoLkHkm/0/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBQueDc3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="196FC5A1" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FFD7B11" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A672340" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="424"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Награды,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звание,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11C033A2" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7472643E" wp14:editId="637C925C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>137908</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="8" name="Graphic 8"/>
+                <wp:docPr id="38" name="Graphic 38"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3390,284 +6133,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0CB772E3" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAEaG03/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;46SiNMSpAuIhdUcKi+7ceJpExOPIdtvw9zgrWN6Zoztnis1kBnZG53tLEsQiAYbUWN1TK+Fz93r3&#10;AMwHRVoNllDCD3rYlNdXhcq1vdAHnuvQslhCPlcSuhDGnHPfdGiUX9gRKe6O1hkVYnQt105dYrkZ&#10;eJok99yonuKFTo343GHzXZ+MhMrtMqrqryE5Pr2tXt63ar8SWylvb6bqEVjAKfzBMOtHdSij08Ge&#10;SHs2xCyyLKIS0jQFNgNCLNfADvNkCbws+P8Xyl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEARobTf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="74F8FCA4" id="Graphic 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...203 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F900254" wp14:editId="52B63A17">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D07CCBB" wp14:editId="6F45FEB1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>141775</wp:posOffset>
+                  <wp:posOffset>284212</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="9" name="Graphic 9"/>
+                <wp:docPr id="39" name="Graphic 39"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3676,80 +6215,80 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6FE038D2" id="Graphic 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="2239664D" id="Graphic 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.4pt;width:500.8pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAImSYmDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;HRIohDhVQPxIvZHCgZsbu0mEvY5stw1vz/YEx5n9NDtTrWZn2cGEOHqUkC0EMIOd1yP2Ej42L1d3&#10;wGJSqJX1aCT8mAir+vysUqX2R3w3hzb1jEIwlkrCkNJUch67wTgVF34ySLedD04lkqHnOqgjhTvL&#10;r4W45U6NSB8GNZmnwXTf7d5JaMImx6b9tGL3+Lp8flurr2W2lvLyYm4egCUzpz8YTvWpOtTUaev3&#10;qCOzpLM8J1RCUdCEE5BlxT2wLTk3Anhd8f8T6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAiZJiYN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33DF5BA6" wp14:editId="1ACBBA3C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B48C78E" wp14:editId="621C8B25">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>288078</wp:posOffset>
+                  <wp:posOffset>430516</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="10" name="Graphic 10"/>
+                <wp:docPr id="40" name="Graphic 40"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -3758,15424 +6297,12511 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2AAF59BC" id="Graphic 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="171F533F" id="Graphic 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.9pt;width:500.8pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGyCDeLfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;bYKaEuJUAfEj9UYKB25u7CYR9jqK3Ta8PdsTHGf20+xMuZ69Y0c7xSGgArkQwCy2wQzYKfjYvtys&#10;gMWk0WgX0Cr4sRHW1eVFqQsTTvhuj03qGIVgLLSCPqWx4Dy2vfU6LsJokW77MHmdSE4dN5M+Ubh3&#10;/FaIJfd6QPrQ69E+9bb9bg5eQT1tM6ybTyf2j6/589tGf+Vyo9T11Vw/AEt2Tn8wnOtTdaio0y4c&#10;0ETmSMssI1TBMqcJZ0DKu3tgO3JWAnhV8v8Tql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAbIIN4t8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="098273C9" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
+    <w:p w14:paraId="1589781D" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
       <w:pPr>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CA0AB2D" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="55D1B518" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="691D3B46" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="424" w:right="454"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(білім</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-14"/>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>беру</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-13"/>
+        <w:t>даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации. или без использования таких средств).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2177D94D" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10400"/>
+        </w:tabs>
+        <w:spacing w:before="114"/>
+        <w:ind w:left="424"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я согласен (-а) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD835E5" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="3980"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ұйымының</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-12"/>
+        <w:t>(Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>атауы,</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-13"/>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>мекен-жайы</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-13"/>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(облыс,</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-11"/>
+        <w:t>наличии))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>аудан,қала/ауыл)</w:t>
+        <w:t>(подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD3D049" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+    <w:p w14:paraId="3A983A47" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D009672" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1221"/>
+          <w:tab w:val="left" w:pos="2933"/>
+          <w:tab w:val="left" w:pos="3545"/>
+        </w:tabs>
+        <w:ind w:left="487"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-[...49 lines deleted...]
-        <w:t>істеймін:</w:t>
+        </w:rPr>
+        <w:t>года</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AEA72EF" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...2572 lines deleted...]
-    <w:p w14:paraId="3C2714FF" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
+    <w:p w14:paraId="1A989FC2" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="7773"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E6836">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4380E29F" wp14:editId="4282CC65">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C12EE51" wp14:editId="7D4D9E7F">
                 <wp:extent cx="1708785" cy="8890"/>
                 <wp:effectExtent l="9525" t="0" r="0" b="635"/>
-                <wp:docPr id="20" name="Group 20"/>
+                <wp:docPr id="41" name="Group 41"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1708785" cy="8890"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="1708785" cy="8890"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="21" name="Graphic 21"/>
+                        <wps:cNvPr id="42" name="Graphic 42"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="4416"/>
                             <a:ext cx="1708785" cy="1270"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="1708785">
                                 <a:moveTo>
                                   <a:pt x="0" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="1708659" y="0"/>
+                                  <a:pt x="1708396" y="0"/>
                                 </a:lnTo>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="8833">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="2B7F6FB3" id="Group 20" o:spid="_x0000_s1026" style="width:134.55pt;height:.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="17087,88" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHPslBcAIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2jAUfZ+0/2D5fYTQFtKIUE1lRZOq&#10;rlKZ9mwc50NzbO/aEPj3u3YSoLTaQ5eH6Nj3+n6ce+z53b6RZCfA1lplNB6NKRGK67xWZUZ/rh++&#10;JJRYx1TOpFYiowdh6d3i86d5a1Ix0ZWWuQCCQZRNW5PRyjmTRpHllWiYHWkjFBoLDQ1zuIQyyoG1&#10;GL2R0WQ8nkathtyA5sJa3F12RroI8YtCcPejKKxwRGYUa3PhD+G/8f9oMWdpCcxUNe/LYB+oomG1&#10;wqTHUEvmGNlC/SZUU3PQVhduxHUT6aKouQg9YDfx+KKbFeitCb2UaVuaI01I7QVPHw7Ln3YrMC/m&#10;GbrqET5q/tsiL1FryvTc7tflyXlfQOMPYRNkHxg9HBkVe0c4bsazcTJLbijhaEuS255wXuFU3hzi&#10;1bd/HYtY2qUMhR0LaQ0qx57Isf9HzkvFjAicW9/8M5A6z+gkpkSxBgW86rWCO8iRT45enr9+ZXsq&#10;32Xn+jqedpJ7l6B4MgsEHTtlKd9atxI6EM12j9Z1gs0HxKoB8b0aIKDsveBlELyjBAUPlKDgN112&#10;w5w/56fnIWlPk/J7jd6JtQ5WdzElLO1klercy896enNLySAD9O08EPg0KKkOhNSIz5uTyleRJFdX&#10;4R5ZLev8oZbSV2Gh3NxLIDvmb3H4fB8Y4ZWbAeuWzFadXzD1blIFOdu0m46f2kbnBxxui+PMqP2z&#10;ZSAokd8Vyse/EwOAAWwGAE7e6/CaBIIw53r/i4EhPn1GHU72SQ8qYukwNN/60defVPrr1umi9hNF&#10;RQ8V9QtUdEDh4iN69bKcr4PX6Sld/AUAAP//AwBQSwMEFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdpGrRmE0pRT0VwVYQb9PsNAnNzobsNkn/&#10;vaMXvTwY3uO9b/Ll5Fo1UB8azwbSWQKKuPS24crAx+7l5gFUiMgWW89k4EwBlsXlRY6Z9SO/07CN&#10;lZISDhkaqGPsMq1DWZPDMPMdsXgH3zuMcvaVtj2OUu5aPU+ShXbYsCzU2NG6pvK4PTkDryOOq9v0&#10;edgcD+vz1+7+7XOTkjHXV9PqCVSkKf6F4Qdf0KEQpr0/sQ2qNSCPxF8Vb754TEHtJXQHusj1f/bi&#10;GwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMc+yUFwAgAAkgUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8AAAAAAAAAAAAA&#10;AAAAygQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
-                <v:shape id="Graphic 21" o:spid="_x0000_s1027" style="position:absolute;top:44;width:17087;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1708785,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnCV9IwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEJv3axLu5StUYog7dGqeH5unsnSzcu6ibr+eyMIHoeZ+YaZzgfXijP1ofGsYJLlIIhr&#10;rxs2Crab5dsniBCRNbaeScGVAsxno5cpVtpf+I/O62hEgnCoUIGNsaukDLUlhyHzHXHyDr53GJPs&#10;jdQ9XhLctbLI81I6bDgtWOxoYan+X5+cgqa97g8/e7ezR/Nh/Oq9PJXFUanX8fD9BSLSEJ/hR/tX&#10;KygmcP+SfoCc3QAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnCV9IwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1708659,e" filled="f" strokeweight=".24536mm">
+              <v:group w14:anchorId="3828BF85" id="Group 41" o:spid="_x0000_s1026" style="width:134.55pt;height:.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="17087,88" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCz6U6KcAIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC81/JWWxEsB0XcGAWC&#10;JEBc9ExT1IJSJDukLfvvO6Qk23GCHlIdhEfOcJY3j1zcHmpJ9gJspVVKR4MhJUJxnVWqSOnPzf2X&#10;mBLrmMqY1Eqk9CgsvV1+/rRoTCLGutQyE0AwiLJJY1JaOmeSKLK8FDWzA22EQmOuoWYOl1BEGbAG&#10;o9cyGg+Hs6jRkBnQXFiLu6vWSJchfp4L7p7y3ApHZEqxNhf+EP5b/4+WC5YUwExZ8a4M9oEqalYp&#10;THoKtWKOkR1Ub0LVFQdtde4GXNeRzvOKi9ADdjMaXnWzBr0zoZciaQpzogmpveLpw2H5434N5sU8&#10;Q1s9wgfNf1vkJWpMkVza/bo4Ox9yqP0hbIIcAqPHE6Pi4AjHzdF8GM/jr5RwtMXxTUc4L3Eqbw7x&#10;8vu/jkUsaVOGwk6FNAaVY8/k2P8j56VkRgTOrW/+GUiVpXQ6pkSxGgW87rSCO8iRT45enr9uZTsq&#10;32VnOh3NWsm9S9BoPA8EnTplCd9ZtxY6EM32D9a1gs16xMoe8YPqIaDsveBlELyjBAUPlKDgt212&#10;w5w/56fnIWnOk/J7td6LjQ5WdzUlLO1slerSy896cjOjpJcB+rYeCHwalFQLQmrEl81J5auI48kk&#10;3COrZZXdV1L6KiwU2zsJZM/8LQ6f7wMjvHIzYN2K2bL1C6bOTaogZ5u00/FT2+rsiMNtcJwptX92&#10;DAQl8odC+fh3ogfQg20PwMk7HV6TQBDm3Bx+MTDEp0+pw8k+6l5FLOmH5ls/+fqTSn/bOZ1XfqKo&#10;6L6iboGKDihcfESvXpbLdfA6P6XLvwAAAP//AwBQSwMEFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdpGrRmE0pRT0VwVYQb9PsNAnNzobsNkn/&#10;vaMXvTwY3uO9b/Ll5Fo1UB8azwbSWQKKuPS24crAx+7l5gFUiMgWW89k4EwBlsXlRY6Z9SO/07CN&#10;lZISDhkaqGPsMq1DWZPDMPMdsXgH3zuMcvaVtj2OUu5aPU+ShXbYsCzU2NG6pvK4PTkDryOOq9v0&#10;edgcD+vz1+7+7XOTkjHXV9PqCVSkKf6F4Qdf0KEQpr0/sQ2qNSCPxF8Vb754TEHtJXQHusj1f/bi&#10;GwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALPpTopwAgAAkgUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIaSY7raAAAAAwEAAA8AAAAAAAAAAAAA&#10;AAAAygQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
+                <v:shape id="Graphic 42" o:spid="_x0000_s1027" style="position:absolute;top:44;width:17087;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1708785,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAKBCSfwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8ITeulkXu5StUaQg9mhVPD83z2Rx87Juoq7/3hQKHoeZ+YaZzgfXiiv1ofGsYJzlIIhr&#10;rxs2Cnbb5fsniBCRNbaeScGdAsxnry9TrLS/8S9dN9GIBOFQoQIbY1dJGWpLDkPmO+LkHX3vMCbZ&#10;G6l7vCW4a2WR56V02HBasNjRt6X6tLk4BU17PxxXB7e3Z/Nh/HpSXsrirNTbaFh8gYg0xGf4v/2j&#10;FUwK+PuSfoCcPQAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAKBCSfwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1708396,e" filled="f" strokeweight=".24536mm">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="425D578C" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008E6836">
+    <w:p w14:paraId="6C359131" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:ind w:left="8538"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(қолы)</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F478B1" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...2 lines deleted...]
-        <w:ind w:left="6735" w:right="918" w:firstLine="2"/>
+    <w:p w14:paraId="066712EE" w14:textId="77777777" w:rsidR="009F0F9E" w:rsidRPr="0020727E" w:rsidRDefault="009F0F9E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:ind w:left="8538"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FB86CBB" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="6551" w:right="590"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11303A6C" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6553" w:right="590"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>тағайындау,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>лауазымнан</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+        <w:t>назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>босату қағидаларына 12-қосымша</w:t>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>должности, освобождения от должностей</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC6E82E" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...2 lines deleted...]
-        <w:ind w:left="6481" w:right="665"/>
+    <w:p w14:paraId="023DF7B6" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6829" w:right="823" w:hanging="42"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
+        <w:t>государственных организаций образования Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC60A4B" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+    <w:p w14:paraId="1E54B69E" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2785DA81" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
+    <w:p w14:paraId="32EE9967" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="18"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="067FD246" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="144"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-7"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стажем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...50 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-        <w:t>парағы</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551C590F" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...1 lines deleted...]
-        <w:spacing w:before="8"/>
+    <w:p w14:paraId="70B27057" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EE82857" wp14:editId="1B606FCB">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44532AD6" wp14:editId="459F3B38">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>541019</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>166807</wp:posOffset>
+                  <wp:posOffset>164926</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6571615" cy="1270"/>
+                <wp:extent cx="6282055" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="43" name="Graphic 43"/>
+                <wp:docPr id="44" name="Graphic 44"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6571615" cy="1270"/>
+                          <a:ext cx="6282055" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="6571615">
+                            <a:path w="6282055">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="6571244" y="0"/>
+                                <a:pt x="6281593" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="69036705" id="Graphic 43" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.6pt;margin-top:13.15pt;width:517.45pt;height:.1pt;z-index:-251637760;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6571615,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSK5H2FAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06CNmmNOMXQoMOA&#10;oivQDDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV48HFor9gapAVfIyWgshXEaysZtC/l9/fTp&#10;TgoKypXKgjOFPBqSD8uPHxadz80UarClQcFBHOWdL2Qdgs+zjHRtWkUj8MaxswJsVeAtbrMSVcfR&#10;W5tNx+NZ1gGWHkEbIj5d9U65TPGryujwrarIBGELydxCWjGtm7hmy4XKt6h83egTDfUPLFrVOE56&#10;DrVSQYkdNn+FahuNQFCFkYY2g6pqtEk1cDWT8btq3mrlTaqFm0P+3Cb6f2H1y/7Nv2KkTv4Z9E/i&#10;jmSdp/zsiRs6YQ4VthHLxMUhdfF47qI5BKH5cHY7n8wmt1Jo9k2m89TkTOXDXb2j8MVAiqP2zxR6&#10;DcrBUvVg6YMbTGQlo4Y2aRikYA1RCtZw02voVYj3Irloiu5CJJ61sDdrSN7wjjlTu3itu0bFUqY3&#10;N1IMVTK2R7AR03CveiOlZvu6OOsii/n97C6NBoFtyqfG2siCcLt5tCj2Kg5m+mIdHOEPmEcKK0V1&#10;j0uuE8y6k069NFGkDZTHVxQdT3Mh6ddOoZHCfnU8LnH0BwMHYzMYGOwjpAeSGsQ514cfCr2I6QsZ&#10;WNkXGIZR5YNosfQzNt508HkXoGqiommGekanDU9wKvD02uITud4n1OWfsPwNAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDwVyQZ3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXvJv6HZky8uQWU&#10;DUHKxhg9eITdGL3N0hGIdMrSsov/3nLS45v38t43xW4xgzjT5HrLCuJNBIK4sbrnVsFh/3qXgXAe&#10;WeNgmRT8kINdeX1VYK7thSs6174VoYRdjgo678dcStd0ZNBt7EgcvC87GfRBTq3UE15CuRlkEkVb&#10;abDnsNDhSM8dNd/1bBS8fKT0tq8+R/OQDfMJ64pP74tStzfL0yMIT4v/C8OKH9ChDExHO7N2YlCQ&#10;pUlIKki29yBWP06iGMRxvaQgy0L+/6D8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJIr&#10;kfYUAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APBXJBncAAAACQEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" path="m,l6571244,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="64B68A23" id="Graphic 44" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.6pt;margin-top:13pt;width:494.65pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6282055,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlk5OyFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04yJG2NOMXQoMOA&#10;oivQFDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV7cH1or9gapAVfIyWgshXEaysZtC/m2fvx0&#10;KwUF5UplwZlCHg3J++XHD4vO52YKNdjSoOAgjvLOF7IOwedZRro2raIReOPYWQG2KvAWt1mJquPo&#10;rc2m4/E86wBLj6ANEZ+ueqdcpvhVZXT4XlVkgrCFZG4hrZjWTVyz5ULlW1S+bvSJhvoHFq1qHCc9&#10;h1qpoMQOm79CtY1GIKjCSEObQVU12qQauJrJ+F01r7XyJtXCzSF/bhP9v7D6ef/qXzBSJ/8E+idx&#10;R7LOU372xA2dMIcK24hl4uKQung8d9EcgtB8OJ/eTsezmRSafZPpTWpypvLhrt5R+GogxVH7Jwq9&#10;BuVgqXqw9MENJrKSUUObNAxSsIYoBWu46TX0KsR7kVw0RXchEs9a2Js1JG94x5ypXbzWXaO4lMns&#10;7rMUQ5WM7RFsxDTcq95Iqdm+Ls66yOLmbn6bRoPANuVjY21kQbjdPFgUexUHM32xDo7wB8wjhZWi&#10;uscl1wlm3UmnXpoo0gbK4wuKjqe5kPRrp9BIYb85Hpc4+oOBg7EZDAz2AdIDSQ3inOvDD4VexPSF&#10;DKzsMwzDqPJBtFj6GRtvOviyC1A1UdE0Qz2j04YnOBV4em3xiVzvE+ryT1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAEqSccNwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/EMAyE70j8h8hI3NiE&#10;wj4oTVcrJOCIWBBwTBvTVjRO1aQP+PW4Jzh6ZjT+JtvPrhUj9qHxpOFypUAgld42VGl4fbm/2IEI&#10;0ZA1rSfU8I0B9vnpSWZS6yd6xvEYK8ElFFKjoY6xS6UMZY3OhJXvkNj79L0zkc++krY3E5e7ViZK&#10;baQzDfGH2nR4V2P5dRychp/to7VxOEzh4enm7WosPtQ7eq3Pz+bDLYiIc/wLw4LP6JAzU+EHskG0&#10;GnbrhJMakg1PWny1vV6DKBYlAZln8v+C/BcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDl&#10;k5OyFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQASpJxw3AAAAAkBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6281593,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B917841" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...2 lines deleted...]
-        <w:ind w:right="250"/>
+    <w:p w14:paraId="088C9A31" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="36"/>
+        <w:ind w:right="247"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>(Т.Ә.А.</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>(бар</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-3"/>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>болса))</w:t>
+        <w:t>наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56BF2D5A" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...1 lines deleted...]
-        <w:spacing w:before="39" w:after="1"/>
+    <w:p w14:paraId="15040286" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55E19569" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="34"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="4254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="4B232BE8" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="488FFEFE" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="410"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3BCA6E" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="4A2DC8F7" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="167"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33D1DE04" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...2 lines deleted...]
-              <w:ind w:left="410"/>
+          <w:p w14:paraId="5983942E" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="695"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="153F0344" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...2 lines deleted...]
-              <w:ind w:left="1187"/>
+          <w:p w14:paraId="27D88A7F" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="410"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...19 lines deleted...]
-              <w:t>құжат</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D6D09F1" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...2 lines deleted...]
-              <w:ind w:left="284"/>
+          <w:p w14:paraId="3945DF30" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="1341"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-8"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-6"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-7"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>дейін)</w:t>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="6D76EBE6" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="37D7FDAC" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="779"/>
+          <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F583674" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="573625D9" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="162DCB72" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="5356CBEC" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>деңгейі</w:t>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75E29CF1" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="43DA119F" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...4 lines deleted...]
-              <w:t>дипломға қосымшаның көшірмелері</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11ABC32A" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...55 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="1FE2E864" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="268" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое и профессиональное – 1 балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Высшее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоғары </w:t>
-[...4 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EF9FFD2" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...33 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="7"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл</w:t>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="51100E86" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="606850B7" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="1123"/>
+          <w:trHeight w:val="1243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0644CC6C" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="742B75EA" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1862F413" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...43 lines deleted...]
-              <w:t>ғылыми дәрежесі/ дәрежесі</w:t>
+          <w:p w14:paraId="42578852" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ученое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>звание/ученая степень/степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="273A3028" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="33158470" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Копии диплома об образовании и приложения к диплому/аттестат о </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>қосымшаның</w:t>
-[...107 lines deleted...]
-              <w:t>аттестат</w:t>
+              <w:t>присвоении ученого звания/ученой степени/степени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E562B4B" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...40 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="5B867D93" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="32"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...72 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="518C55C8" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>наук,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>PhD,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>профилю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="26"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-                <w:spacing w:val="-29"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-27"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...39 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FC3AA48" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагогическому</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>направлению</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...28 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="59BA3EDC" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="274A17D8" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="2433"/>
+          <w:trHeight w:val="2687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="700A0604" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="1CED5E0A" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B95B167" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="593D6C24" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Біліктілік</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve">Квалификационная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>санаты</w:t>
+              <w:t>категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48C39043" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...30 lines deleted...]
-              <w:t>құжат</w:t>
+          <w:p w14:paraId="246A77FF" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Удостоверение,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11823DFF" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="238A4017" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09C96CA7" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="266" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="1136"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Педагог-сарапшы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:w w:val="145"/>
+                <w:w w:val="140"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-19"/>
+                <w:w w:val="140"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла педагог-эксперт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-25"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">балл </w:t>
-[...10 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Педагог-шебер</w:t>
-[...4 lines deleted...]
-                <w:spacing w:val="-14"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+              <w:t xml:space="preserve">баллов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-исследователь – 7 баллов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-                <w:spacing w:val="-29"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-28"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-                <w:spacing w:val="-14"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...74 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F5A0249" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>третьей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B16662A" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...11 lines deleted...]
-                <w:w w:val="110"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов, заместитель руководителя второй</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="755A2336" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="198" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-1"/>
-                <w:w w:val="110"/>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Басшының</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve"> баллов,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E05B32C" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>екінші</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>біліктілік</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">санатты </w:t>
-[...12 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>первой</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BB76FD5" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-1"/>
-                <w:w w:val="110"/>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Басшының бірінші</w:t>
-[...94 lines deleted...]
-              <w:t>балл</w:t>
+              <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="46FC54D0" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="3B583881" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="3088"/>
+          <w:trHeight w:val="2851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="590A744F" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="60818EA9" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="011CD43E" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="654AD763" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="143"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>және</w:t>
-[...40 lines deleted...]
-              <w:t>жұмыс тәжірибесі</w:t>
+              <w:t>Опыт</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0335E3AF" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A3DA7AB" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="456C6792" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="858"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Еңбек</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>Трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>кітапшасы/</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заменяющий трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...22 lines deleted...]
-              <w:t>алмастыратын басқа да құжат</w:t>
+              <w:t>деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A55FCF2" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="6ACE3251" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...39 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="036D3BF3" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="17" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">четырех </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>кемінде</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10A189C2" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">менее двух лет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-14"/>
-                <w:w w:val="110"/>
-[...40 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="202E9EF6" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">должности </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">более двух лет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-                <w:spacing w:val="-29"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...71 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="379501C9" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A723B42" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="7"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...55 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>четырех</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...164 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...435 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="5293229E" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="3445B3E6" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="969"/>
+          <w:trHeight w:val="984"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="594E9CA8" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="427C8B6C" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37DCC4DB" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="3EFD90EA" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="119"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>лауазымы</w:t>
-[...22 lines deleted...]
-              <w:t>ұсыным хат</w:t>
+              <w:t xml:space="preserve">Рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>предыдущего места работы (по должности педагога)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B78C7A6" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="20AD4351" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (по должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагога</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...19 lines deleted...]
-              <w:t>бойынша соңғы жұмыс орнынан)</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>предыдущего места работы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="538FE6B9" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...70 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="31FC39E4" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...28 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-17"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="0F384B32" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="1CE37686" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="2651"/>
+          <w:trHeight w:val="2812"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71A3F850" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="711350C0" w14:textId="5F849CFB" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="124"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A7A0B00" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...60 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="0D0DB98F" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>жетістіктерінің</w:t>
-[...17 lines deleted...]
-              <w:t>көрсеткіштері</w:t>
+              <w:t xml:space="preserve">Показатели профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>достижений (за последние 3 года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F7587FD" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...226 lines deleted...]
-          <w:p w14:paraId="0B4C494C" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
+          <w:p w14:paraId="62945453" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="253"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
-[...249 lines deleted...]
-          <w:p w14:paraId="08A4ACF3" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="327" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F73E8E3" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="253"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:line="244" w:lineRule="auto"/>
-[...161 lines deleted...]
-          <w:p w14:paraId="749C698B" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="327" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CBA4C84" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="252"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:line="244" w:lineRule="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:spacing w:before="20"/>
+              <w:ind w:left="205" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>«Үздік</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>педагог»</w:t>
-[...50 lines deleted...]
-          <w:p w14:paraId="2F89F5A7" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
+              <w:t>награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22164E21" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="13"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="252"/>
+                <w:tab w:val="left" w:pos="244"/>
               </w:tabs>
-              <w:spacing w:line="213" w:lineRule="exact"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="313" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>призеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>городских/районных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CC00A39" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="17" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>областных -1 балл, республиканских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>международных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="120"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="120"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E551C6C" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="244"/>
+              </w:tabs>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="272" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>проектов:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>«Үздік педагог»</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>городской/районный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>областной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="223054C5" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="62"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>республиканский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 2 балла, международный – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3330D505" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="244"/>
+              </w:tabs>
+              <w:spacing w:before="15" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="404" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7368F748" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="244"/>
+              </w:tabs>
+              <w:spacing w:before="20" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="565" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-              <w:t>балл;</w:t>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="68CAAA3E" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="77D1DC71" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="904"/>
+          <w:trHeight w:val="784"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DA97309" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="5D46C5C6" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="163"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68AF111C" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="7F1E27A0" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>қызметі</w:t>
+              <w:t xml:space="preserve">Общественно- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогическая </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F304E4B" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="42E31824" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="661"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документ, подтверждающий </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>растайтын</w:t>
-[...31 lines deleted...]
-              <w:t>жұмыс)</w:t>
+              <w:t>общественно-педагогическую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B385509" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="1D21F007" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Наставник</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл;</w:t>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A01F2F1" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>методического</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>объединения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>балл;</w:t>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="41F1FBF1" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
+    <w:p w14:paraId="4902D389" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
       <w:pPr>
         <w:spacing w:line="244" w:lineRule="auto"/>
         <w:ind w:left="32"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="19"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidSect="00701A95">
+        <w:sectPr w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidSect="0020727E">
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="920" w:right="283" w:bottom="709" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="580" w:right="283" w:bottom="713" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="10493" w:type="dxa"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3687"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="4254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="3A808754" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="5F0BD0E7" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="9644"/>
+          <w:trHeight w:val="11473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B5B2A35" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="4EAAF1AF" w14:textId="36185BC0" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:right="145"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="736F3567" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="0F06A5D0" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Курсқа</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>дайындық</w:t>
+              <w:t>подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C609DE4" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...49 lines deleted...]
-          <w:p w14:paraId="7195F5D6" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
+          <w:p w14:paraId="0D13CADF" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="199"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="3"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="890" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>цифрлық</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>сауаттылық сертификаты,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="210513EC" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
+              <w:t>предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B5A8A3A" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="4"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="910" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">цифровую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>ҚАЗТЕСТ</w:t>
-[...34 lines deleted...]
-          <w:p w14:paraId="5AD9FDE7" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
+              <w:t>грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B75BC44" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="3"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="522" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>RESMI- TEST;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>IELTS;</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...46 lines deleted...]
-          <w:p w14:paraId="77EE7775" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EC47DCF" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="146"/>
+                <w:tab w:val="left" w:pos="205"/>
               </w:tabs>
-              <w:spacing w:before="4"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="634" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по программам «Основы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="731B2079" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>программирования в Python»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72B9BD96" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microsoft» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AAB189B" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70DBC88C" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AA9A5AF" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19460A1C" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CELT-P (Certificate in English Language Teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Primary) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">English </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to Speakers of Other Languages) CELT-S (Certificate in English Language Teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-18"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EFE9E5A" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TKT Teaching Knowledge Test» Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="790DB5CA" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E03F115" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TESOL» Certificate in teaching English for young learners International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18447F49" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="797"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>IHCYLT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16D3C008" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="67"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Becoming</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Better</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exploring Professional Development Assessment for Learning: Formative Assessment in Science and Maths </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="547AA256" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="661"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Online</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educators: Development and Delivery Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FB29641" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematics </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>тілінде</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="013B33BA" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="161"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="573C20A3" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="858"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t xml:space="preserve">бағдарламалау негіздері» бағдарламалары </w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="7D831423" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38BD04A7" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Special</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46684E23" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
             <w:pPr>
               <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="32" w:right="985"/>
-[...128 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Developing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...1231 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3687" w:type="dxa"/>
+            <w:tcW w:w="4254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6252CCAA" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...76 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="2A8A7BE5" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>повышения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>по программам, согласованным с уполномоченным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>органом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-          <w:p w14:paraId="1D8286AD" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>области</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DBFB83D" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
             <w:pPr>
               <w:spacing w:line="244" w:lineRule="auto"/>
-              <w:ind w:left="32" w:right="451"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>образования, реализуемым организациями повышения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(каждый </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>арттыру</w:t>
-[...117 lines deleted...]
-              <w:t>жеке)</w:t>
+              <w:t>отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="471820E8" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="72531BCF" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="467"/>
+          <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6FD4700A" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...1 lines deleted...]
-              <w:spacing w:before="13"/>
+          <w:p w14:paraId="635A1877" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="42"/>
+              <w:ind w:right="292"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Барлығы:</w:t>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7657" w:type="dxa"/>
+            <w:tcW w:w="7656" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="43DB1742" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
+          <w:p w14:paraId="12697250" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="03B34DA2" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...1 lines deleted...]
-        <w:spacing w:before="18"/>
+    <w:p w14:paraId="795ECF9A" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="164"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10B6022B" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-      <w:pPr>
+    <w:p w14:paraId="454F4D71" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="1" w:line="207" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>ЕСКЕРТПЕ:</w:t>
+        <w:t>ПРИМЕЧАНИЕ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317DD595" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...1 lines deleted...]
-        <w:spacing w:before="5"/>
+    <w:p w14:paraId="0E5AC3B1" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:line="207" w:lineRule="exact"/>
         <w:ind w:left="144"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:spacing w:val="-11"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:spacing w:val="-8"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>пункте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>учитывается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>последние</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(три)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>каждому</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>уровню</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B121665" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="270"/>
+        </w:tabs>
+        <w:spacing w:before="7" w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="391" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(городской/районный) олимпиад и конкурсов – 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов – 1 балла, республиканских</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>– 2 балла, международных – 3 балла;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FF20A45" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="268"/>
+        </w:tabs>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="392" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">научных проектов: городской/районный – 1 балл, областной – 1 балл, республиканский – 2 балла, международный – 3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>соответственно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5380A9EB" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="253"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:line="201" w:lineRule="exact"/>
+        <w:ind w:left="253" w:hanging="109"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>республиканских</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="42"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0386B3" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:ind w:left="144" w:right="391"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">** В 8 пункте учитываются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сертификаты организаций курсов повышения квалификации, согласованные с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>уполномоченным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>органом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>реализуемым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организациями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>повышения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">квалификации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">последние </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:spacing w:val="-10"/>
-          <w:sz w:val="19"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(три)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:spacing w:val="-8"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:sz w:val="19"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
-          <w:spacing w:val="-10"/>
-          <w:sz w:val="19"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...12 lines deleted...]
-          <w:sz w:val="19"/>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-26"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...115 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:w w:val="105"/>
-          <w:sz w:val="19"/>
-[...79 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-3"/>
           <w:w w:val="105"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:w w:val="105"/>
-          <w:sz w:val="19"/>
-[...16 lines deleted...]
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>балл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:w w:val="105"/>
-          <w:sz w:val="19"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
           <w:w w:val="105"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:w w:val="105"/>
-          <w:sz w:val="19"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>каждый</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>отдельно).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F78AF7C" w14:textId="77777777" w:rsidR="00B54697" w:rsidRPr="0020727E" w:rsidRDefault="00B54697"/>
+    <w:p w14:paraId="21CFFB88" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E"/>
+    <w:p w14:paraId="3C89A97D" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E"/>
+    <w:p w14:paraId="58874324" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E"/>
+    <w:p w14:paraId="44ECE820" w14:textId="77777777" w:rsidR="009F0F9E" w:rsidRDefault="009F0F9E"/>
+    <w:p w14:paraId="02EB5BD2" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E"/>
+    <w:p w14:paraId="02CA1A18" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="84"/>
+        <w:ind w:left="6481" w:right="664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="105"/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...80 lines deleted...]
-        <w:t>тиісінше 3 балл;</w:t>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>13</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EAD5557" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...411 lines deleted...]
-        <w:ind w:left="6433" w:right="1221" w:firstLine="2"/>
+    <w:p w14:paraId="1E57CB02" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="6481" w:right="662"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>тағайындау,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>лауазымнан</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+        <w:t>назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>босату қағидаларына 13-қосымша</w:t>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>должности, освобождения от должностей</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F467FAA" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...2 lines deleted...]
-        <w:ind w:left="5216"/>
+    <w:p w14:paraId="2913DFBA" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6757" w:right="895" w:hanging="47"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
+        <w:t>государственных организаций образования Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9C4320" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
+    <w:p w14:paraId="7A7A9E6F" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BC7D619" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-      <w:pPr>
+    <w:p w14:paraId="4D1D0D8C" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="168"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C6D751D" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...12 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+    <w:p w14:paraId="6E9D8C33" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:ind w:left="405"/>
+        <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стажа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...50 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-        <w:t>парағы</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FCC79ED" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...1 lines deleted...]
-        <w:spacing w:before="11"/>
+    <w:p w14:paraId="2D18604A" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DAD7E95" wp14:editId="63DE110A">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41C3E0CF" wp14:editId="1294403D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>690372</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>168663</wp:posOffset>
+                  <wp:posOffset>164974</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6290310" cy="1270"/>
+                <wp:extent cx="6282055" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="45" name="Graphic 45"/>
+                <wp:docPr id="46" name="Graphic 46"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6290310" cy="1270"/>
+                          <a:ext cx="6282055" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="6290310">
+                            <a:path w="6282055">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="6289773" y="0"/>
+                                <a:pt x="6281593" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="5430C97D" id="Graphic 45" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.35pt;margin-top:13.3pt;width:495.3pt;height:.1pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6290310,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDm3BAyFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRQ4CbiKcpoO3TTp&#10;dDvpmPYc0pRWS+PMDhT+/ZyUAru9TetD5MRf7M/+nC4fjq0VB4PUgCvkZDSWwjgNZeN2hfy+efq0&#10;kIKCcqWy4EwhT4bkw+rjh2XnczOFGmxpUHAQR3nnC1mH4PMsI12bVtEIvHHsrABbFXiLu6xE1XH0&#10;1mbT8XiWdYClR9CGiE/XvVOuUvyqMjp8qyoyQdhCMreQVkzrNq7ZaqnyHSpfN/pMQ/0Di1Y1jpNe&#10;Qq1VUGKPzV+h2kYjEFRhpKHNoKoabVINXM1k/K6at1p5k2rh5pC/tIn+X1j9cnjzrxipk38G/ZO4&#10;I1nnKb944obOmGOFbcQycXFMXTxdumiOQWg+nE3vx3cTbrZm32Q6T03OVD7c1XsKXwykOOrwTKHX&#10;oBwsVQ+WPrrBRFYyamiThkEK1hClYA23vYZehXgvkoum6K5E4lkLB7OB5A3vmDO1q9e6W9Rsurif&#10;z++kGKpkbI9gI6bhXvVGSs32bXHWRRbz+9kijQaBbcqnxtrIgnC3fbQoDioOZvpiHRzhD5hHCmtF&#10;dY9LrjPMurNOvTRRpC2Up1cUHU9zIenXXqGRwn51PC5x9AcDB2M7GBjsI6QHkhrEOTfHHwq9iOkL&#10;GVjZFxiGUeWDaLH0CzbedPB5H6BqoqJphnpG5w1PcCrw/NriE7ndJ9T1n7D6DQAA//8DAFBLAwQU&#10;AAYACAAAACEAGE5Ucd4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3FjC&#10;kLquNJ3Q+JC4sTEJjllj2mqNUzVZW/j1uCc4vvaj14/zzeRaMWAfGk8abhcKBFLpbUOVhsP7800K&#10;IkRD1rSeUMM3BtgUlxe5yawfaYfDPlaCSyhkRkMdY5dJGcoanQkL3yHx7sv3zkSOfSVtb0Yud61c&#10;KpVIZxriC7XpcFtjedqfnYan1/FnZd/wcyt35VA9vhw+rD1pfX01PdyDiDjFPxhmfVaHgp2O/kw2&#10;iJazSleMalgmCYgZUOv1HYjjPElBFrn8/0LxCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AObcEDIVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhABhOVHHeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6289773,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="622E6141" id="Graphic 46" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.35pt;margin-top:13pt;width:494.65pt;height:.1pt;z-index:-251637760;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6282055,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlk5OyFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04yJG2NOMXQoMOA&#10;oivQFDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV7cH1or9gapAVfIyWgshXEaysZtC/m2fvx0&#10;KwUF5UplwZlCHg3J++XHD4vO52YKNdjSoOAgjvLOF7IOwedZRro2raIReOPYWQG2KvAWt1mJquPo&#10;rc2m4/E86wBLj6ANEZ+ueqdcpvhVZXT4XlVkgrCFZG4hrZjWTVyz5ULlW1S+bvSJhvoHFq1qHCc9&#10;h1qpoMQOm79CtY1GIKjCSEObQVU12qQauJrJ+F01r7XyJtXCzSF/bhP9v7D6ef/qXzBSJ/8E+idx&#10;R7LOU372xA2dMIcK24hl4uKQung8d9EcgtB8OJ/eTsezmRSafZPpTWpypvLhrt5R+GogxVH7Jwq9&#10;BuVgqXqw9MENJrKSUUObNAxSsIYoBWu46TX0KsR7kVw0RXchEs9a2Js1JG94x5ypXbzWXaO4lMns&#10;7rMUQ5WM7RFsxDTcq95Iqdm+Ls66yOLmbn6bRoPANuVjY21kQbjdPFgUexUHM32xDo7wB8wjhZWi&#10;uscl1wlm3UmnXpoo0gbK4wuKjqe5kPRrp9BIYb85Hpc4+oOBg7EZDAz2AdIDSQ3inOvDD4VexPSF&#10;DKzsMwzDqPJBtFj6GRtvOviyC1A1UdE0Qz2j04YnOBV4em3xiVzvE+ryT1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAHw65JtwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7EMAyE70i8Q2QkbmxC&#10;kXa7pelqhQQcEQsCjmlj2orGqZr0B54e9wQ3jz0af5MfFteJCYfQetJwvVEgkCpvW6o1vL7cX6Ug&#10;QjRkTecJNXxjgENxfpabzPqZnnE6xVpwCIXMaGhi7DMpQ9WgM2HjeyS+ffrBmchyqKUdzMzhrpOJ&#10;UlvpTEv8oTE93jVYfZ1Gp+Fn92htHI9zeHjav91M5Yd6R6/15cVyvAURcYl/ZljxGR0KZir9SDaI&#10;jrVKd2zVkGy502pQ+5Snct0kIItc/q9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDl&#10;k5OyFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAfDrkm3AAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6281593,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226E4394" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...2 lines deleted...]
-        <w:ind w:right="247"/>
+    <w:p w14:paraId="1B32AFC2" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="39"/>
+        <w:ind w:right="249"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
-          <w:sz w:val="20"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD40D4">
+      <w:r w:rsidRPr="0020727E">
         <w:rPr>
           <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>болса))</w:t>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B234D5E" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w14:paraId="028D53C9" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:spacing w:before="2" w:after="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:sz w:val="10"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblInd w:w="74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="3688"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="730E4204" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="255F3A24" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="412"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="145C0FBA" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="02D4033D" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:right="174"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD420B9" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...2 lines deleted...]
-              <w:ind w:left="1086"/>
+          <w:p w14:paraId="1A8CFE00" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Өлшемшарттар</w:t>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26F81DFE" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...2 lines deleted...]
-              <w:ind w:left="520"/>
+          <w:p w14:paraId="2DF91160" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="129"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Растайтын</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-10"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-4"/>
-[...2 lines deleted...]
-              <w:t>құжат</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17A36960" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...2 lines deleted...]
-              <w:ind w:left="509"/>
+          <w:p w14:paraId="471C57C0" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="1058"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Балл</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> дейін)</w:t>
+              <w:t>20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="570C7905" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="05F68742" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="856"/>
+          <w:trHeight w:val="1122"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="050791DC" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="5146454D" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:ind w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E7368E3" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="0FDD8D17" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>деңгейі</w:t>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C8B7645" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="417A7755" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="93" w:right="293"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>приложения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>және</w:t>
-[...31 lines deleted...]
-              <w:t>қосымшаның көшірмелері</w:t>
+              <w:t>диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D4542E9" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...90 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="1240D8C4" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое и профессиональное – 1 балл Техническое и профессиональное с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоғары </w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve">отличием </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...47 lines deleted...]
-              <w:t>балл</w:t>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CC8855C" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B0F011" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="6ECDFE12" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="2099A6C5" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="1065"/>
+          <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="148B9CBF" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="5DAFA29A" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B08FC64" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...60 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="35FDCD8E" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>дәрежесі</w:t>
+              <w:t>Ученое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>звание/ученая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>степень/степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32C75A3A" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="64C391BB" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="93" w:right="293"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>приложения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>к диплому/аттестат о присвоении ученого</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DBAA846" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="201" w:lineRule="exact"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>көшірмелері/</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>звания/ученой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>ғылыми</w:t>
-[...86 lines deleted...]
-              <w:t>аттестат</w:t>
+              <w:t>степени/степени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53C78739" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...63 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="3CD64A24" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03E71036" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="6" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>наук,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PhD,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...103 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по профилю - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5265A5E2" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23" w:right="63"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>педагогическому</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">направлению </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="1180A6C6" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="0269B148" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="738"/>
+          <w:trHeight w:val="712"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F98E628" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="419F9AF9" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57C282D8" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...38 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="23092045" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="1024"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>нәтижелері</w:t>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C226B1D" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="3027BA6E" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F741ECA" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="7F27CCBF" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>50%</w:t>
-[...13 lines deleted...]
-                <w:w w:val="160"/>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="155"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="155"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34E6C3D5" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>60-80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-                <w:spacing w:val="-4"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...33 lines deleted...]
-              </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-                <w:spacing w:val="-4"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F39361" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>80-100%</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="14"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...20 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="59A3C74F" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="55979DC8" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="693"/>
+          <w:trHeight w:val="782"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F8AB520" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="2BC2BDBF" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57535322" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="68F610C5" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="1024"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Педагогикалық/</w:t>
-[...31 lines deleted...]
-              <w:t>практика нәтижелері</w:t>
+              <w:t>профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>практики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32A91645" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="42EE31E1" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
+              <w:t>образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC82385" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="46FC562F" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>«3»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="598333EC" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«4»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-24"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...2 lines deleted...]
-                <w:spacing w:val="-4"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="196BBF53" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>«5»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-14"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-24"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-11"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...76 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="1A9066D8" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="275E9626" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="419"/>
+          <w:trHeight w:val="527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B221203" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="348CD833" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="181"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="651A0801" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...59 lines deleted...]
-              <w:t>хат</w:t>
+          <w:p w14:paraId="1A4EEE80" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="486"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">места </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32B20593" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...30 lines deleted...]
-              <w:t>хат</w:t>
+          <w:p w14:paraId="61207366" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="728CB1DD" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...104 lines deleted...]
-              <w:t>балл</w:t>
+          <w:p w14:paraId="34F7F429" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>письма – 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="4DD1E6E5" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="126D2EAA" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="282"/>
+          <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30C6342D" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="72B2EDB1" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECC75AB" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="5555A0DA" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>волонтерской</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Волонтерлік</w:t>
-[...31 lines deleted...]
-              <w:t>қатысу</w:t>
+              <w:t>работе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44CAFA5C" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="5108A748" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...15 lines deleted...]
-              <w:t>құжаты</w:t>
+              <w:t>участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39F38213" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="54065810" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="6290F3AF" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="02CA2CAC" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="1156"/>
+          <w:trHeight w:val="1125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0893D0C9" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="01A3E2DD" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29BD7095" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="0742E71E" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ведение странички интернета, социальных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...46 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сетей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>публикацией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>о педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CA93188" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91" w:right="486"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>әлеуметтік</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>(публикации авторских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>желіде</w:t>
-[...46 lines deleted...]
-              <w:t>семинарлар)</w:t>
+              <w:t xml:space="preserve">научных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>проектов, уроки, семинары))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60B56908" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="71DE0642" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Сілтемелер</w:t>
+              <w:t>Ссылки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8B4634" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...10 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="6DA2FDFC" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="48"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...39 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="125"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C10FAC1" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...10 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+          <w:p w14:paraId="20F69347" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...24 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...39 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="125"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-15"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...27 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E7CBF78" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...39 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="140"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-18"/>
+                <w:w w:val="140"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...13 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="0FA9FB98" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="56356BA1" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="563"/>
+          <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE17071" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="2120804D" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="224"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA38028" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="76E6DE31" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Жазғы</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>летних</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>лагерьлердің</w:t>
-[...31 lines deleted...]
-              <w:t>қатысу</w:t>
+              <w:t>лагерей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="277867F5" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="11E6F4F1" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...15 lines deleted...]
-              <w:t>құжаты</w:t>
+              <w:t>участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5138EB5C" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="644F6DD5" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>балл</w:t>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="1BDBE30B" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="3F88F6F9" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="671"/>
+          <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0725C187" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="5A6EE4DD" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="198"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E7DFA36" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="6B4EE945" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Участие в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсах</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по месту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>орындары</w:t>
-[...87 lines deleted...]
-              <w:t>т.б.)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>учебы (научных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>проектов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>творческих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>др.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34FE3C8F" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="4D57E6FD" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Қатысу</w:t>
-[...15 lines deleted...]
-              <w:t>құжаты</w:t>
+              <w:t>участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1865FE5D" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...53 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="4045598B" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>За</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>каждое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>участие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>но</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>аспайды</w:t>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="3CBD18BB" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="092EA723" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="4576"/>
+          <w:trHeight w:val="4437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="502" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DA1EBBF" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="04778142" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:right="168"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27DDD48E" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...113 lines deleted...]
-              <w:ind w:left="33"/>
+          <w:p w14:paraId="77A6696F" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="71"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>сертификаттары,</w:t>
-[...41 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t xml:space="preserve"> сертификатов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4627CAD3" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>RESMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F9CD219" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Goe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat, обучение по программам «Основы программирования в Python»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E34F3EE" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="2" w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«Обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>негіздері»,</w:t>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="107ECC34" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="71"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
-[...51 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>бағдарламалары</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:spacing w:val="-15"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B6C9917" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="7" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>TEFL</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Cambridge</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>«CELTA</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Certificate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">in Teaching English to Speakers of Other </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Languages)»</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F557E57" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="4039FC05" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="5" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CELT-P</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Certificate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Language </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Teaching </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-13"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Primary)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DDCB6EF" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="0B861E9E" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DELTA</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Diploma</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3762B4CF" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="33513BDC" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="71"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CELT-S</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Certificate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Language </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-4"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-26"/>
                 <w:w w:val="160"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Secondary)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60BF35B3" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="4E72440F" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="2" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="71" w:right="486"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TKT «Teaching Knowledge Test Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>EMI</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Skills</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(English</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>as</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a Medium of Instruction)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10A9C4D3" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="91"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...145 lines deleted...]
-              <w:t>«TESOL»</w:t>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other Languages (TESOL)»TESOL»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4ADD502E" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="5BF0902B" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="93"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2759D7EB" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+          <w:p w14:paraId="36D7A055" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="23"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>плюс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD40D4">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(за</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>бөлек)</w:t>
+              <w:t>отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00701A95" w:rsidRPr="00FD40D4" w14:paraId="6F69D3EF" w14:textId="77777777" w:rsidTr="00A1240C">
+      <w:tr w:rsidR="0020727E" w:rsidRPr="0020727E" w14:paraId="0E7D6306" w14:textId="77777777" w:rsidTr="00A1240C">
         <w:trPr>
-          <w:trHeight w:val="285"/>
+          <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:tcW w:w="4045" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3D6A86EA" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
-[...2 lines deleted...]
-              <w:ind w:left="33"/>
+          <w:p w14:paraId="5DCE9D6A" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+            <w:pPr>
+              <w:spacing w:before="39"/>
+              <w:ind w:left="926"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD40D4">
+            <w:r w:rsidRPr="0020727E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Барлығы:</w:t>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:tcW w:w="6523" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC695B3" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="00FD40D4" w:rsidRDefault="00701A95" w:rsidP="00A1240C">
+          <w:p w14:paraId="5A79D215" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="49F464D8" w14:textId="77777777" w:rsidR="00701A95" w:rsidRPr="008E6836" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...2 lines deleted...]
-        <w:ind w:right="664"/>
+    <w:p w14:paraId="7B4C862A" w14:textId="77777777" w:rsidR="0020727E" w:rsidRPr="0020727E" w:rsidRDefault="0020727E" w:rsidP="0020727E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FCD9766" w14:textId="77777777" w:rsidR="00701A95" w:rsidRDefault="00701A95" w:rsidP="00701A95">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="00701A95" w:rsidSect="009049B5">
+    <w:p w14:paraId="56B542A2" w14:textId="77777777" w:rsidR="0020727E" w:rsidRDefault="0020727E"/>
+    <w:sectPr w:rsidR="0020727E">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="960" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="760" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Microsoft Sans Serif">
     <w:altName w:val="Microsoft Sans Serif"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
@@ -19203,165 +18829,163 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="033A774E"/>
+    <w:nsid w:val="005A1F4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="66D0A8C8"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+    <w:tmpl w:val="4C583BA6"/>
+    <w:lvl w:ilvl="0" w:tplc="D81653A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="32" w:hanging="222"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="91" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="ECA29C7A">
+    <w:lvl w:ilvl="1" w:tplc="8B40C18A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="403" w:hanging="222"/>
+        <w:ind w:left="429" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="769CAA14">
+    <w:lvl w:ilvl="2" w:tplc="6D585576">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="767" w:hanging="222"/>
+        <w:ind w:left="758" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57D4B11A">
+    <w:lvl w:ilvl="3" w:tplc="E0862450">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1131" w:hanging="222"/>
+        <w:ind w:left="1087" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E67A7176">
+    <w:lvl w:ilvl="4" w:tplc="91A4AEA0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1494" w:hanging="222"/>
+        <w:ind w:left="1416" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5380D808">
+    <w:lvl w:ilvl="5" w:tplc="AE6862AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1858" w:hanging="222"/>
+        <w:ind w:left="1746" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="594AF7E4">
+    <w:lvl w:ilvl="6" w:tplc="A710814E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2222" w:hanging="222"/>
+        <w:ind w:left="2075" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6928AC90">
+    <w:lvl w:ilvl="7" w:tplc="1D988F94">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2585" w:hanging="222"/>
+        <w:ind w:left="2404" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9F4A69FC">
+    <w:lvl w:ilvl="8" w:tplc="B0822134">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2949" w:hanging="222"/>
+        <w:ind w:left="2733" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13CF2AB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CBA5C4E"/>
     <w:lvl w:ilvl="0" w:tplc="920E8A2E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="424" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
@@ -19687,50 +19311,173 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5159" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C948584C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5799" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1828770E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="70FE2394"/>
+    <w:lvl w:ilvl="0" w:tplc="569E7A78">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="23" w:hanging="222"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E948ED96">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="442" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4F5CCC8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E9227E3E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B7560904">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1709" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2BDC15DE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2132" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="35149BC8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2554" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BE86D634">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2976" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3A867C4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3399" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B553DBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A49C890A"/>
     <w:lvl w:ilvl="0" w:tplc="BDA4EF32">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="144" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1818B246">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1217" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
@@ -19801,51 +19548,51 @@
     <w:lvl w:ilvl="7" w:tplc="7D0817BE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7682" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1BDC3500">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8760" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="231B7DA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76529BD6"/>
     <w:lvl w:ilvl="0" w:tplc="E594022C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="974A5798">
       <w:numFmt w:val="bullet"/>
@@ -19922,171 +19669,50 @@
     <w:lvl w:ilvl="7" w:tplc="5338F434">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="31F4CF36">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...119 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34513436"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FA0BB10"/>
     <w:lvl w:ilvl="0" w:tplc="DA6C0B3C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="36D60CEA">
@@ -20165,50 +19791,171 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="53D22B70">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="310"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="397F7F10"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9AFE690A"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFCED32">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="91" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="372606EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="429" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="192AE7AA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="758" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0CA4553E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1087" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9CE6A03A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1416" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="55B6B7C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1746" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5E8ECF2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2075" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="36104F7C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2404" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A6AECF28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2733" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40D27567"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="60D41FE4"/>
     <w:lvl w:ilvl="0" w:tplc="BEF431DC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="140" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4762CA9A">
       <w:numFmt w:val="bullet"/>
@@ -20285,171 +20032,50 @@
     <w:lvl w:ilvl="7" w:tplc="8D2A17E8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4997" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A622E782">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5691" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...119 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A663CB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55D066E6"/>
     <w:lvl w:ilvl="0" w:tplc="716E1F9E">
       <w:start w:val="58"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -21014,161 +20640,149 @@
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C80FC44">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5548" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2125076402">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="399913202">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="415908948">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="255790023">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="223837600">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2077897230">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1233390794">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="233006941">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2131589113">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1876455287">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="286546980">
+  <w:num w:numId="11" w16cid:durableId="173230444">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="780994182">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="800224819">
-[...2 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="1852840021">
+  <w:num w:numId="13" w16cid:durableId="895622268">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="2018997476">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="14" w16cid:durableId="286546980">
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="243685916">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F810B3"/>
-    <w:rsid w:val="00001747"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00134A6D"/>
+    <w:rsid w:val="00093A87"/>
+    <w:rsid w:val="000B7AE0"/>
+    <w:rsid w:val="00115358"/>
+    <w:rsid w:val="00145833"/>
     <w:rsid w:val="001724F1"/>
-    <w:rsid w:val="002473C7"/>
+    <w:rsid w:val="00177052"/>
+    <w:rsid w:val="0020727E"/>
+    <w:rsid w:val="00250ED9"/>
     <w:rsid w:val="00305825"/>
-    <w:rsid w:val="004607C4"/>
-    <w:rsid w:val="00484F37"/>
+    <w:rsid w:val="00395273"/>
     <w:rsid w:val="004F1A3F"/>
     <w:rsid w:val="005900DE"/>
-    <w:rsid w:val="00591F66"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00701A95"/>
+    <w:rsid w:val="005F0EE1"/>
+    <w:rsid w:val="00601FD2"/>
+    <w:rsid w:val="00633987"/>
+    <w:rsid w:val="00706BFC"/>
     <w:rsid w:val="007214D8"/>
-    <w:rsid w:val="00747922"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00897C69"/>
+    <w:rsid w:val="007365BB"/>
+    <w:rsid w:val="00844012"/>
     <w:rsid w:val="008A725B"/>
-    <w:rsid w:val="008B14EF"/>
-    <w:rsid w:val="009049B5"/>
     <w:rsid w:val="0093094C"/>
     <w:rsid w:val="0093198D"/>
-    <w:rsid w:val="00974F79"/>
-    <w:rsid w:val="00A321D7"/>
+    <w:rsid w:val="009F0F9E"/>
+    <w:rsid w:val="009F5734"/>
+    <w:rsid w:val="00A04F2F"/>
     <w:rsid w:val="00A32B12"/>
     <w:rsid w:val="00A5182B"/>
-    <w:rsid w:val="00AD5F89"/>
+    <w:rsid w:val="00A94F78"/>
     <w:rsid w:val="00AE4A06"/>
-    <w:rsid w:val="00B10EB4"/>
-    <w:rsid w:val="00B317DE"/>
     <w:rsid w:val="00B54697"/>
-    <w:rsid w:val="00B60729"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00D46000"/>
+    <w:rsid w:val="00BA52D1"/>
+    <w:rsid w:val="00BB4D21"/>
+    <w:rsid w:val="00BD3DB6"/>
+    <w:rsid w:val="00CB64E6"/>
+    <w:rsid w:val="00CF4BB6"/>
+    <w:rsid w:val="00D827A8"/>
     <w:rsid w:val="00DC5C2A"/>
-    <w:rsid w:val="00DD4789"/>
     <w:rsid w:val="00E07DC9"/>
-    <w:rsid w:val="00E14752"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E96326"/>
+    <w:rsid w:val="00E5582E"/>
     <w:rsid w:val="00F009D5"/>
-    <w:rsid w:val="00F6538B"/>
     <w:rsid w:val="00F810B3"/>
     <w:rsid w:val="00FB4CC3"/>
+    <w:rsid w:val="00FE59A2"/>
     <w:rsid w:val="00FE7ADB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -21927,60 +21541,60 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1901</Words>
-  <Characters>10842</Characters>
+  <Words>1964</Words>
+  <Characters>11200</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>93</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12718</CharactersWithSpaces>
+  <CharactersWithSpaces>13138</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar;Асаинова Шынар Бакибаевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-05-28T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">