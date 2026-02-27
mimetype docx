--- v0 (2026-02-04)
+++ v1 (2026-02-27)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="6360634E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03CE8872" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -104,71 +104,69 @@
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">редняя общеобразовательная </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>школа  города</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Павлодара» объявляет конкурс на должность </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A74D26">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">учителя  </w:t>
       </w:r>
       <w:r w:rsidR="00330267">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>математики</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A74D26">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC18D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>в классах с</w:t>
       </w:r>
       <w:r w:rsidR="008E411B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
@@ -1336,157 +1334,76 @@
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA66FEB" w14:textId="4580955D" w:rsidR="00BF0E89" w:rsidRPr="003143FA" w:rsidRDefault="002C6356" w:rsidP="007D5C8E">
+          <w:p w14:paraId="2AA66FEB" w14:textId="1A486350" w:rsidR="00BF0E89" w:rsidRPr="003143FA" w:rsidRDefault="00B92A7F" w:rsidP="007D5C8E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B92A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...83 lines deleted...]
-            </w:r>
+              <w:t>06.01-16.01.2025 г</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="003143FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w14:paraId="5554FB61" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C0D3926" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w:rsidRDefault="00BF0E89" w:rsidP="008D234C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2211,51 +2128,91 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> English Language </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2645,59 +2602,59 @@
               </w:rPr>
               <w:t>рекомендательное письмо с места работы (по должности педагога), учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="383C8E42" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="001F4BA9" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="062A4189" w14:textId="77777777" w:rsidR="00F24D9F" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z178"/>
+      <w:bookmarkStart w:id="1" w:name="z178"/>
       <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="1E20EA28" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -6367,81 +6324,81 @@
               <w:t>Удостоверение, иной документ</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="256AC530" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C1B8E0B" w14:textId="4C8D01FE" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00F523E7" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z613"/>
+            <w:bookmarkStart w:id="2" w:name="z613"/>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>П</w:t>
             </w:r>
             <w:r w:rsidR="00B97888" w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>едагог</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidR="00B97888" w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2 балла</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="1"/>
+          <w:bookmarkEnd w:id="2"/>
           <w:p w14:paraId="1824FA0A" w14:textId="6CD9FB51" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">педагог-модератор </w:t>
             </w:r>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6714,74 +6671,74 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19396456" w14:textId="0F7F812B" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="z623"/>
+            <w:bookmarkStart w:id="3" w:name="z623"/>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Методист, стаж в должности до двух лет </w:t>
             </w:r>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2 балла</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="2"/>
+          <w:bookmarkEnd w:id="3"/>
           <w:p w14:paraId="49CAE4B9" w14:textId="2A258F15" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Методист, стаж в должности более двух лет</w:t>
             </w:r>
             <w:r w:rsidR="00F523E7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3 балла</w:t>
@@ -7122,50 +7079,51 @@
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34070615" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C811BF0" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
@@ -8024,51 +7982,65 @@
             <w:r>
               <w:t>Курсы</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>на</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>платформе</w:t>
             </w:r>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Coursera, </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00763811">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00763811">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> learn Teaching Mathematics with Technology Special Educational Needs «Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FCC9EA6" w14:textId="7D10CAB5" w:rsidR="00763811" w:rsidRPr="00B672D9" w:rsidRDefault="00763811" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
@@ -8153,50 +8125,51 @@
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="437834C7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001235A7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001235A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="758D8484" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001235A7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8215,97 +8188,97 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1F5FECB5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="0020641A" w:rsidRDefault="00B97888" w:rsidP="00B97888">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13A2CC98" w14:textId="77777777" w:rsidR="00763811" w:rsidRDefault="00B97888" w:rsidP="00763811">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z699"/>
+      <w:bookmarkStart w:id="4" w:name="z699"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00763811">
         <w:t xml:space="preserve">ПРИМЕЧАНИЕ: * В 6 пункте учитывается призеры за последние 3 (три) года по каждому уровню - (городской/районный) олимпиад и конкурсов – 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов – 1 балла, республиканских – 2 балла, международных – 3 балла; - научных проектов: городской/районный – 1 балл, областной – 1 балл, республиканский – 2 балла, международный – 3 балла соответственно; - призеры республиканских олимпиад и конкурсов – 3 балла ** </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02092E68" w14:textId="7E656A0F" w:rsidR="00B97888" w:rsidRDefault="00763811" w:rsidP="00763811">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>В 8 пункте учитываются сертификаты организаций курсов повышения квалификации, согласованные с уполномоченным органом в области образования, реализуемым организациями повышения квалификации за последние</w:t>
       </w:r>
       <w:r w:rsidR="00B97888">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00B97888">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>три) года – 0,5 балл (за каждый отдельно).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DEC3B22" w14:textId="77777777" w:rsidR="00763811" w:rsidRDefault="00763811" w:rsidP="00763811">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6051"/>
@@ -8867,60 +8840,60 @@
           <w:p w14:paraId="5EBD4BC7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F10FCBE" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="z712"/>
+            <w:bookmarkStart w:id="5" w:name="z712"/>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Техническое и профессиональное - 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="4"/>
+          <w:bookmarkEnd w:id="5"/>
           <w:p w14:paraId="69BCCAA1" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Техническое и профессиональное с отличием -2 балла</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AB678E1" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Высшее - 3 балла</w:t>
             </w:r>
@@ -9051,51 +9024,67 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F523E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Доктор наук – 15 баллов </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                    </w:t>
             </w:r>
             <w:r w:rsidRPr="00F523E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Кандидат наук, доктор PhD, доктор по профилю - 10 баллов </w:t>
+              <w:t xml:space="preserve">Кандидат наук, доктор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F523E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F523E7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, доктор по профилю - 10 баллов </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                     </w:t>
             </w:r>
             <w:r w:rsidRPr="00F523E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Магистр по педагогическому направлению</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>- 5 баллов</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78B97AB1" w14:textId="5F242ED9" w:rsidR="00F523E7" w:rsidRPr="000A7922" w:rsidRDefault="00F523E7" w:rsidP="00350F2D">
             <w:pPr>
@@ -9179,60 +9168,60 @@
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DB38E88" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="z727"/>
+            <w:bookmarkStart w:id="6" w:name="z727"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>50 % - 2 балла</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="5"/>
+          <w:bookmarkEnd w:id="6"/>
           <w:p w14:paraId="2C6FD1FF" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>60-80 % - 4 балла</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58D7EE44" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -9315,60 +9304,60 @@
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C642A36" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="z734"/>
+            <w:bookmarkStart w:id="7" w:name="z734"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"3" - 2 балла</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="6"/>
+          <w:bookmarkEnd w:id="7"/>
           <w:p w14:paraId="19B42DC4" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"4" - 3 балла</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="304C6B01" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -9669,60 +9658,60 @@
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ссылки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0668B67F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="z751"/>
+            <w:bookmarkStart w:id="8" w:name="z751"/>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>до 1 года -1 балл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="7"/>
+          <w:bookmarkEnd w:id="8"/>
           <w:p w14:paraId="7A2DEB38" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 1 до 3 лет -2 балла</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EA5AF51" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -10044,79 +10033,83 @@
               <w:t>DELF</w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>GoetheZertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Python</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">", "Обучение </w:t>
             </w:r>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">работе с </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Microsoft</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000A7922">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15FA0491" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Курсера</w:t>
             </w:r>
@@ -10596,120 +10589,120 @@
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FA51B8F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0038586E" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10778,51 +10771,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87CC0636"/>
     <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10891,51 +10884,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="0DE65FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B88C5C10"/>
     <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -10982,51 +10975,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9241E8C"/>
     <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11095,51 +11088,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11208,51 +11201,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11301,81 +11294,80 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1557282343">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="203031281">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1954630402">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="986973448">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="116218661">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2038044520">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="95"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
@@ -11531,51 +11523,50 @@
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
-    <w:rsid w:val="00436AB2"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="004767B0"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
@@ -11850,50 +11841,51 @@
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B57AE1"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B92A7F"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00B97888"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BC18D5"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD2C62"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD6754"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF0E89"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
@@ -11919,51 +11911,50 @@
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D15D60"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D25052"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D522D7"/>
-    <w:rsid w:val="00D52B48"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D81B4D"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
     <w:rsid w:val="00D93CEA"/>
     <w:rsid w:val="00D9619F"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
@@ -12079,67 +12070,67 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="79532E2B"/>
   <w15:docId w15:val="{E8F52649-640B-409B-AEDA-48D385F41252}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -12467,55 +12458,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F655AB"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -12597,87 +12583,94 @@
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00E41FA4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12977,78 +12970,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06B64598-E142-42A4-9D71-BEDD3369766B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59B54BB1-05D8-41A6-8A7B-DA55E2312537}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>2411</Words>
-  <Characters>13743</Characters>
+  <Characters>13744</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>114</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16122</CharactersWithSpaces>
+  <CharactersWithSpaces>16123</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>