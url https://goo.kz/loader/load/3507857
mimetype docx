--- v0 (2026-02-04)
+++ v1 (2026-02-27)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="41FC5DE6" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09AB2124" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05231ABA" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">КГУ «Кенжекольская средняя общеобразовательная школа  города Павлодара» объявляет конкурс на должность учителя  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -89,1433 +89,1444 @@
         </w:rPr>
         <w:t>русского языка и литературы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> в классах с русским языком обучения </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E33C6" w14:paraId="01BF1618" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2EC51156" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5936D9D2" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="284F355E" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Коммунальное государственное учреждение «Кенжекольская средняя общеобразовательная школа  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="08258B14" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1ABF3A03" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35214DC6" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59B176C0" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>140008, Республика Казахстан, Павлодарская область,                                город Павлодар, село Кенжеколь, улица Ата Заң</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>,  строение 1/7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="2BEF0665" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="23554440" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="192817C1" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32240C0C" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 35-34-61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="4366BC00" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0BD528F6" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B9117CC" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="584AA9F3" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRPr="003B1E5D" w:rsidRDefault="003B1E5D" w:rsidP="003B1E5D">
+          <w:p w:rsidR="006E33C6" w:rsidRPr="003B1E5D" w:rsidRDefault="003B1E5D" w:rsidP="003B1E5D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="00CE6709">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>sosh</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2025@</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="7E43732C" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="574714FB" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CFCB7E0" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6626EC48" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Учитель  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>русского языка и литературы</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>–  16 часов</w:t>
+            <w:r w:rsidR="00505D02">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>–  1</w:t>
+            </w:r>
+            <w:r w:rsidR="00505D02">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="772FBEA0" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7CA66A33" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17451340" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5000474E" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35BC58FF" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15AF0A6D" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="156E3CFE" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7DB107D1" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B85DB55" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="293C0FD7" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00387B48" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- специальное образование( min): 85653  тенге;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11DE3A46" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- высшее образование (min): 181394  тенге.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="78D0C310" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4126888A" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E50DEDE" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F82DAAA" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A0B9AE0" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A416B9B" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AC9BFD3" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="5917D024" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD82C9A" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F341073" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B67D308" w14:textId="3A53EEB5" w:rsidR="006E33C6" w:rsidRDefault="003264DD" w:rsidP="003264DD">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="003264DD" w:rsidP="003264DD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00406EC9">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>6</w:t>
+              </w:rPr>
+              <w:t>1-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>1-1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00406EC9">
+              <w:t xml:space="preserve">1.2025 </w:t>
+            </w:r>
+            <w:r w:rsidR="00CE6709">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...39 lines deleted...]
-              </w:rPr>
               <w:t>г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="370284AA" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0198E733" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61EA3524" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="710586F5" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>заявление</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 3 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C176B59" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>2) документ,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> удостоверяющий личность</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="297E2966" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3) заполненный</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6806EF77" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>копии документов об образовании</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D1D9805" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5)  копию документа, подтверждающую</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> трудовую деятельность</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> (при наличии);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="235DF852" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">6) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1541,132 +1552,132 @@
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>РК</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению»;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="670C290B" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">) справка об отсутствии </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="588F813B" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">справка об отсутствии </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>динамического наблюдения наркологических больных;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="145DA667" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>9)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -1750,51 +1761,51 @@
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">квалификационной </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">категории </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>(при наличии);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67C57B75" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1966,51 +1977,51 @@
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>баллов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E1E20A1" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -2043,1993 +2054,1993 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 12,13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04D69443" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>) рекомендательное письмо с места работы (по должности педагога), учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="76A83BAE" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F067ED1" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z178"/>
+      <w:bookmarkStart w:id="1" w:name="z178"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="273BF477" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5495"/>
         <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E33C6" w14:paraId="64F26148" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="421E3938" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C85F7D5" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Приложение 3 к Правилам</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A815BBA" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">назначения на должности, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FA8D500" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">освобождения от должностей </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B002016" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4EDBE9F2" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>государственных организаций образования</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65AACFCA" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="418AEC62" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="099B54A8" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="270B5779" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>государственный орган, объявивший конкурс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79277766" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A1C77F7" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31333EEF" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16022893" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BDB4965" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="569B9828" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(должность, место работы)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A292919" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081A7382" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CE0A61" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7071285E" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4026852D" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20CFDFE6" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61CD3825" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">должности </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18EFC91F" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42037065" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18FBAD22" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A2DAE0C" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>В настоящее время работаю:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="157ABAC9" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="205C5BE1" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="123D9CAF" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60B0A629" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73E362C2" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7550B3F2" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2124"/>
         <w:gridCol w:w="2963"/>
         <w:gridCol w:w="2187"/>
         <w:gridCol w:w="2755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E33C6" w14:paraId="4D2ED220" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34143457" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0628B6F7" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Наименование </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62FFCE89" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AA34F70" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="362B4438" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Специальность </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34E4EB97" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="523DD164" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18400067" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A5C1CAC" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AC4E798" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF5AEC0" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2896DAC5" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E53918E" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Наличие квалификационной категории (дата </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2703D432" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>присвоения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>подтверждения):_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F0534F" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B8F30A" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50508B57" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Стаж педагогической работы:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CFE7819" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09523BB7" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1101"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="2374"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E33C6" w14:paraId="12E48568" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32C98CC9" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Общий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="792AC26C" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Педагогический </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7871AD68" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Стаж государственной  службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C165881" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>По специальности (для специалистов субъектов предпринимательства))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2374" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="404E3217" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>В данной организации образования в том числе должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="6BDFFC5F" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63DEB395" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="719C3BEF" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11B433BE" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4931B380" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2374" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12C0072D" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0AE1BD1B" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Имею следующие результаты работы:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11205A33" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21312282" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75058FBE" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="716866E7" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D40A7EC" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4476FA40" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="236B4A36" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660AAEBD" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42DE808C" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF6464F" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF44188" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B82C98F" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="237B53E9" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4EC6C5" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="622C4516" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57634ECF" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан  “ О персональных данных и их защите» даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации или без таких средств).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17D331AB" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Я согласен (-а)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C253820" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AE6F6A5" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6990FBAB" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Ф.И.О. (при его наличии))   (подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A13C641" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63A9A479" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>«___</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -4078,916 +4089,916 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>подпись</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E178F58" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68E3178E" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B0B94B3" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3654895E" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
         <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E33C6" w14:paraId="44E33C21" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6426BC2E" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3D0E132B" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60022605" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">                          Приложение 12 к Правилам</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D798002" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>назначения на должности,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49309FAC" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>освобождения от должностей</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="696A663E" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>первых руководителей и педагогов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31E153C8" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> государственных организаций образования</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C57F1C7" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C8699D9" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32C90E32" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Оценочный лист кандидата  со стажем на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6632715F" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38344837" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="501"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="4253"/>
         <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E33C6" w14:paraId="2746E808" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="48C345BD" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="065742BF" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5CA8601E" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Подтверждающий документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="427C4AB8" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Кол-во баллов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(от 1 до 30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="354B5D4B" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>О</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="613B90D0" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="66402FF4" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="477C948F" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="115C0187" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="11B347C7" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-т</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ехническое и профессиональное -  1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25D54575" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ысшее  - 2 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01D65AC5" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ысшее  с отличием -  3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1764F310" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="16CD68D6" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="30A9DFD7" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="452F68CF" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="46D4A098" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ученая/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
@@ -4996,96 +5007,96 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6621C76D" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Копии диплома об образовании и приложения к диплому/аттестат о присвоении ученного звания /ученной степени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="38EC8321" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-Доктор наук-15 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="646F5D5B" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-Кандидат</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5121,1237 +5132,1238 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>D,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F5D5A21" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>доктор по профилю-10 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B57774F" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-Магистр по педагогическому направлению-          5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="4588EAF0" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="3D2EC36D" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7FFD0F19" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A3923AD" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Квалификационная категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D1A6568" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Удостоверение, иной документ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28B14483" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="339E27A3" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z613"/>
+            <w:bookmarkStart w:id="2" w:name="z613"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Педагог-  2 балла</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="1"/>
-          <w:p w14:paraId="55636E15" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>педагог-модератор -  3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6282FB9C" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>педагог-эксперт -  5 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55FB83A9" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>педагог-исследователь -  7 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CF6CB21" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>педагог-мастер -  10 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12DB7793" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"заместитель руководителя третьей квалификационной категории" -  5 баллов, "заместитель руководителя второй квалификационной категории" -  6 баллов, "заместитель руководителя первой квалификационной категории" -  7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0886F9EE" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="48182A8B" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="460C0DA1" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5773BBF1" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0DFE0052" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="645EEF40" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="z623"/>
+            <w:bookmarkStart w:id="3" w:name="z623"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Методист, стаж в должности до двух лет -  2 балла</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="2"/>
-          <w:p w14:paraId="290D6390" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Методист, стаж в должности более двух лет-  3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01B141B7" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Заместитель директора стаж в должности до двух лет -  3 балла; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0832B804" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заместитель директора стаж в должности более двух лет -4 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CCA1D37" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Директор стаж в должности до двух лет -  4 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10CF9473" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Директор стаж в должности более двух лет -  5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="067EC354" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="2677E910" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="62250174" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40B5B753" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1646D27B" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Рекомендательное письмо (по должности педагога c предыдущего места </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="36057EAB" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Наличие положительного рекомендательного письма -  3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD932A0" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="4155BBF8" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6134C27C" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4015E750" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Показатели профессиональных достижений (за последние 5лет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2357C0DB" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="788E4E66" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06628BC8" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0D991A5A" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) призеры городских/районных олимпиад и конкурсов -0,5 балла, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4594A5FE" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>областных -1 балл, республиканских -2 балла, международных - 3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72B0DD0F" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) научных проектов: городской/районный -0,5 балла, областной - 1 балл, республиканский -2 балла, международный – 3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="061D75D9" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) участник конкурса "Лучший педагог" - 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="333EC0CD" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) призер конкурса "Лучший педагог" - 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="09775071" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="3360E2FB" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1118E66C" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="034C8219" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2927A9CA" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="71A96068" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>наставник - 0,5 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09E46534" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>руководитель методического объединения - 2 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A0B3344" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3ABA7419" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="1E04A5FF" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="74BA56E9" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="26F08BA1" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="75296E29" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="51741075" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>сертификаты</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>предметной</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
@@ -6552,353 +6564,354 @@
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>на</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>платформе</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Coursera, Futute learn Teaching Mathematics with Technology Special Educational Needs «Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CA83231" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="67"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0B9A6BE7" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141" w:right="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>курсы повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации - 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3E2A3830" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="476C86AB" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3052" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2BA521CE" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="790EAABB" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="42B8D267" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="29773260" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CD46810" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z699"/>
+      <w:bookmarkStart w:id="4" w:name="z699"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ПРИМЕЧАНИЕ: * В 6 пункте учитывается призеры за последние 3 (три) года по каждому уровню - (городской/районный) олимпиад и конкурсов – 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов – 1 балла, республиканских – 2 балла, международных – 3 балла; - научных проектов: городской/районный – 1 балл, областной – 1 балл, республиканский – 2 балла, международный – 3 балла соответственно; - призеры республиканских олимпиад и конкурсов – 3 балла ** </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA909D3" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>В 8 пункте учитываются сертификаты организаций курсов повышения квалификации, согласованные с уполномоченным органом в области образования, реализуемым организациями повышения квалификации за последние</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   3  </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>(три) года – 0,5 балл (за каждый отдельно).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EEABF96" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6051"/>
         <w:gridCol w:w="3900"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E33C6" w14:paraId="12B1C330" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC4D8D4" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30BEEFE5" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2805E47B" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="051B16AF" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7B41DC70" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="28B29C9D" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="672F0A79" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Приложение 13</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам назначения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
@@ -6930,2196 +6943,2195 @@
               <w:t>руководителей и педагогов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственных организаций</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="03D105C5" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4899CC3F" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3D757C" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="04D70361" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Оценочный лист кандидата без стажа на вакантную или временно вакантную должность</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A9452E" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43CFBE3E" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13C223C6" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="533"/>
         <w:gridCol w:w="2271"/>
         <w:gridCol w:w="2382"/>
         <w:gridCol w:w="3997"/>
         <w:gridCol w:w="954"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E33C6" w14:paraId="2B63ADBD" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19E30ED7" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36BD1284" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E7C2594" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Подтверждающий документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BBA4727" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Кол-во баллов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44487956" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>О</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="53636D5B" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0CE8CE" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4BE2B4" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1644F241" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E0E5970" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="z712"/>
+            <w:bookmarkStart w:id="5" w:name="z712"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Техническое и профессиональное - 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="4"/>
-          <w:p w14:paraId="378A15E0" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Техническое и профессиональное с отличием -2 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4775F356" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Высшее - 3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13051697" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Высшее с отличие 4 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45406B5B" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="74B7145A" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28671A18" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1660E2FD" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF0B657" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Копии диплома об образовании и приложения к </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>диплому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="368FE473" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Доктор наук – 15 баллов                                     Кандидат наук, доктор PhD, доктор по профилю - 10 баллов                                      Магистр по педагогическому направлению- 5 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="493BD623" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1792C5B3" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="1CA0B10C" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E94C6F8" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA1DEC1" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Результаты прохождения сертификации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08EB509B" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46801084" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="z727"/>
+            <w:bookmarkStart w:id="6" w:name="z727"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>50 % - 2 балла</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="5"/>
-          <w:p w14:paraId="3A06795C" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>60-80 % - 4 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="256A9D5C" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80-100% – 6 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06238B39" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="1A4EFBE3" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BB4DAB2" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4436C77D" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Результаты педагогической/ профессиональной практики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="048FE4AD" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F44614B" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="z734"/>
+            <w:bookmarkStart w:id="7" w:name="z734"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"3" - 2 балла</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="6"/>
-          <w:p w14:paraId="1D5546AD" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"4" - 3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B8518D0" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"5" – 4 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C15C5B7" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="6A073D88" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6321F76C" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="291DE0C6" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Рекомендательное письмо с места учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A44CD0A" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Рекомендательное письмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C7AF2EB" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53C5E5A1" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="2110E8FC" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32D087C3" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04F51943" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Участие в волонтерской работе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49D6D583" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Документ участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51C9E8F1" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49FA4409" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="1A7A2DFB" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20C6CB9D" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="057E0521" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ведение странички интернета, социальных сетей с публикацией о педагогической деятельности (публикации авторских научных проектов, уроки, семинары )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E977437" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ссылки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="235248C9" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="z751"/>
+            <w:bookmarkStart w:id="8" w:name="z751"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>до 1 года -1 балл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="7"/>
-          <w:p w14:paraId="26BF0297" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 1 до 3 лет -2 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08D31DD8" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 3 лет -3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="262CA9C8" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="08895009" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C42C53B" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08955A7A" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Участие в работе летних лагерей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64BCBF54" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Документ участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3804DE85" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD96876" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="691D3887" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16D02298" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49CBD2F9" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Участие в конкурсах по месту учебы (научных проектов, творческих и др.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B696550" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Документ участия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05607326" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>За каждое участие 1 балл, но не более 4 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="602E3E69" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="1FA37331" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="210E92F3" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47282A13" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Наличие сертификатов КАЗТЕСТ, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AE304C6" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">IELTS; TOEFL; DELF; GoetheZertifikat, обучение по программам "Основы программирования в Python", "Обучение </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">работе с Microsoft" </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="223B1306" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Курсера</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F5580A8" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Международныекурсы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E357EB5" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">TEFL Cambridge </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="054A98C9" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>"CELTA(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19D3FEE2" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74E5EFDA" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="342F7089" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AFD18CE" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TKT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AAD52ED" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>"Teaching Knowledge Test</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="665341DC" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Certificate in EMI Skills (English as a Medium of Instruction)"</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23128731" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Teacher of English to Speakers of Other Languages (TESOL)"TESOL"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18D9165B" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B3B5356" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>плюс 1 балл (за каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF8DF84" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E33C6" w14:paraId="528129D2" w14:textId="77777777">
+      <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C86E708" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E59FBA4" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ИТОГО:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D17A556" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2E9728" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="296994E0" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="402E2BF7" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="465971EE" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70749113" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42EE6908" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F403DBC" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E8D295D" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3878CD58" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D6A8CDA" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BAA3F8A" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D5481C0" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E027CD1" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="107B1E24" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E40181A" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BE99328" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2ABF4D15" w14:textId="77777777" w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
+    <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006E33C6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F7B6FCD" w14:textId="77777777" w:rsidR="00CD414D" w:rsidRDefault="00CD414D">
+    <w:p w:rsidR="00D21135" w:rsidRDefault="00D21135">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C2557D8" w14:textId="77777777" w:rsidR="00CD414D" w:rsidRDefault="00CD414D">
+    <w:p w:rsidR="00D21135" w:rsidRDefault="00D21135">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="726D461E" w14:textId="77777777" w:rsidR="00CD414D" w:rsidRDefault="00CD414D">
+    <w:p w:rsidR="00D21135" w:rsidRDefault="00D21135">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="442519C8" w14:textId="77777777" w:rsidR="00CD414D" w:rsidRDefault="00CD414D">
+    <w:p w:rsidR="00D21135" w:rsidRDefault="00D21135">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="95"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00091600"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
@@ -9263,94 +9275,94 @@
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B1E5D"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B65BE"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
-    <w:rsid w:val="00406EC9"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="004767B0"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004E6483"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="00505D02"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="005166D3"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005354D3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="0055526E"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
@@ -9644,61 +9656,60 @@
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C91DC4"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CD414D"/>
     <w:rsid w:val="00CE6709"/>
-    <w:rsid w:val="00CE6C58"/>
     <w:rsid w:val="00CF2525"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D15D60"/>
     <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21135"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D522D7"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
     <w:rsid w:val="00D93CEA"/>
     <w:rsid w:val="00D9619F"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
@@ -9817,67 +9828,66 @@
     <w:rsid w:val="7C022D90"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4C1AB79E"/>
   <w15:docId w15:val="{93615933-DA13-43A1-A834-FC4972E1E9DE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10202,55 +10212,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -10279,58 +10284,65 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Основ_Текст"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
@@ -10364,51 +10376,51 @@
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Сильное выделение1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -10666,51 +10678,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F49DF649-8E00-436F-98B7-4F9BA210DCD0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91FD96A6-415C-4685-861D-CCAF7152D3F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>2418</Words>
   <Characters>13786</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>114</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>16172</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>