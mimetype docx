--- v0 (2026-02-04)
+++ v1 (2026-02-28)
@@ -1,21534 +1,14159 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="7478502B" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRPr="00B80E99" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+    <w:p w14:paraId="73E7B8A9" w14:textId="77777777" w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="009E098E">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B80E99">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00B80E99">
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> №6 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B80E99">
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>жалпы орта білім беру мектебі»</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>№6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> КММ орыс тілінде оқытатын </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009A7A17">
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E66B20" w14:textId="1ABD0304" w:rsidR="00462582" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мұғалімі лауазымына конкурс жариялайды.</w:t>
-      </w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="005C331D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казахского </w:t>
+      </w:r>
+      <w:r w:rsidR="00462582">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языка</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0668">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и литературы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">русским </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">языком обучения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="016401B6" w14:textId="71BC181D" w:rsidR="00413F8A" w:rsidRDefault="00221FB9" w:rsidP="00413F8A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76625">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00462582">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76625">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>вакантная  ставка</w:t>
+      </w:r>
+      <w:r w:rsidR="00413F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BA42FA5" w14:textId="38DC8EB1" w:rsidR="009E098E" w:rsidRPr="003D0668" w:rsidRDefault="009E098E" w:rsidP="00413F8A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04C49759" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="00DE3A8D" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...11 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6911"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00504B2E" w14:paraId="33378ACC" w14:textId="77777777">
+      <w:tr w:rsidR="00F41CC1" w:rsidRPr="0022417C" w14:paraId="4D847BE1" w14:textId="77777777" w:rsidTr="0000644F">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="10314" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B2CF80" w14:textId="77777777" w:rsidR="00F41CC1" w:rsidRPr="00215183" w:rsidRDefault="00F41CC1" w:rsidP="00F41CC1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПРИМЕЧАНИЕ: Конкурс на назначение педагогов осуществляется в электронном формате </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="2BCF205E" w14:textId="77777777" w:rsidR="00F41CC1" w:rsidRPr="00215183" w:rsidRDefault="00F41CC1" w:rsidP="00F41CC1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>модуле</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Прием на работу педагога» (https://hr-nobd.edu.kz/)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48750D1A" w14:textId="77777777" w:rsidR="00F41CC1" w:rsidRPr="00F41CC1" w:rsidRDefault="00F41CC1" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="4B8DA1F7" w14:textId="77777777" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="73588361" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+          <w:p w14:paraId="04EEF2F9" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-              <w:rPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="-10"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25B512CE" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+          <w:p w14:paraId="5DEBF26D" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="110" w:right="95"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...24 lines deleted...]
-              <w:t>атауы</w:t>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D410A5E" w14:textId="51536200" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+          <w:p w14:paraId="3FC033BD" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының  №6 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі. </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа  №6 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504B2E" w14:paraId="55E73B19" w14:textId="77777777">
+      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="73377DDA" w14:textId="77777777" w:rsidTr="00737ECE">
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74D474FF" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+          <w:p w14:paraId="138B6570" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15994005" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+          <w:p w14:paraId="65BF31F5" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="110"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> мекенжайы</w:t>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="464165B2" w14:textId="5E0DFA37" w:rsidR="00504B2E" w:rsidRPr="00F54B50" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+          <w:p w14:paraId="72EC6DA6" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Генерала Смагулова, 78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="15C55554" w14:textId="77777777" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="32E3FA79" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0CCB8C" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E9A0A9" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F460C7">
-[...29 lines deleted...]
-              <w:t>,78</w:t>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 7182620158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504B2E" w14:paraId="5035E7BA" w14:textId="77777777">
+      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="79D65C88" w14:textId="77777777" w:rsidTr="00737ECE">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22D31B54" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+          <w:p w14:paraId="4E673A80" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17CC38EA" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+          <w:p w14:paraId="693C292C" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="110"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-              <w:t>нөмірлері,</w:t>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10B022DB" w14:textId="489097FF" w:rsidR="00504B2E" w:rsidRPr="00F54B50" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+          <w:p w14:paraId="440473AC" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...13 lines deleted...]
-              <w:t>7182620158</w:t>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sosh6@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504B2E" w14:paraId="078D9ADA" w14:textId="77777777">
+      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="59E4BD41" w14:textId="77777777" w:rsidTr="00737ECE">
         <w:trPr>
-          <w:trHeight w:val="251"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA8BF73" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C563EF" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78122CF5" w14:textId="4F2643FB" w:rsidR="00462582" w:rsidRPr="00D76625" w:rsidRDefault="009E098E" w:rsidP="00D76625">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00D76625">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>казахского</w:t>
+            </w:r>
+            <w:r w:rsidR="00462582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> языка</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и литературы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в классах с русским языком обучения, 16 часов </w:t>
+            </w:r>
+            <w:r w:rsidR="003D0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A97BAC3" w14:textId="2568C19E" w:rsidR="00462582" w:rsidRPr="00462582" w:rsidRDefault="00462582" w:rsidP="00462582">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5715"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="4A937AF7" w14:textId="77777777" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F079EF1" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+          <w:p w14:paraId="373D4E77" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22694B42" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+          <w:p w14:paraId="45F7FBA1" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="110"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-              <w:t>пошта</w:t>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C78F64C" w14:textId="74F902E0" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
-[...2 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="557D2581" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">осуществляет обучение и воспитание </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D14B3C9" w14:textId="3F3AAD56" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z1883"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       способствует формированию общей культуры личности обучающегося и </w:t>
+            </w:r>
+            <w:r w:rsidR="00413F8A" w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>воспитанника,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E41EB67" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z1884"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>";</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="21F0AFE7" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z1885"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2998F075" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z1886"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за четверть; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B4D938A" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z1887"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       проводит анализ по итогам проведения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за четверть с комментариями; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A220993" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z1888"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      заполняет журналы (бумажные или электронные);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D60A5F" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z1889"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      обеспечивает достижение личностных, системно-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деятельностных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C589A4D" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z1890"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      участвует в разработке и выполнении учебных программ, в том числе программ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E247A39" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z1891"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0871DF76" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z1892"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      создает условия для инклюзивного образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="139663FF" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z1893"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      адаптирует учебные программы с учетом индивидуальной потребности </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обучающегося</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B86F4F9" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z1894"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      в специальных образовательных организациях осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное преодоление отклонений в развитии с учетом специфики преподаваемого предмета;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5370A4EF" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z1895"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      организовывает занятия в дистанционном режиме с использованием интерактивных учебных материалов и цифровых образовательных ресурсов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="237452AC" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z1896"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40944EE6" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="z1897"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       участвует в педагогических консилиумах для родителей; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14A3B329" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="z1898"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      консультирует родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="671CEB0F" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="z1899"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      повышает профессиональную компетентность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B727D02" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="z1900"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52329868" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z1901"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      обеспечивает охрану жизни и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>здоровья</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обучающихся в период образовательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A0DB015" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z1902"/>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A2921D1" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="20" w:name="z1903"/>
+            <w:bookmarkEnd w:id="19"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      заполняет документы, перечень которых утвержден уполномоченным органом в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>области образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17034970" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="z1904"/>
+            <w:bookmarkEnd w:id="20"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       прививает антикоррупционную культуру, принципы академической честности среди обучающихся и воспитанников. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p w14:paraId="74250090" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754C8A" w14:paraId="71953B37" w14:textId="77777777">
+      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="53A45A47" w14:textId="77777777" w:rsidTr="00737ECE">
         <w:trPr>
-          <w:trHeight w:val="757"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5E7A5D7B" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="16E129E1" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-              <w:rPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...141 lines deleted...]
-                <w:szCs w:val="2"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="778EC345" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="57104F8A" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="110" w:right="414"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:t>міндеттері</w:t>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AE61505" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="27C840D1" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...8 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу;</w:t>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27C12A79" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="486B6A0B" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...8 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу;</w:t>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="004227F3" w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>от 171 590</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  тенге;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38872CA3" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="5BCFF2D9" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...9 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="004227F3" w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>от 210 940</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754C8A" w14:paraId="6485972D" w14:textId="77777777">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="775485BD" w14:textId="77777777" w:rsidTr="00737ECE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02DAF517" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="632841C3" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="2"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24F91227" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="1A6FCC3B" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="110" w:right="95"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...18 lines deleted...]
-              <w:t>шарттары</w:t>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DFAA69C" w14:textId="0A0AD213" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+            <w:r w:rsidR="00D76625">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="023A2EC0" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="23D68AD6" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...8 lines deleted...]
-              <w:ind w:hanging="283"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...89 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее и (или) послевузовское педагогическое или техническое и профессиональное, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="0D20384C" w14:textId="235ABF6A" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="7898F740" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...8 lines deleted...]
-              <w:ind w:hanging="283"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...51 lines deleted...]
-              <w:t>теңге;</w:t>
+            <w:bookmarkStart w:id="22" w:name="z1916"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="281C6619" w14:textId="6880638B" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="1F524558" w14:textId="77777777" w:rsidR="008D6BBD" w:rsidRPr="0022417C" w:rsidRDefault="008D6BBD" w:rsidP="008D6BBD">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...8 lines deleted...]
-              <w:ind w:hanging="283"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="23" w:name="z1917"/>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p w14:paraId="094D58CE" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754C8A" w14:paraId="2F749C16" w14:textId="77777777">
+      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="033BCC11" w14:textId="77777777" w:rsidTr="00737ECE">
         <w:trPr>
-          <w:trHeight w:val="3288"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74057C96" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="009B98A1" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-              <w:rPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="-10"/>
-[...1 lines deleted...]
-              <w:t>3</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="118989EB" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="6C3AFA6E" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="110" w:right="533"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...52 lines deleted...]
-              <w:t>талаптары</w:t>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="662C3993" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="5BF28DEE" w14:textId="0BF1A6AA" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="004B7B81" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...8 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21.01</w:t>
+            </w:r>
+            <w:r w:rsidR="00112BCA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.2026</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="40"/>
-[...130 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-30.01.2026</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="24" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754C8A" w14:paraId="20517BBC" w14:textId="77777777">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="4BFF41CE" w14:textId="77777777" w:rsidTr="00737ECE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2794B403" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="28104B2B" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-              <w:rPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="-10"/>
-[...1 lines deleted...]
-              <w:t>4</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ECA9D87" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="142083CC" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="110"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-              <w:t>мерзімі</w:t>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DEE0C10" w14:textId="22D46D74" w:rsidR="00754C8A" w:rsidRPr="00E1381B" w:rsidRDefault="00E1381B" w:rsidP="00E1381B">
+          <w:p w14:paraId="6241878B" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление об участии в конкурсе с указанием перечня </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>прилагаемых</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="06F9DB95" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>документов по форме согласно приложению 3 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A698ED0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E98976D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EF636F2" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06A6AF9E" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43AC01BC" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) копии документов об образовании в соответствии </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="38CB721F" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>предъявляемыми к должности квалификационными требованиями,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FE5ED85" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62D5F47C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5) копия документа, подтверждающую трудовую деятельность (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="45112BE9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наличии</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ECE74F1" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6) справка о состоянии здоровья по форме 075/у, утвержденная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11691F97" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>приказом исполняющего обязанности Министра здравоохранения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08ED95C3" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 &amp;</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>quot</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;Об</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D970C45" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>утверждении</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> форм учетной документации в области здравоохранения, а</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46BE6FE8" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>также инструкций по их заполнению&amp;</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>quot</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12D80401" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) справка об отсутствии динамического наблюдения больных </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="041E6359" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0657A2FF" w14:textId="519BE0F2" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8) справка об отсутствии динамического наблюдения</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...4 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B14CF20" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9) сертификат о результатах прохождения сертификации или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="185AEB33" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">удостоверение о наличии </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>действующей</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> квалификационной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72FDBEA5" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B87A5D9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) для кандидатов на занятие должности педагогов английского языка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DF22A81" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат о результатах сертификации по предмету или удостоверение</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E558B4C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о наличии квалификационной категории педагога-модератора или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32CDED4E" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагога-эксперта, или педагога-исследователя, или педагога-мастера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21158535" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>при</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>наличии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificatein</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51A3FAC0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD76FF1" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55EE425F" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>іnternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>іBT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)) – 60 – 65 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30751DD7" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) заполненный Оценочный лист кандидата на </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вакантную</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18068717" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>временно вакантную должность педагога по форме согласно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7949DB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>приложениям 12, 13 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="411341DB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12) рекомендательное письмо с места работы (по должности педагога),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28C9423F" w14:textId="641190A2" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="25" w:name="z188"/>
+            <w:r w:rsidR="009E098E" w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidR="009E098E" w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00754C8A" w14:paraId="70A137A3" w14:textId="77777777">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="0022417C" w14:paraId="42217129" w14:textId="77777777" w:rsidTr="00737ECE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71049E6E" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="1A8C4A4A" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-              <w:rPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="-10"/>
-[...1 lines deleted...]
-              <w:t>5</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2715" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="593ED892" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="130AB32E" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="110"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-              <w:t>тізбесі</w:t>
+            <w:r w:rsidRPr="0022417C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6911" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B07478F" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+          <w:p w14:paraId="1C88AB54" w14:textId="15D83F69" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="00D47CCF" w:rsidP="00737ECE">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...8 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">осы Қағидаларға </w:t>
-[...346 lines deleted...]
-              <w:t>анықтама;</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="73E05C20" w14:textId="77777777" w:rsidR="00592352" w:rsidRDefault="00592352">
+    <w:p w14:paraId="17FEFBDA" w14:textId="77777777" w:rsidR="009E098E" w:rsidRPr="0022417C" w:rsidRDefault="009E098E" w:rsidP="009E098E">
       <w:pPr>
-        <w:pStyle w:val="TableParagraph"/>
-[...10 lines deleted...]
-        </w:sectPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...434 lines deleted...]
-    <w:p w14:paraId="3D7E318E" w14:textId="77777777" w:rsidR="00A747EF" w:rsidRDefault="00A747EF" w:rsidP="00660672">
+    <w:p w14:paraId="2C109863" w14:textId="77777777" w:rsidR="00C6146D" w:rsidRPr="0022417C" w:rsidRDefault="00C6146D" w:rsidP="009E098E">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D3FDED7" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00660672">
+    <w:p w14:paraId="13B2DEAA" w14:textId="77777777" w:rsidR="00C6146D" w:rsidRDefault="00C6146D" w:rsidP="009E098E">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0654B82C" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+    <w:p w14:paraId="61C14A66" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRDefault="00F329AD" w:rsidP="009E098E">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B2A3032" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
+    <w:p w14:paraId="03EFE0B0" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
-    </w:p>
-[...272 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>тағайындау,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>лауазымнан</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-10"/>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="248B6302" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6307" w:right="779" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>босату қағидаларына 3-қосымша</w:t>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
+        <w:t>государственных организаций образования Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1803842A" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="1261F781" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:spacing w:before="9"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64745851" wp14:editId="5E6D0200">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EC01505" wp14:editId="59F363F1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>143301</wp:posOffset>
+                  <wp:posOffset>143216</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6352540" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="1" name="Graphic 1"/>
+                <wp:docPr id="22" name="Graphic 22"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6352540" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6352540">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6351922" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="61EC4B2F" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFo3VMJgIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMWA&#10;oivQDDsrshwbk0WNUmzn70fJdpJ2t2E+CJT4RPLxUV7d9Y1mrUJXg8n5YjbnTBkJRW32Of+xffh0&#10;w5nzwhRCg1E5PyrH79YfP6w6m6kUKtCFQkZBjMs6m/PKe5sliZOVaoSbgVWGnCVgIzxtcZ8UKDqK&#10;3ugknc+XSQdYWASpnKPTzeDk6xi/LJX038vSKc90zqk2H1eM6y6syXolsj0KW9VyLEP8QxWNqA0l&#10;PYXaCC/YAeu/QjW1RHBQ+pmEJoGyrKWKHIjNYv6OzWslrIpcqDnOntrk/l9Y+dy+IKsL0o4zIxqS&#10;6HHsxiI0p7MuI8yrfcFAz9knkL8cOZI3nrBxI6YvsQlYIsf62OnjqdOq90zS4fLzVXr1hQSR5Fuk&#10;11GIRGTTXXlw/lFBjCPaJ+cHnYrJEtVkyd5MJpLaQWcddfackc7IGem8G3S2wod7obhgsu5cSDhr&#10;oFVbiF7/rnIq7ezV5hJFVBa3acrZxJKwA4KMkIZ6NRgxNdmX5LQJVVzfLm/i+DjQdfFQax2qcLjf&#10;3WtkrQjDG7/AgyK8gVl0fiNcNeCia4RpM+o0SBNE2kFxJME70jjn7vdBoOJMfzM0UuF5TAZOxm4y&#10;0Ot7iI8oNohybvufAi0L6XPuSdlnmAZWZJNogfoJG24a+HrwUNZB0ThDQ0XjhqY8EhxfZHhGl/uI&#10;Ov831n8AAAD//wMAUEsDBBQABgAIAAAAIQD7dMKB3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUjcqNMUlRLiVCgSVUEVEqEXbm6yJBHx2rLdNv17Nic4zuzT7Ey+Hs0gTuhD&#10;b0nBfJaAQKpt01OrYP/5crcCEaKmRg+WUMEFA6yL66tcZ4090weeqtgKDqGQaQVdjC6TMtQdGh1m&#10;1iHx7dt6oyNL38rG6zOHm0GmSbKURvfEHzrtsOyw/qmORoH/2m32bvu+eSzx7f7Vlhe3rSqlbm/G&#10;5ycQEcf4B8NUn6tDwZ0O9khNEAPr+WLBqII0XYKYAHYeQBwmZwWyyOX/CcUvAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAAWjdUwmAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPt0woHfAAAACgEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="3FB9BB24" id="Graphic 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16F2AD64" wp14:editId="76F2A4AD">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="694DE998" wp14:editId="6D074C46">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>310941</wp:posOffset>
+                  <wp:posOffset>310856</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6358890" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Graphic 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6358890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6358890">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6358697" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="4FC5E7C7" id="Graphic 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJAkYvFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRSYxkFFOU2Hbpp0&#10;up10THsOaUqrpXFmBwr/fk5Kgd3epvUhcuIv9md/Tpf3x9aKg0FqwBVyMhpLYZyGsnG7Qn7fPH6Y&#10;S0FBuVJZcKaQJ0PyfvX+3bLzuZlCDbY0KDiIo7zzhaxD8HmWka5Nq2gE3jh2VoCtCrzFXVai6jh6&#10;a7PpeDzLOsDSI2hDxKfr3ilXKX5VGR2+VRWZIGwhmVtIK6Z1G9dstVT5DpWvG32mof6BRasax0kv&#10;odYqKLHH5q9QbaMRCKow0tBmUFWNNqkGrmYyflPNa628SbVwc8hf2kT/L6x+Prz6F4zUyT+B/knc&#10;kazzlF88cUNnzLHCNmKZuDimLp4uXTTHIDQfzj5+ms8X3GzNvsn0LjU5U/lwV+8pfDGQ4qjDE4Ve&#10;g3KwVD1Y+ugGE1nJqKFNGgYpWEOUgjXc9hp6FeK9SC6aorsSiWctHMwGkje8Yc7Url7rblGxlNni&#10;ToqhSsb2CDZiGu5Vb6TUbN8WZ11kcbeYzdNoENimfGysjSwId9sHi+Kg4mCmL9bBEf6AeaSwVlT3&#10;uOQ6w6w769RLE0XaQnl6QdHxNBeSfu0VGinsV8fjEkd/MHAwtoOBwT5AeiCpQZxzc/yh0IuYvpCB&#10;lX2GYRhVPogWS79g400Hn/cBqiYqmmaoZ3Te8ASnAs+vLT6R231CXf8Jq98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAeMgQ53QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJOm&#10;ohDiVAiJWwU08ABuvMRp7XUUOz/w9DincpzZT7MzxW62ho3Y+9aRgHSVAEOqnWqpEfD1+Xr3AMwH&#10;SUoaRyjgBz3syuurQubKTXTAsQoNiyHkcylAh9DlnPtao5V+5TqkePt2vZUhyr7hqpdTDLeGr5Pk&#10;nlvZUvygZYcvGutzNVgB22F+/9B7czpP+xMd3jJuf6tRiNub+fkJWMA5XGBY6sfqUMZORzeQ8sxE&#10;nWZZRAVsHuOmBUjTzRbYcXHWwMuC/59Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJ&#10;AkYvFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAeMgQ53QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6358697,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5360D70B" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4526B044" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орган,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>объявивший</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7844F06C" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C061463" wp14:editId="2048F6A7">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>139061</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="24" name="Graphic 24"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="5E714A4B" id="Graphic 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.2pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA4C39+t8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiT&#10;FEEb4lQoElVBCIm0F25uvCQR8Tqy3Tb9e7YnOM7s0+xMsZrsII7oQ+9IQTpLQCA1zvTUKthtX+4W&#10;IELUZPTgCBWcMcCqvL4qdG7ciT7xWMdWcAiFXCvoYhxzKUPTodVh5kYkvn07b3Vk6VtpvD5xuB1k&#10;liQP0uqe+EOnR6w6bH7qg1Xgv97Xu3HzsV5W+Hb/6qrzuKlrpW5vpucnEBGn+AfDpT5Xh5I77d2B&#10;TBAD63Q+Z1RBli5BXAB2HkHs2clSkGUh/08ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDgLf363wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A2B3298" wp14:editId="5640C776">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285365</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="25" name="Graphic 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="7C00031E" id="Graphic 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.2pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAq7H7R98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Gn4a4lQoElWpEBKhF25uvCQR8dqK3TZ9e7YnOM7sp9mZYjnZQRxwDL0jBeksAYHUONNTq2D7+XLz&#10;CCJETUYPjlDBCQMsy8uLQufGHekDD3VsBYdQyLWCLkafSxmaDq0OM+eR+PbtRqsjy7GVZtRHDreD&#10;vE2Se2l1T/yh0x6rDpufem8VjF9vq61fv68WFW6yV1ed/Lqulbq+mp6fQESc4h8M5/pcHUrutHN7&#10;MkEMrNP5nFEFWbYAcQbYeQCxY+cuBVkW8v+E8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCrsftH3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07C869A1" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E890BD9" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ИИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A984CD0" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E30D655" wp14:editId="029B33E7">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="2" name="Graphic 2"/>
+                <wp:docPr id="26" name="Graphic 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="6CF9C540" id="Graphic 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1722E12A" wp14:editId="3024BD3C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285238</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="27" name="Graphic 27"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="54295E72" id="Graphic 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAM4FcDfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;Y1IohDhVQPxIvZHCgZsbb5MIex3ZbhveHucEt53d0ew35Xqyhh3Rh8GRBLHIgCG1Tg/USfjYvlzd&#10;AQtRkVbGEUr4wQDr6vysVIV2J3rHYxM7lkIoFEpCH+NYcB7aHq0KCzcipdveeatikr7j2qtTCreG&#10;X2fZLbdqoPShVyM+9dh+NwcrofbbnOrm02T7x9fV89tGfa3ERsrLi6l+ABZxin9mmPETOlSJaecO&#10;pAMzSYs8T1YJy+U9sNkgxDzt0uZGAK9K/r9C9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDOBXA33gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC79E42" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="480F0385" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0306F257" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C7C8163" wp14:editId="1F7C7D99">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="28" name="Graphic 28"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359650" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="4AF743CE" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.8pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBF0JHTJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZS1G2NOMXQoMWA&#10;oivQDDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7e961mB+WwAVPw+SzlTBkJZWN2Bf+xefxy&#10;yxl6YUqhwaiCHxXy+9XnT8vO5moBNehSOUZBDOadLXjtvc2TBGWtWoEzsMqQswLXCk9bt0tKJzqK&#10;3upkkaZZ0oErrQOpEOl0PTj5KsavKiX996pC5ZkuONXm4+riug1rslqKfOeErRs5liH+oYpWNIaS&#10;nkKthRds75q/QrWNdIBQ+ZmENoGqaqSKHIjNPP3A5q0WVkUu1By0pzbh/wsrXw6vjjVlwRecGdGS&#10;RE9jNxahOZ3FnDBv9tUFemifQf5CciTvPGGDI6avXBuwRI71sdPHU6dV75mkw+wqS+cZCSLJN1/c&#10;RCESkU935R79k4IYRxye0Q86lZMl6smSvZlMR2oHnXXU2XNGOjvOSOftoLMVPtwLxQWTdedCwlkL&#10;B7WB6PUfKqfSzl5tLlHZ1fVddk1UJpaEHRBkhDTUq8GIqcm+JKdNqOLmLruN44Ogm/Kx0TpUgW63&#10;fdCOHUQY3vgFHhThHcw69GuB9YCLrhGmzajTIE0QaQvlkQTvSOOC4++9cIoz/c3QSIXnMRluMraT&#10;4bx+gPiIYoMo56b/KZxlIX3BPSn7AtPAinwSLVA/YcNNA1/3HqomKBpnaKho3NCUR4LjiwzP6HIf&#10;Uef/xuoPAAAA//8DAFBLAwQUAAYACAAAACEA0v4fet8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjpqI0xKkC4kfqjZQeenPjbRJhr6PYbcPb45zKcWY/zc7k69EadsbB&#10;d44kiFkCDKl2uqNGwvf2/eEJmA+KtDKOUMIvelgXtze5yrS70Beeq9CwGEI+UxLaEPqMc1+3aJWf&#10;uR4p3o5usCpEOTRcD+oSw63h8yR55FZ1FD+0qsfXFuuf6mQllMM2pbLameT48rF8+9yo/VJspLy/&#10;G8tnYAHHcIVhqh+rQxE7HdyJtGcmapGmEZWwWMVNEyDEYgXsMDlz4EXO/08o/gAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBF0JHTJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDS/h963wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="51B05C7C" id="Graphic 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59F1F115" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="3C8BB219" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(конкурс</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>(фактическое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>жариялаған</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-9"/>
+        <w:t>место проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>мемлекеттік</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>адрес прописки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>орган)</w:t>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6137D4E3" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="563C2F4B" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
-        <w:spacing w:before="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55A46866" wp14:editId="1F45EC18">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05EB06C4" wp14:editId="246F38D0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>139315</wp:posOffset>
+                  <wp:posOffset>138934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="3" name="Graphic 3"/>
+                <wp:docPr id="29" name="Graphic 29"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359650" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="54799307" id="Graphic 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DEF224B" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A036D1D" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="307DD185" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65DBA8F1" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36ED0649" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="71"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E16E51A" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="15"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59E35276" wp14:editId="00DF5CFA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>125585</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="30" name="Graphic 30"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="5FE4D046" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvl196JwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjsphDSbns8mUM2UkFLXZ5/xt+/Dl&#10;hjP0whRCg1E5Pynkd+vPn1atzdQcKtCFcoyCGMxam/PKe5slCcpKNQInYJUhZwmuEZ62bp8UTrQU&#10;vdHJfDpNkxZcYR1IhUinm97J1zF+WSrpf5QlKs90zqk2H1cX111Yk/VKZHsnbFXLoQzxD1U0ojaU&#10;9BxqI7xgB1f/FaqppQOE0k8kNAmUZS1V5EBsZtMPbF4rYVXkQs1Be24T/r+w8vn44lhd5HzBmREN&#10;SfQ4dGMRmtNazAjzal9coIf2CeQvJEfyzhM2OGC60jUBS+RYFzt9OndadZ5JOkwX6XSWkiCSfLP5&#10;MgqRiGy8Kw/oHxXEOOL4hL7XqRgtUY2W7MxoOlI76Kyjzp4z0tlxRjrvep2t8OFeKC6YrL0UEs4a&#10;OKotRK//UDmVdvFqc41KF19vb5ZLzkaWhO0RZIQ01KveiKnJvianTahieZvexPFB0HXxUGsdqkC3&#10;391rx44iDG/8Ag+K8A5mHfqNwKrHRdcA02bQqZcmiLSD4kSCt6RxzvH3QTjFmf5uaKTC8xgNNxq7&#10;0XBe30N8RLFBlHPb/RTOspA+556UfYZxYEU2ihaon7HhpoFvBw9lHRSNM9RXNGxoyiPB4UWGZ3S9&#10;j6jLf2P9BwAA//8DAFBLAwQUAAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjBFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAh&#10;jh4liEUGzGDn9Yi9hM/N6809sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7F&#10;hZ8M0m3ng1OJZOi5DupI4c7yPMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+&#10;mptHYMnM6WyGEz6hQ01MW79HHZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAvl196JwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="1C0F3B09" id="Graphic 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:9.9pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACOeUHPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;Y4IoDXGqgHhI3ZHSRXdu7CYR9jiy3Tb8PdNV2c3VHN1HuZycZUcT4uBRgphlwAy2Xg/YSfhev989&#10;AYtJoVbWo5HwayIsq+urUhXan/DLHJvUMTLBWCgJfUpjwXlse+NUnPnRIP32PjiVSIaO66BOZO4s&#10;v8+yR+7UgJTQq9G89qb9aQ5OQh3WOdbNxmb7l4/52+dKbediJeXtzVQ/A0tmShcYzvWpOlTUaecP&#10;qCOzpEWeE0rHgiacASEeFsB2EigYeFXy/xOqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAjnlBz3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="17"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:sz w:val="15"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="587F22CB" wp14:editId="2066A9ED">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13FE89B6" wp14:editId="26F5C903">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285619</wp:posOffset>
+                  <wp:posOffset>271889</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Graphic 4"/>
+                <wp:docPr id="31" name="Graphic 31"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="3B092BFC" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbExL6KAIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SzkmNOMXQoMWA&#10;oivQFDsrshwbk0WNUmL370fJdpJ2t2E+CJT4RPLxUV7ddo1mR4WuBpPz2WTKmTISitrsc/66vf+y&#10;5Mx5YQqhwaicvynHb9efP61am6k5VKALhYyCGJe1NueV9zZLEicr1Qg3AasMOUvARnja4j4pULQU&#10;vdHJfDpNkxawsAhSOUenm97J1zF+WSrpf5SlU57pnFNtPq4Y111Yk/VKZHsUtqrlUIb4hyoaURtK&#10;egq1EV6wA9Z/hWpqieCg9BMJTQJlWUsVORCb2fQDm5dKWBW5UHOcPbXJ/b+w8un4jKwucn7NmREN&#10;SfQwdOM6NKe1LiPMi33GQM/ZR5C/HDmSd56wcQOmK7EJWCLHutjpt1OnVeeZpMP0Kp3OUhJEkm82&#10;X0QhEpGNd+XB+QcFMY44Pjrf61SMlqhGS3ZmNJHUDjrrqLPnjHRGzkjnXa+zFT7cC8UFk7XnQsJZ&#10;A0e1hej1Hyqn0s5ebS5R6dXXm+ViwdnIkrA9goyQhnrVGzE12ZfktAlVLG7SZRwfB7ou7mutQxUO&#10;97s7jewowvDGL/CgCO9gFp3fCFf1uOgaYNoMOvXSBJF2ULyR4C1pnHP3+yBQcaa/Gxqp8DxGA0dj&#10;Nxro9R3ERxQbRDm33U+BloX0Ofek7BOMAyuyUbRA/YQNNw18O3go66BonKG+omFDUx4JDi8yPKPL&#10;fUSd/xvrPwAAAP//AwBQSwMEFAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyo46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMO&#10;vnMkQcwSYEi10x01Ej53b3crYD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+&#10;5nqkeDu6waoQ5dBwPahLDLeGz5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2&#10;ZiyfgAUcwx8MU/1YHYrY6eBOpD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAWxMS+igCAAB/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="55C91456" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:21.4pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJIPkX/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;7aaiEOJUAfEj9UbaHri5sZtExOvIdtvw9mxPcJzZT7MzxWpyAzvZEHuPCuRMALPYeNNjq2C7ebt7&#10;ABaTRqMHj1bBj42wKq+vCp0bf8ZPe6pTyygEY64VdCmNOeex6azTceZHi3Q7+OB0IhlaboI+U7gb&#10;+FyIe+50j/Sh06N96WzzXR+dgipsMqzq3SAOz+/L14+1/lrKtVK3N1P1BCzZKf3BcKlP1aGkTnt/&#10;RBPZQFpmGaEKFnOacAGkXDwC25OTCeBlwf9PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAkg+Rf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35EEF4D0" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="0F5FF455" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B329C11" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="6F2D2B35" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
-        <w:spacing w:before="5"/>
-        <w:ind w:left="61" w:right="38"/>
+        <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(кандидаттың</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:t>(наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Т.А.Ә.</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-6"/>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(бар</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>болса),</w:t>
-[...16 lines deleted...]
-      </w:r>
+        <w:t>город/село)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="4F99FD1C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="32DF714A" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4109E00D" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D91BD52" wp14:editId="7B18AC8E">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E2D386B" wp14:editId="67DA252B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140839</wp:posOffset>
+                  <wp:posOffset>141830</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="5" name="Graphic 5"/>
+                <wp:docPr id="32" name="Graphic 32"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="4135B307" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8/sCJJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SxGmNOMXQoMWA&#10;oivQDDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7dd41mR+WwBpPz2WTKmTISitrsc/5j+/jl&#10;ljP0whRCg1E5Pynk9+vPn1atzdQcKtCFcoyCGMxam/PKe5slCcpKNQInYJUhZwmuEZ62bp8UTrQU&#10;vdHJfDpNkxZcYR1IhUinm97J1zF+WSrpv5clKs90zqk2H1cX111Yk/VKZHsnbFXLoQzxD1U0ojaU&#10;9BxqI7xgB1f/FaqppQOE0k8kNAmUZS1V5EBsZtMPbN4qYVXkQs1Be24T/r+w8uX46lhd5HzBmREN&#10;SfQ0dGMRmtNazAjzZl9doIf2GeQvJEfyzhM2OGC60jUBS+RYFzt9OndadZ5JOkxv0uksJUEk+Wbz&#10;ZRQiEdl4Vx7QPymIccTxGX2vUzFaohot2ZnRdKR20FlHnT1npLPjjHTe9Tpb4cO9UFwwWXspJJw1&#10;cFRbiF7/oXIq7eLV5hqV3izubpdLzkaWhO0RZIQ01KveiKnJvianTahieZfexvFB0HXxWGsdqkC3&#10;3z1ox44iDG/8Ag+K8A5mHfqNwKrHRdcA02bQqZcmiLSD4kSCt6RxzvH3QTjFmf5maKTC8xgNNxq7&#10;0XBeP0B8RLFBlHPb/RTOspA+556UfYFxYEU2ihaon7HhpoGvBw9lHRSNM9RXNGxoyiPB4UWGZ3S9&#10;j6jLf2P9BwAA//8DAFBLAwQUAAYACAAAACEARobTf98AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjpKI0xKkC4iF1RwqL7tx4mkTE48h22/D3OCtY3pmjO2eKzWQGdkbn&#10;e0sSxCIBhtRY3VMr4XP3evcAzAdFWg2WUMIPetiU11eFyrW90Aee69CyWEI+VxK6EMacc990aJRf&#10;2BEp7o7WGRVidC3XTl1iuRl4miT33Kie4oVOjfjcYfNdn4yEyu0yquqvITk+va1e3rdqvxJbKW9v&#10;puoRWMAp/MEw60d1KKPTwZ5IezbELLIsohLSNAU2A0Is18AO82QJvCz4/xfKXwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA8/sCJJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBGhtN/3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="15A48E94" id="Graphic 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CA0C582" wp14:editId="3EC60B3B">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36D0BEEF" wp14:editId="0139A847">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285619</wp:posOffset>
+                  <wp:posOffset>288134</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:docPr id="33" name="Graphic 33"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="00ABB207" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVybcdJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR4WuBpPz2WTKmTISitrsc/62ffiy&#10;5Mx5YQqhwaicn5Tjd+vPn1atzdQcKtCFQkZBjMtam/PKe5sliZOVaoSbgFWGnCVgIzxtcZ8UKFqK&#10;3uhkPp2mSQtYWASpnKPTTe/k6xi/LJX0P8rSKc90zqk2H1eM6y6syXolsj0KW9VyKEP8QxWNqA0l&#10;PYfaCC/YAeu/QjW1RHBQ+omEJoGyrKWKHIjNbPqBzWslrIpcqDnOntvk/l9Y+Xx8QVYXOU85M6Ih&#10;iR6HbqShOa11GWFe7QsGes4+gfzlyJG884SNGzBdiU3AEjnWxU6fzp1WnWeSDtObdDpLSRBJvtl8&#10;EYVIRDbelQfnHxXEOOL45HyvUzFaohot2ZnRRFI76Kyjzp4z0hk5I513vc5W+HAvFBdM1l4KCWcN&#10;HNUWotd/qJxKu3i1uUalN19vl4sFZyNLwvYIMkIa6lVvxNRkX5PTJlSxuE2XcXwc6Lp4qLUOVTjc&#10;7+41sqMIwxu/wIMivINZdH4jXNXjomuAaTPo1EsTRNpBcSLBW9I45+73QaDiTH83NFLheYwGjsZu&#10;NNDre4iPKDaIcm67nwItC+lz7knZZxgHVmSjaIH6GRtuGvh28FDWQdE4Q31Fw4amPBIcXmR4Rtf7&#10;iLr8N9Z/AAAA//8DAFBLAwQUAAYACAAAACEA5MT4Rd8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3KjjptAS4lQBAZV6I6UHbm68TSLsdRS7bfh7nBMcZ/ZpdiZfj9awMw6+&#10;cyRBzBJgSLXTHTUSPndvdytgPijSyjhCCT/oYV1cX+Uq0+5CH3iuQsNiCPlMSWhD6DPOfd2iVX7m&#10;eqR4O7rBqhDl0HA9qEsMt4bPk+SBW9VR/NCqHl9arL+rk5VQDruUympvkuPz+/J1s1VfS7GV8vZm&#10;LJ+ABRzDHwxT/Vgditjp4E6kPTNRizSNqITFfdw0AUIsHoEdJmcOvMj5/wnFLwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCVybcdJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDkxPhF3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="647585AF" id="Graphic 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="618FF935" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="32E52718" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B583E84" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="1C198B6D" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
-        <w:spacing w:before="8"/>
-        <w:ind w:left="23" w:right="54"/>
+        <w:pStyle w:val="a4"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(лауазымы,</w:t>
-[...5 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:t>город/село)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1B06A7EC" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Сообщаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>себе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-        <w:t>орны)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33634D1C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="6964BB9C" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
-        <w:spacing w:before="4"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>послевузовское,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>техническое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>профессиональное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587E3653" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="146" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3545"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F329AD" w:rsidRPr="00EA3591" w14:paraId="4957C3BF" w14:textId="77777777" w:rsidTr="00043B56">
+        <w:trPr>
+          <w:trHeight w:val="314"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF6E225" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-14"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-14"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="264E9709" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3004F5D5" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="51"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F329AD" w:rsidRPr="00EA3591" w14:paraId="1A01E751" w14:textId="77777777" w:rsidTr="00043B56">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46FD4849" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCAE072" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B118400" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5613D6E1" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения/подтверждения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>наличии):</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="52276861" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EA9ABC7" wp14:editId="5E2FC6DC">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BF949EB" wp14:editId="45957099">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140458</wp:posOffset>
+                  <wp:posOffset>137934</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="7" name="Graphic 7"/>
+                <wp:docPr id="34" name="Graphic 34"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="1E5C5676" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.05pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyJGVuJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6H2WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyKEP8QxWNqA0l&#10;PYfaCC/YwdV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntuE/y+sfD6+OFYXOV9wZkRD&#10;Ej0O3ViE5rQWM8K82hcX6KF9AvkLyZG884QNDpiudE3AEjnWxU6fzp1WnWeSDtObdDpLSRBJvtl8&#10;EYVIRDbelQf0jwpiHHF8Qt/rVIyWqEZLdmY0HakddNZRZ88Z6ew4I513vc5W+HAvFBdM1l4KCWcN&#10;HNUWotd/qJxKu3i1uUalN19vlwvq3siSsD2CjJCGetUbMTXZ1+S0CVUsbtNlHB8EXRcPtdahCnT7&#10;3b127CjC8MYv8KAI72DWod8IrHpcdA0wbQademmCSDsoTiR4SxrnHH8fhFOc6e+GRio8j9Fwo7Eb&#10;Def1PcRHFBtEObfdT+EsC+lz7knZZxgHVmSjaIH6GRtuGvh28FDWQdE4Q31Fw4amPBIcXmR4Rtf7&#10;iLr8N9Z/AAAA//8DAFBLAwQUAAYACAAAACEAbTKMb94AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjBFEa4lQB8ZC6I6ULdtPYTSLicWS7bfh7nFVZ3pmjO2eK9WQGdtLO&#10;95YkiEUCTFNjVU+thK/t290jMB+QFA6WtIRf7WFdXl8VmCt7pk99qkPLYgn5HCV0IYw5577ptEG/&#10;sKOmuDtYZzDE6FquHJ5juRl4miQP3GBP8UKHo37pdPNTH42Eym0zqurdkBye35evHxv8XoqNlLc3&#10;U/UELOgpXGCY9aM6lNFpb4+kPBtiFlkWUQlpKoDNgBD3K2D7eZIBLwv+/4XyDwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPIkZW4nAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAG0yjG/eAAAACgEAAA8AAAAAAAAAAAAAAAAAgQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="1653BED0" id="Graphic 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0391E818" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="4CDC27A1" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...4 lines deleted...]
-          <w:sz w:val="18"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:sz w:val="18"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="85" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1196"/>
+        <w:gridCol w:w="1731"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2521"/>
+        <w:gridCol w:w="3009"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F329AD" w:rsidRPr="00EA3591" w14:paraId="0205867F" w14:textId="77777777" w:rsidTr="00043B56">
+        <w:trPr>
+          <w:trHeight w:val="719"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34E935E3" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71C51C9B" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31E749AA" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1101D335" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E104092" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="2089C9E1" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>службы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61126FFD" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специальности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(для</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="1B5F200B" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специалистов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>субъектов предпринимательства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5D0563" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>данной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AA47411" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>том</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>числе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F329AD" w:rsidRPr="00EA3591" w14:paraId="1E49A9C7" w14:textId="77777777" w:rsidTr="00043B56">
+        <w:trPr>
+          <w:trHeight w:val="400"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29057334" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51216D28" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A656B28" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FCC85EA" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="143A5E8B" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="009B5B06" w:rsidRDefault="00F329AD" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0B030260" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Имею</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>результаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="18"/>
-[...16 lines deleted...]
-        <w:t>жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F8187AF" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="0D7ED081" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
-        <w:spacing w:before="5"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69ECD065" wp14:editId="3D0390CD">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="110D73B7" wp14:editId="4C1CF245">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140839</wp:posOffset>
+                  <wp:posOffset>141684</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="35" name="Graphic 35"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="050437CE" id="Graphic 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.2pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAZKVKWN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;lJ8S4lQoElVBCIm0F25uvCQR8Tqy3TZ9ezYnOK1mdjT7bb4abS+O6EPnSMF8loBAqp3pqFGw277c&#10;LEGEqMno3hEqOGOAVXF5kevMuBN94rGKjeASCplW0MY4ZFKGukWrw8wNSLz7dt7qyNI30nh94nLb&#10;yzRJ7qXVHfGFVg9Ytlj/VAerwH+9r3fD5mP9WOLb7asrz8OmqpS6vhqfn0BEHONfGCZ8RoeCmfbu&#10;QCaInvV8seCogjTlOQXYeQCxn5w7kEUu/79Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBkpUpY3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D872327" wp14:editId="145C39BB">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>286464</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="36" name="Graphic 36"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="7513A350" id="Graphic 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.55pt;width:500.2pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAxudhYt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Uv5CnApFoioIIRF64ebGSxIRryPbbdO3Z3OC48x+mp0pVpMdxAF96B0pSBcJCKTGmZ5aBdvP56t7&#10;ECFqMnpwhApOGGBVnp8VOjfuSB94qGMrOIRCrhV0MY65lKHp0OqwcCMS376dtzqy9K00Xh853A7y&#10;OklupdU98YdOj1h12PzUe6vAf72tt+Pmff1Q4evyxVWncVPXSl1eTE+PICJO8Q+GuT5Xh5I77dye&#10;TBAD6zTLGFWwvElBzAA7dyB2s5OBLAv5f0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AG5GVUYVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMbnYWLeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="311F7501" wp14:editId="1ED87870">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>433149</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="37" name="Graphic 37"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+            <w:pict>
+              <v:shape w14:anchorId="493D0808" id="Graphic 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:34.1pt;width:500.2pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAULng3N8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;H5U2xKlQJKqCEBJpL9zceEki4rUVu2369mxOcJzZT7Mz2WawnThjH1pHCqaTBARS5UxLtYLD/uVh&#10;BSJETUZ3jlDBFQNs8tubTKfGXegTz2WsBYdQSLWCJkafShmqBq0OE+eR+Pbteqsjy76WptcXDred&#10;nCXJUlrdEn9otMeiweqnPFkF/df79uB3H9t1gW+LV1dc/a4slbq/G56fQEQc4h8MY32uDjl3OroT&#10;mSA61tP5nFEFy9UMxAiw8wjiODoLkHkm/0/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBQueDc3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55119E1C" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FEB6952" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Награды,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звание,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25343DC4" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="719128B1" wp14:editId="68D2FD7E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>137908</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="8" name="Graphic 8"/>
+                <wp:docPr id="38" name="Graphic 38"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="3FD68792" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8x13GJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6H2WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyKEP8QxWNqA0l&#10;PYfaCC/YwdV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntuE/y+sfD6+OFYXOSehjGhI&#10;osehG8vQnNZiRphX++ICPbRPIH8hOZJ3nrDBAdOVrglYIse62OnTudOq80zSYXqTTmcpCSLJN5sv&#10;ohCJyMa78oD+UUGMI45P6HuditES1WjJzoymI7WDzjrq7DkjnR1npPOu19kKH+6F4oLJ2ksh4ayB&#10;o9pC9PoPlVNpF68216j05uvtcrHgbGRJ2B5BRkhDveqNmJrsa3LahCoWt+kyjg+CrouHWutQBbr9&#10;7l47dhRheOMXeFCEdzDr0G8EVj0uugaYNoNOvTRBpB0UJxK8JY1zjr8PwinO9HdDIxWex2i40diN&#10;hvP6HuIjig2inNvup3CWhfQ596TsM4wDK7JRtED9jA03DXw7eCjroGicob6iYUNTHgkOLzI8o+t9&#10;RF3+G+s/AAAA//8DAFBLAwQUAAYACAAAACEARobTf98AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjpKI0xKkC4iF1RwqL7tx4mkTE48h22/D3OCtY3pmjO2eKzWQGdkbn&#10;e0sSxCIBhtRY3VMr4XP3evcAzAdFWg2WUMIPetiU11eFyrW90Aee69CyWEI+VxK6EMacc990aJRf&#10;2BEp7o7WGRVidC3XTl1iuRl4miT33Kie4oVOjfjcYfNdn4yEyu0yquqvITk+va1e3rdqvxJbKW9v&#10;puoRWMAp/MEw60d1KKPTwZ5IezbELLIsohLSNAU2A0Is18AO82QJvCz4/xfKXwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA8x13GJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBGhtN/3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="55EC6FA1" id="Graphic 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...205 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CD6E7B5" wp14:editId="6B83DF6C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0153B9E5" wp14:editId="040F47FC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>141775</wp:posOffset>
+                  <wp:posOffset>284212</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="9" name="Graphic 9"/>
+                <wp:docPr id="39" name="Graphic 39"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="3C85FB9A" id="Graphic 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbKo+1JwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzGmMOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Dl&#10;ljP0whRCW6NyflLI79afP61al6m5rawuFDAKYjBrXc4r712WJCgr1QicWKcMOUsLjfC0hX1SgGgp&#10;eqOT+XSaJq2FwoGVCpFON72Tr2P8slTS/yhLVJ7pnFNtPq4Q111Yk/VKZHsQrqrlUIb4hyoaURtK&#10;eg61EV6wA9R/hWpqCRZt6SfSNokty1qqyIHYzKYf2LxWwqnIhZqD7twm/H9h5fPxBVhd5HzJmREN&#10;SfQ4dGMZmtM6zAjz6l4g0EP3ZOUvJEfyzhM2OGC6EpqAJXKsi50+nTutOs8kHaY36XSWkiCSfLP5&#10;IgqRiGy8Kw/oH5WNccTxCX2vUzFaohot2ZnRBFI76Kyjzp4z0hk4I513vc5O+HAvFBdM1l4KCWeN&#10;PaqtjV7/oXIq7eLV5hqV3nxd3i4WnI0sCdsjyAhpqFe9EVOTfU1Om1DFYpnexvFBq+viodY6VIGw&#10;391rYEcRhjd+gQdFeAdzgH4jsOpx0TXAtBl06qUJIu1scSLBW9I45/j7IEBxpr8bGqnwPEYDRmM3&#10;GuD1vY2PKDaIcm67nwIcC+lz7knZZzsOrMhG0QL1MzbcNPbbwduyDorGGeorGjY05ZHg8CLDM7re&#10;R9Tlv7H+AwAA//8DAFBLAwQUAAYACAAAACEAARHBKN8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjBCiEOFVA/Ei9kdJDb27iJhH2OrLdNrw9mxOcVrM7mv2mWE3WsJP2&#10;YXAoQSwSYBob1w7YSfjavN08AAtRYauMQy3hRwdYlZcXhcpbd8ZPfapjxygEQ64k9DGOOeeh6bVV&#10;YeFGjXQ7OG9VJOk73np1pnBreJok99yqAelDr0b90uvmuz5aCZXfZFjVW5Mcnt+Xrx9rtVuKtZTX&#10;V1P1BCzqKf6ZYcYndCiJae+O2AZmSIssI6uENKU5G4S4fQS2nzd3wMuC/69Q/gIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBbKo+1JwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQABEcEo3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="5B272E26" id="Graphic 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.4pt;width:500.8pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAImSYmDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;HRIohDhVQPxIvZHCgZsbu0mEvY5stw1vz/YEx5n9NDtTrWZn2cGEOHqUkC0EMIOd1yP2Ej42L1d3&#10;wGJSqJX1aCT8mAir+vysUqX2R3w3hzb1jEIwlkrCkNJUch67wTgVF34ySLedD04lkqHnOqgjhTvL&#10;r4W45U6NSB8GNZmnwXTf7d5JaMImx6b9tGL3+Lp8flurr2W2lvLyYm4egCUzpz8YTvWpOtTUaev3&#10;qCOzpLM8J1RCUdCEE5BlxT2wLTk3Anhd8f8T6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAiZJiYN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D1F15D1" wp14:editId="6C94B5D6">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59492E17" wp14:editId="677A1FBF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>288078</wp:posOffset>
+                  <wp:posOffset>430516</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="10" name="Graphic 10"/>
+                <wp:docPr id="40" name="Graphic 40"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
             <w:pict>
-              <v:shape w14:anchorId="39B6659D" id="Graphic 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7A/ElKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Bl&#10;yRl6YQqhrVE5Pynkd+vPn1aty9TcVlYXChgFMZi1LueV9y5LEpSVagROrFOGnKWFRnjawj4pQLQU&#10;vdHJfDpNk9ZC4cBKhUinm97J1zF+WSrpf5QlKs90zqk2H1eI6y6syXolsj0IV9VyKEP8QxWNqA0l&#10;PYfaCC/YAeq/QjW1BIu29BNpm8SWZS1V5EBsZtMPbF4r4VTkQs1Bd24T/r+w8vn4AqwuSDtqjxEN&#10;afQ4tINOqD2tw4xQr+4FAkF0T1b+QnIk7zxhgwOmK6EJWKLHutjr07nXqvNM0mF6k05nKeWU5JvN&#10;FzFXIrLxrjygf1Q2xhHHJ/S9UsVoiWq0ZGdGE0jvoLSOSnvOSGngjJTe9Uo74cO9UFwwWXspJJw1&#10;9qi2Nnr9h8qptItXm2tUevP1drlYcDayJGyPICOkoV71RkxN9jU5bUIVi9t0GQcIra6Lh1rrUAXC&#10;fnevgR1FGN/4BR4U4R3MAfqNwKrHRdcA02bQqZcmiLSzxYkkb0nknOPvgwDFmf5uaKjCAxkNGI3d&#10;aIDX9zY+o9ggyrntfgpwLKTPuSdln+04siIbRQvUz9hw09hvB2/LOigaZ6ivaNjQnEeCw5sMD+l6&#10;H1GXP8f6DwAAAP//AwBQSwMEFAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG4sDS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj&#10;7x1JEIsEGFLjdE+thI/d6809MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/&#10;cANS3B3caFWIcWy5HtU5llvDb5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6&#10;aqoegQWcwh8Ms35UhzI67d2RtGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQD7A/ElKAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="59CE7CFA" id="Graphic 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.9pt;width:500.8pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGyCDeLfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;bYKaEuJUAfEj9UYKB25u7CYR9jqK3Ta8PdsTHGf20+xMuZ69Y0c7xSGgArkQwCy2wQzYKfjYvtys&#10;gMWk0WgX0Cr4sRHW1eVFqQsTTvhuj03qGIVgLLSCPqWx4Dy2vfU6LsJokW77MHmdSE4dN5M+Ubh3&#10;/FaIJfd6QPrQ69E+9bb9bg5eQT1tM6ybTyf2j6/589tGf+Vyo9T11Vw/AEt2Tn8wnOtTdaio0y4c&#10;0ETmSMssI1TBMqcJZ0DKu3tgO3JWAnhV8v8Tql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAbIIN4t8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFA0DB2" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="60324CE9" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
-        <w:spacing w:before="7"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09EC67BE" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="04BD7624" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
-        <w:spacing w:before="6"/>
-[...190 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:szCs w:val="20"/>
-[...175 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77C4D329" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="736A0157" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
       <w:pPr>
-        <w:spacing w:before="6"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E642DE">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ли без использования таких средств).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C264A3" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="709B88C5" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Я согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_______________________________________________________      _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19DAD951" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-10"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>наличии))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E642DE">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BCFB3B1" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A2D8123" w14:textId="77777777" w:rsidR="00F329AD" w:rsidRPr="00EA3591" w:rsidRDefault="00F329AD" w:rsidP="00F329AD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-10"/>
-          <w:sz w:val="20"/>
-[...278 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="145" w:type="dxa"/>
-[...9 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4537"/>
+        <w:gridCol w:w="9974"/>
+        <w:gridCol w:w="61"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w14:paraId="4483042A" w14:textId="77777777" w:rsidTr="00882841">
+      <w:tr w:rsidR="00C6146D" w:rsidRPr="0022417C" w14:paraId="556224A4" w14:textId="77777777" w:rsidTr="00413F8A">
         <w:trPr>
-          <w:trHeight w:val="304"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="9974" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D30FFE1" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+          <w:p w14:paraId="3E91E845" w14:textId="77777777" w:rsidR="00C6146D" w:rsidRPr="0022417C" w:rsidRDefault="00C6146D" w:rsidP="00C6146D">
             <w:pPr>
-              <w:spacing w:before="3"/>
-[...132 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:tcW w:w="61" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B57AE9B" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+          <w:p w14:paraId="7E887E4C" w14:textId="3A52AB95" w:rsidR="00C6146D" w:rsidRPr="0022417C" w:rsidRDefault="00C6146D" w:rsidP="00C6146D">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C6146D" w:rsidRPr="00D47CCF" w14:paraId="612DC274" w14:textId="77777777" w:rsidTr="00413F8A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9974" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="353C4A86" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="26" w:name="z349"/>
+            <w:bookmarkStart w:id="27" w:name="_Hlk204768059"/>
+          </w:p>
+          <w:p w14:paraId="5B1915E1" w14:textId="0802DB02" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C694455" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D6F6ACA" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оценочный лист кандидата со стажем на вакантную</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или временно вакантную должность педагога</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="9671" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="446"/>
+              <w:gridCol w:w="3075"/>
+              <w:gridCol w:w="3075"/>
+              <w:gridCol w:w="3075"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="6AEBF4AD" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:bookmarkEnd w:id="26"/>
+                <w:p w14:paraId="56608F3D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>№</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5163F86B" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Критерии</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="033DF1DF" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Подтверждающий документ</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7A74B90C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Кол-во баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="49756957" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7916703A" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>1.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="6CDC6A1D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Уровень образования</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5EDFBCEA" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="485F49E1" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Техническое</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> и профессиональное - 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0AA213A9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшее</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> - 2 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="06D8E27C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшее</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> с отличием - 3 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="04D7649B" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="38571495" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>2.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7FBD7A22" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Ученое звание/ученая степень/степень </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="23035AAC" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Копии диплома об образовании и приложения к диплому/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="52BA36C0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Доктор наук - 15 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4CD33B6A" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Кандидат наук, доктор </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>PhD</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>, доктор по профилю - 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5E9B3F47" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Магистр по педагогическому направлению – 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="69AFDF07" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="563B51AB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>3.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="3CB8F246" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Квалификационная категория </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1E334983" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Удостоверение, иной документ</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="3097F783" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Педагог- 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="50FF3D06" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Педагог-модератор - 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6AD4E040" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Педагог-эксперт - 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="03ABE5A0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Педагог-исследователь - 7 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7494CDAA" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Педагог-мастер - 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0BA2E8D9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>"Заместитель руководителя третьей квалификационной категории" - 5 баллов,</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="03CB8A81" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> "Заместитель руководителя второй квалификационной категории" - 6 баллов, </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="328D16C9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>"Заместитель руководителя первой квалификационной категории" - 7 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="61F9CF1E" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1B0C10B9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>4.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="38EA4261" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0E014D6C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="6303D4F7" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Методист, стаж в должности не менее двух лет - 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="250DF26E" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Методист, стаж в должности более четырех лет- 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="231A329D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Заместитель директора стаж в должности не менее двух лет - 3 балла; </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3F1483E8" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Заместитель директора стаж в должности более двух лет - 4 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="11153114" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Директор стаж в должности не менее двух лет - 4 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="75087EEA" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Директор стаж в должности более четырех лет - 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="03E47779" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="478B9255" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>5.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="507997F3" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="63C733A5" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Рекомендательное письмо (по должности педагога c предыдущего места работы) </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="6C153022" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Наличие положительного рекомендательного письма - 3 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="666FF223" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="6EC81ED1" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>6.*</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0E532B2B" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Показатели профессиональных достижений (</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>за</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> последние 3 года)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="27ABD22F" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="05AB2C72" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="12D4BCF3" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>- государственная награда</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="06617E36" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> 1) призеры городских/районных олимпиад и конкурсов - 0,5 балла, </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="65339F7A" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>областных</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> -1 балл, республиканских -2 балла, международных - 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0879FE90" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>2) научных проектов: городской/районный -0,5 балла, областной - 1 балл, республиканский -2 балла, международный – 3 балла</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                </w:p>
+                <w:p w14:paraId="4B279BB9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>3) участник конкурса "Лучший педагог" - 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="498DF800" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>4) призер конкурса "Лучший педагог" - 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="0992A711" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="6FA91642" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>7.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="44C7D13F" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Общественно-педагогическая деятельность</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="40B32DB0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="34EC7D93" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Наставник - 0,5 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6F9A3290" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Руководитель методического объединения - 2 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="68EA1BD0" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5A1FE841" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>8**.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="151DDE7B" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Курсовая подготовка</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="35ECD87F" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>- сертификаты предметной подготовки;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5A3A425F" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>- сертификат на цифровую грамотность,</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0811263C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>КАЗТЕСТ или QAZAQ RESMI TEST;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="14F4789B" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> IELTS; </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="01C39D9E" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> TOEFL; </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="48825891" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>DELF;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4B8C85EC" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>GoetheZertifikat</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>обучение по программам</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> "Основы программирования в </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Python</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">", "Обучение работе с </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Microsoft</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">" </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="68FA9802" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Курсера</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                </w:p>
+                <w:p w14:paraId="70A6666E" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Международные</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>курсы</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3AB484C5" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  TEFL Cambridge </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3A564851" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"CELTA (Certificate in Teaching English to Speakers of Other Languages)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1B212199" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="611299B6" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="219FBEA0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0860BBFF" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"TKT Teaching Knowledge Test"</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0218DE23" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0F0E968C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3DB22452" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"TESOL" Certificate in teaching English for young learners</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="762835C0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7FA31064" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">IHCYLT - International House Certificate In Teaching Young </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>Learners and Teenagers</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2DB8C018" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="23AE24A0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Maths</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Teaching</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6ABFC1AC" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5975E27D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Educational Management</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1A7EAAAE" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0866A3D0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Курсы</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>на</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>платформе</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Coursera</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Futute</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> learn</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="64A72ACB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Teaching Mathematics with Technology</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7C218B7A" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Special Educational Needs</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2DF0D071" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"Developing expertise in teaching chemistry"</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0A79421D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>Курсы повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации - 0,5 балла (каждый отдельно)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="0764A3BA" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="446" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7839ED20" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="614ADA69" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0FA9DCAB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Итого:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="02833C87" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7FB5C78D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7BB57B7C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7C4F4059" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="3AE9C0C1" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="28" w:name="z401"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      Примечание:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
+          <w:p w14:paraId="34949012" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>* В 6 пункте учитывается призеры за последние 3 (три) года по каждому уровню (городской/районный) олимпиад и конкурсов 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских -2 балла, международных - 3 балла;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4267C1DB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов: городской/районный - 1 балл, областной - 1 балл, республиканский -2 балла, международный – 3 балла соответственно;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="2184B4B2" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры республиканских олимпиад и конкурсов - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B14C4BC" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>** В 8 пункте учитываются сертификаты организаций курсов повышения квалификации, согласованные с уполномоченным органом в области образования, реализуемым организациями повышения квалификации за последние 3 (три) года - 0,5 балл (за каждый отдельно).</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="6043"/>
+              <w:gridCol w:w="3901"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="092DB6B9" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+                <w:tblCellSpacing w:w="0" w:type="auto"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="66CC69B7" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="4B00706A" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6AE571AA" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7F467AD1" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4DE2B210" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0CD5FFAF" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="08BE9752" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="12BFE7DA" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="672E5F79" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="79119785" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="32EEBF1B" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0C2636F8" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="31177880" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6C768703" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="1A2666FE" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4E49DD23" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="02B570C5" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="05B3DC02" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="600BF32C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="457CC387" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3ED10BCC" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4958CF98" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="59D5D0B9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="13FCBECA" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6947ED73" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="063FCB6E" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="41F175FA" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="49B04D27" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2DFF439C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="5E65F9D1" w14:textId="0B8CA76A" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Приложение 13</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>к Правилам назначения</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>на должности, освобождения</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>от должностей первых</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>руководителей</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>и педагогов государственных</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>организаций образования</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="218E4AD7" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+                <w:tblCellSpacing w:w="0" w:type="auto"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="39C78AFC" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="372BACBB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Форма</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="6AD9E9D4" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="29" w:name="z404"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оценочный лист кандидата без стажа на вакантную</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или временно вакантную должность педагога</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00D47CCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="9934" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="709"/>
+              <w:gridCol w:w="3075"/>
+              <w:gridCol w:w="3075"/>
+              <w:gridCol w:w="3075"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="64B9FD65" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:bookmarkEnd w:id="29"/>
+                <w:p w14:paraId="44EC4E0C" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>№</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="387AE8B8" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Критерии</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5E3EA3D3" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Подтверждающий документ </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="241FAC59" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Кол-во баллов </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6E238BE0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>(от 1 до 30)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="62A9F241" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="4E3AF09F" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>1.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="462DD0F0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Уровень образования</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="66B56479" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="57DC5544" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Техническое</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> и профессиональное - 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3ABFED57" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Техническое</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> и профессиональное с отличием -2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="70010210" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшее</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> - 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="71B90962" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшее</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> с отличием – 4 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="28F97C5C" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="2CBF98FB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>2.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="4D5CA834" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Ученое звание/ученая степень/степень </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="76ADB69E" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Копии диплома об образовании и приложения к диплому/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0143C28A" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Доктор наук - 15 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1F8AD46B" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Кандидат наук, доктор </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>PhD</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>, доктор по профилю - 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2C03CDC3" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Магистр по педагогическому направлению – 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="52645D95" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="06248E55" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>3.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="437517DA" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Результаты прохождения сертификации </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7E20D488" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Сертификат</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="4C864EC1" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>50 % - 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="57882AF0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>60-80 % - 4 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1DE41773" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>80-100% – 6 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="45045123" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="6F670FEB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>4.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5FDA8EB3" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Результаты педагогической/ профессиональной практики</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5EA14B42" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Приложение к диплому об образовании</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="6CD101D5" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>"3" - 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="294046EF" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>"4"-3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="21EE10B9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>"5" – 4 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="41DAE058" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="51A993F0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>5.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="719D516D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  Рекомендательное письмо с места учебы </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="3B49AA60" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Рекомендательное письмо</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1419EE62" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Наличие положительного рекомендательного письма - 3 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="1AB8F673" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="04DD7966" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>6.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="3F86E0F9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Участие в волонтерской работе</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="34717CA9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Документ участия</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="00C82ED3" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>1 балл</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="384E2716" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="44D34A2F" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>7.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="78D1B916" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Ведение странички интернета, социальных сетей с публикацией о педагогической деятельности (публикации авторских научных проектов, уроки, семинары)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="20B67894" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Ссылки</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="133C9BB6" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>до 1 года -1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="172E55B5" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>от 1 до 3 лет -2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="679ACA42" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>от 3 лет -3 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="7CDA3F6A" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="293E3A0E" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>8.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5345F45D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Участие в работе летних лагерей</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="3DBC865A" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Документ участия</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="047AFA20" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>2 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="4907148F" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5BBFC2A3" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>9.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="669ACE3D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Участие в конкурсах по месту учебы (научных проектов, творческих и др.)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="5BE6F0FF" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Документ участия</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="45B8439F" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>За каждое участие 1 балл, но не более 4 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="0EF9AC38" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="2FAC9E12" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>10.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="0C38F681" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Наличие сертификатов КАЗТЕСТ, QAZAQ RESMI TEST; </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="00555DCD" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">IELTS; TOEFL; DELF; </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Goe</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>the</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Zertifikat</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>обучение по программам</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> "Основы программирования в </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Python</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">", "Обучение работе с </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Microsoft</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">" </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Курсера</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                </w:p>
+                <w:p w14:paraId="65FC3805" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Международные</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>курсы</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>:</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="17FDFAA7" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="05858A93" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6F21DBD4" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="00FB373A" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="40824C11" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>TKT</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="61ACF128" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"Teaching Knowledge Test</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="42AC6DB0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Certificate in EMI Skills (English as a Medium of Instruction)"</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6BF8D0D3" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Teacher of English to Speakers of Other Languages (TESOL)"TESOL"</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="43703154" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>Сертификат</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="422134F6" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>плюс 1 балл (за каждый отдельно)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w14:paraId="78B4046F" w14:textId="77777777" w:rsidTr="00AE5146">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="1B509492" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7D606FAA" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="77A8C9A9" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D47CCF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Итого:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="214D50CE" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2E21C4C8" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="6086ED3E" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="33485364" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="2D1AFFC0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FD2321A" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3DD908FB" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A3A50A3" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A3453AF" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="047B2B95" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04439FCA" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3155C5C0" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42902786" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F49122D" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="214B21AA" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A573E03" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FF2EF53" w14:textId="77777777" w:rsidR="00D47CCF" w:rsidRPr="00D47CCF" w:rsidRDefault="00D47CCF" w:rsidP="00D47CCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
+          <w:p w14:paraId="31248B4F" w14:textId="1994C356" w:rsidR="00C6146D" w:rsidRPr="00D47CCF" w:rsidRDefault="00C6146D" w:rsidP="00C6146D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:tcW w:w="61" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DD24101" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+          <w:p w14:paraId="62012678" w14:textId="108D58CF" w:rsidR="00C6146D" w:rsidRPr="00D47CCF" w:rsidRDefault="00C6146D" w:rsidP="00C6146D">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="637A5C0C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+    <w:p w14:paraId="3C9D39D4" w14:textId="77777777" w:rsidR="00C6146D" w:rsidRPr="00D47CCF" w:rsidRDefault="00C6146D" w:rsidP="009E098E">
       <w:pPr>
-        <w:spacing w:before="112"/>
-[...125 lines deleted...]
-          <w:sz w:val="17"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...124 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...14346 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00C6146D" w:rsidRPr="00D47CCF" w:rsidSect="009D5E8B">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Microsoft Sans Serif">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...7 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Microsoft Sans Serif">
+    <w:altName w:val="Microsoft Sans Serif"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...1733 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
-[...1 lines deleted...]
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00592352"/>
-[...23 lines deleted...]
-    <w:rsid w:val="00EE2A23"/>
+    <w:rsidRoot w:val="00AD79D9"/>
+    <w:rsid w:val="000B234B"/>
+    <w:rsid w:val="00112BCA"/>
+    <w:rsid w:val="001A12C4"/>
+    <w:rsid w:val="00221FB9"/>
+    <w:rsid w:val="0022417C"/>
+    <w:rsid w:val="003D0668"/>
+    <w:rsid w:val="00413F8A"/>
+    <w:rsid w:val="004227F3"/>
+    <w:rsid w:val="00462582"/>
+    <w:rsid w:val="004B7B81"/>
+    <w:rsid w:val="005610BA"/>
+    <w:rsid w:val="00577D1F"/>
+    <w:rsid w:val="005C331D"/>
+    <w:rsid w:val="005D1C4A"/>
+    <w:rsid w:val="00740EBE"/>
+    <w:rsid w:val="0084622C"/>
+    <w:rsid w:val="008A5EB4"/>
+    <w:rsid w:val="008D6BBD"/>
+    <w:rsid w:val="009960F6"/>
+    <w:rsid w:val="009E098E"/>
+    <w:rsid w:val="009E369C"/>
+    <w:rsid w:val="009F3154"/>
+    <w:rsid w:val="00AD79D9"/>
+    <w:rsid w:val="00C6146D"/>
+    <w:rsid w:val="00D47CCF"/>
+    <w:rsid w:val="00D76625"/>
+    <w:rsid w:val="00DC7B12"/>
+    <w:rsid w:val="00EC5082"/>
+    <w:rsid w:val="00F329AD"/>
+    <w:rsid w:val="00F41CC1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="59991963"/>
+  <w14:docId w14:val="35EE6596"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -21603,170 +14228,218 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="009E098E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="009E098E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E098E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00F329AD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00F329AD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
-[...8 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00F329AD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -21841,292 +14514,303 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="009E098E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="009E098E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E098E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00F329AD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00F329AD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
-[...8 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00F329AD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
+  <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -22254,87 +14938,90 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26FD77CB-634C-4345-9CD7-BA277410D76E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1934</Words>
-  <Characters>11025</Characters>
+  <Words>2440</Words>
+  <Characters>13911</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>115</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Grizli777</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12934</CharactersWithSpaces>
+  <CharactersWithSpaces>16319</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar;Асаинова Шынар Бакибаевна</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>админ</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...15 lines deleted...]
-</file>