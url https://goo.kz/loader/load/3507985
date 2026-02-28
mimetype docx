--- v0 (2026-02-04)
+++ v1 (2026-02-28)
@@ -1,384 +1,8244 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="40158DCB" w14:textId="29C49A6C" w:rsidR="00616232" w:rsidRPr="00D514E3" w:rsidRDefault="00616232" w:rsidP="00616232">
+    <w:p w14:paraId="111AEB45" w14:textId="0B99969C" w:rsidR="003E3EEA" w:rsidRPr="003858D6" w:rsidRDefault="00DF4A7D" w:rsidP="00B00AEE">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="003858D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="003858D6" w:rsidRPr="003858D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="00966B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="003858D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003858D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="003858D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C07B86" w14:textId="77777777" w:rsidR="00F056FD" w:rsidRPr="003858D6" w:rsidRDefault="003858D6" w:rsidP="00F056FD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidR="00F056FD" w:rsidRPr="003858D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілде оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA00B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагог-ассистент </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE64F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос </w:t>
+      </w:r>
+      <w:r w:rsidR="00F056FD" w:rsidRPr="003858D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="034FAC22" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="003858D6" w:rsidRDefault="00B00AEE" w:rsidP="00E41FA4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003858D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003858D6" w:rsidRPr="006E1925" w14:paraId="1F7A6853" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="558013FB" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8B65BE" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57CAF088" w14:textId="724621C2" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="005C60F0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №</w:t>
+            </w:r>
+            <w:r w:rsidR="00966B3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003858D6" w:rsidRPr="00966B3F" w14:paraId="014B66BF" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3601069A" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6067229A" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA753EC" w14:textId="2D242172" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="005C60F0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140000, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00966B3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Айманов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі, 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003858D6" w:rsidRPr="00BA00B1" w14:paraId="39FD2925" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="44B150FA" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="617C6B60" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D301E09" w14:textId="5F419EF3" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="005C60F0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidR="00966B3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>537401</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қабылдаубөлімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003858D6" w:rsidRPr="00BA00B1" w14:paraId="2C506BBA" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="40203D3E" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FDA5455" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E20E6D" w14:textId="5104C515" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="005C60F0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sosh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00966B3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">35 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00BA00B1" w14:paraId="3ADAF4B2" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="24418947" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="013C1FF2" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA22E66" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="00BA00B1" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-ассистент- 1 жүктеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="006E1925" w14:paraId="59949FE9" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7CEA166B" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6B0B32" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14994E9D" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5869A185" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="676645E7" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00BA00B1" w14:paraId="4F47F2EB" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="35C78430" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4226F769" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BEE460B" w14:textId="77777777" w:rsidR="003858D6" w:rsidRPr="00BA00B1" w:rsidRDefault="003858D6" w:rsidP="003858D6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F01F81A" w14:textId="028EFFA5" w:rsidR="003858D6" w:rsidRDefault="003858D6" w:rsidP="003858D6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA00B1" w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00966B3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орта арнаулы  -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>117508теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42F21AE8" w14:textId="0CF5A72D" w:rsidR="00966B3F" w:rsidRPr="00BA00B1" w:rsidRDefault="00966B3F" w:rsidP="003858D6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   жоғары – 129543 теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7997CAB1" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00BA00B1" w:rsidRDefault="008E7665" w:rsidP="00BA00B1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00BA00B1" w14:paraId="16FF8A1C" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="163EFCB6" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA00B1" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="097195B5" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA00B1" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6588EE15" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA00B1" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="512297B6" w14:textId="77777777" w:rsidR="00BA00B1" w:rsidRPr="00BA00B1" w:rsidRDefault="00BA00B1" w:rsidP="00BA00B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психологиялық-медициналық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>консультацияның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсынымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>берілуіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажеттілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баланы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психологиялық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сүйемелдеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3722F32A" w14:textId="77777777" w:rsidR="00BA00B1" w:rsidRPr="00BA00B1" w:rsidRDefault="00BA00B1" w:rsidP="00BA00B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажеттіліктерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мақсатында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мамандар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>командалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағалауына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сондай-ақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құрастыруға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52D76820" w14:textId="77777777" w:rsidR="00BA00B1" w:rsidRPr="00BA00B1" w:rsidRDefault="00BA00B1" w:rsidP="00BA00B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдастырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>берілуіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажеттілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өзіндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мінез-құлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ерекшеліктеріне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байланысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шектелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көмек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психологиялық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қолдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CC2739C" w14:textId="77777777" w:rsidR="00BA00B1" w:rsidRPr="00BA00B1" w:rsidRDefault="00BA00B1" w:rsidP="00BA00B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиелеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>берілуіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажеттілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар бала </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деректерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бақылауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жинақтайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламасын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>меңгеру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әлеуметтік-бейімдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мінез-құлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дағдыларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қалыптастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>серпінін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>хаттамалауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баланы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әлеуметтендіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мониторингтеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиешілер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мамандарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ақпарат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>береді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AD9F54C" w14:textId="77777777" w:rsidR="00BA00B1" w:rsidRPr="00BA00B1" w:rsidRDefault="00BA00B1" w:rsidP="00BA00B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажеттіліктері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баланың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өмір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сүру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қауіпсіздігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулығының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қажетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56A44557" w14:textId="77777777" w:rsidR="00BA00B1" w:rsidRPr="00BA00B1" w:rsidRDefault="00BA00B1" w:rsidP="00BA00B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>белгіленген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есептік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттаманы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7705078C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA00B1" w:rsidRDefault="00B1578A" w:rsidP="00BA00B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00BA00B1" w14:paraId="691AEFE3" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64621E93" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA00B1" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="233BD568" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00BA00B1" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4976AEC1" w14:textId="57C125BF" w:rsidR="00B1578A" w:rsidRPr="00BA00B1" w:rsidRDefault="00AC1258" w:rsidP="002C0A22">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15.01.2026- 23.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00966B3F" w14:paraId="6F212364" w14:textId="77777777" w:rsidTr="003858D6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4971C622" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00BA00B1" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCAEB0F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00BA00B1" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BFFF8C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қағидаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3-қосымшаға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қоса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18BB5D2D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>берілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тізбесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсете</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66F24D7A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7893421E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445C8251" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкестендіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C003C5D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20187495" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="653D45D4" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00826698" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AACBDB7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00826698" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FF6FE4E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5186D4AB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C999843" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сондай-ақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>оларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нұсқаулықтарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B730AA5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" ҚР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="376C40A5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EF8D893" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00826698" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">075/у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B99690D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00826698" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="075FF5E9" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мінез-құлықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұзылушылықтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>аурудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0769AB7D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>динамикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бақылауда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жоқтығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BE48497" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>аурудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>динамикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бақылауда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жоқтығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08BF9F2D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A4A40D0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DA53FA2" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бар </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5786FC0C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70803C29" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00826698" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орналасуға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0290EF01" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>пән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D2DA174" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-модератор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A979970" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14E6344C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E71114D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">English Language Teaching to Adults. Cambridge) PASS A; DELTA </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32B19652" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Diploma in English Language Teaching to Adults) Pass and above </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61E093C4" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IELTS (IELTS - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F91A715" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60-65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсеткіші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11C3CB84" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>осы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қағидаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12, 13-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымшаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F63363C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C2466E0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B8B795D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00627D00" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00627D00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C86EC39" w14:textId="10BBC466" w:rsidR="00966B3F" w:rsidRPr="00BA00B1" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00826698">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="006E1925" w14:paraId="21D82D2B" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6557A79D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00BA00B1" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EC62EA3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00BA00B1" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA00B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43F8260A" w14:textId="7AAC16CC" w:rsidR="00966B3F" w:rsidRPr="00BA00B1" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша, бала күтіміне байланысты декреттік демалыстағы мұғалім орнына  01.06..2026 –ға дейін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7D4994CC" w14:textId="77777777" w:rsidR="003153C2" w:rsidRPr="003858D6" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E77DC9F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="006E1925">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="725F6457" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="006E1925" w:rsidRDefault="006E1925" w:rsidP="006E1925">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15ED7EE3" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00D514E3" w:rsidRDefault="00616232" w:rsidP="00616232">
-[...10 lines deleted...]
-    <w:p w14:paraId="7BD2E826" w14:textId="367E9603" w:rsidR="00616232" w:rsidRPr="00BF3775" w:rsidRDefault="00616232" w:rsidP="00616232">
+    <w:p w14:paraId="509960BB" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00BF3775" w:rsidRDefault="006E1925" w:rsidP="006E1925">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF3775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Павлодар облысы білім беру басқармасының, Павлодар қаласының білім беру бөлімінің</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6520F68F" w14:textId="314DB0EE" w:rsidR="00616232" w:rsidRPr="00BF3775" w:rsidRDefault="00616232" w:rsidP="00616232">
+    <w:p w14:paraId="2720BAFB" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00BF3775" w:rsidRDefault="006E1925" w:rsidP="006E1925">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF3775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«Павлодар қаласының № 35 жалпы орта білім беру мектебі» КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C9FB66C" w14:textId="6197ABC5" w:rsidR="00616232" w:rsidRPr="009F067C" w:rsidRDefault="00616232" w:rsidP="00616232">
+    <w:p w14:paraId="2DB1E8E1" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="009F067C" w:rsidRDefault="006E1925" w:rsidP="006E1925">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ұзартылған күн тобының тәрбиешісі </w:t>
+        <w:t xml:space="preserve">ұзартылған күн тобының тәрбиешісі  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>(уақытша, негізгі қызметкердің бала күтімі бойынша</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F067C">
+    </w:p>
+    <w:p w14:paraId="1D3FD456" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00255393" w:rsidRDefault="006E1925" w:rsidP="006E1925">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(уақытша, негізгі қызметкердің бала күтімі бойынша</w:t>
-[...7 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">демалыс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">демалыс </w:t>
+        <w:t>кезеңіне 01.0</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F067C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>кезеңіне 01.0</w:t>
+        <w:t>9</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>.202</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F067C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.202</w:t>
+        <w:t xml:space="preserve">8 </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">8 </w:t>
+        <w:t>жылға дейін</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F067C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жылға дейін</w:t>
+        <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00255393">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> конкурс жариялайды</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F1F4582" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00616232">
+    <w:p w14:paraId="34C19D7E" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="006E1925">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="568"/>
         <w:gridCol w:w="2985"/>
         <w:gridCol w:w="6223"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00616232" w:rsidRPr="00616232" w14:paraId="487970AA" w14:textId="77777777" w:rsidTr="00D06AA6">
+      <w:tr w:rsidR="006E1925" w:rsidRPr="007B08DB" w14:paraId="7FE2DE92" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="297E3D99" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="02C3B1BC" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B0DED0C" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="28862D4D" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6223" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="104BD6BB" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="3E8498B3" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Павлодар облысы білім беру басқармасының, Павлодар қаласының білім беру бөлімінің «Павлодар қаласының № 35 жалпы орта білім беру</w:t>
             </w:r>
@@ -388,280 +8248,280 @@
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616232" w:rsidRPr="00616232" w14:paraId="4FA13315" w14:textId="77777777" w:rsidTr="00D06AA6">
+      <w:tr w:rsidR="006E1925" w:rsidRPr="00616232" w14:paraId="5D2CA2B9" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="75E41474" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="3D81752F" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49F19928" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="2A796684" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6223" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="548D667A" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="0E5E92A6" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>140005, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Айманов көшесі, 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616232" w:rsidRPr="00616232" w14:paraId="716DEE8F" w14:textId="77777777" w:rsidTr="00D06AA6">
+      <w:tr w:rsidR="006E1925" w:rsidRPr="00616232" w14:paraId="37B41D7C" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="76318185" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="146B8ACC" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6442C3CD" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="7CB863AF" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6223" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="705E6C4E" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="48D53DE4" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 537104</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616232" w:rsidRPr="00616232" w14:paraId="6353B29E" w14:textId="77777777" w:rsidTr="00D06AA6">
+      <w:tr w:rsidR="006E1925" w:rsidRPr="00616232" w14:paraId="13F7AC9A" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2165D877" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="13DBE6BB" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B2E1217" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="762F4EC0" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6223" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1178D36D" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="0FED0C25" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
@@ -674,1572 +8534,566 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616232" w:rsidRPr="00616232" w14:paraId="18BB4DE8" w14:textId="77777777" w:rsidTr="00D06AA6">
+      <w:tr w:rsidR="006E1925" w:rsidRPr="007B08DB" w14:paraId="03F4E0A4" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF8562E" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="1FA55C86" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E0EE312" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="25DB4C95" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6223" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C2A2ADE" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="6915CA0A" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Ұзартылған күн  тобының тәрбиешісі </w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  1 жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616232" w:rsidRPr="00616232" w14:paraId="406625BB" w14:textId="77777777" w:rsidTr="00D06AA6">
+      <w:tr w:rsidR="006E1925" w:rsidRPr="007B08DB" w14:paraId="3EBCEF31" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="64A88D27" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="645AA27B" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="313C0323" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="04183DA7" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6223" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="665113C1" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="3101D189" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="006E1925" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:pStyle w:val="ab"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00616232">
+            <w:r w:rsidRPr="006E1925">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...230 lines deleted...]
-              <w:t>;</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру процесі кезінде балалардың өмірі мен денсаулығын сақтау үшін жағдайлар жасауды қамтамасыз етеді;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F6FBC3D" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="2DD05282" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="006E1925" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:pStyle w:val="ab"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00616232">
+            <w:r w:rsidRPr="006E1925">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...420 lines deleted...]
-              <w:t>;</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      мемлекеттік жалпыға міндетті білім беру стандартының талаптарына, мектепке дейінгі тәрбие мен оқытудың үлгілік оқу жоспарына сәйкес сабақ кестесіне сәйкес педагогикалық процесті жүзеге асырады;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C9543EF" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="2BFA019F" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="006E1925" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:pStyle w:val="ab"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00616232">
+            <w:r w:rsidRPr="006E1925">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...260 lines deleted...]
-              <w:t>);</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      балалар қызметін басқарады (ойын, шығармашылық, танымдық, қозғалыс, бейнелеу, еңбек, эксперименттік, дербес және өзгесі);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="555BDE25" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="311CF3AD" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="006E1925" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:pStyle w:val="ab"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00616232">
+            <w:r w:rsidRPr="006E1925">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...100 lines deleted...]
-              <w:t>;</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      балалардың біліктері мен дағдыларының дамуын қадағалайды;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616232" w:rsidRPr="00616232" w14:paraId="52F998CD" w14:textId="77777777" w:rsidTr="00D06AA6">
+      <w:tr w:rsidR="006E1925" w:rsidRPr="00616232" w14:paraId="0AB9EA05" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="29C24D2E" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="7130FF3E" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E1793D0" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="7FBCE28F" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6223" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="098E4B96" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="0C4C7DAA" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32F675BC" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="6D7DA405" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">арнайы орта білім (min): </w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">132604,40 </w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>теңге;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="340F88A3" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="080A35AD" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- жоғары білім (min): </w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">164361,80 </w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616232" w:rsidRPr="00616232" w14:paraId="65413D64" w14:textId="77777777" w:rsidTr="00D06AA6">
+      <w:tr w:rsidR="006E1925" w:rsidRPr="007B08DB" w14:paraId="0F52A14C" w14:textId="77777777" w:rsidTr="00431889">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C67C42B" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="19536FD3" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43DD7B57" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="30F5B95C" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22D18AA7" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="5DD4D1BE" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6223" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC0FE89" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="487F3F43" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:pStyle w:val="ab"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
@@ -3096,63 +9950,65 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>қойылмайды</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15F1ADC1" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="54AAD3FE" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:pStyle w:val="ab"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>және</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
@@ -3296,276 +10152,286 @@
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>өтілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">: педагог-модератор </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>және</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">педагог-модератор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> педагог-</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>сарапшы</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>үшін</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>кемінде</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>жыл</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>, педагог-</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>зерттеуші</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>үшін</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>кемінде</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 3 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>жыл</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>, педагог-</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>шебер</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> үшін-5 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>жыл</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> үшін-5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00616232">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73A392BC" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="38938B45" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:pStyle w:val="ab"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
@@ -3904,240 +10770,238 @@
               <w:t xml:space="preserve"> 4 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>жыл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616232" w:rsidRPr="00616232" w14:paraId="7C990358" w14:textId="77777777" w:rsidTr="00D06AA6">
+      <w:tr w:rsidR="006E1925" w:rsidRPr="00616232" w14:paraId="0C1DF5E5" w14:textId="77777777" w:rsidTr="00431889">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12DD125A" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="7002A22B" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4615C52F" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="3014495A" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6223" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C3A88A5" w14:textId="3F043559" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="154ED3BF" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.01 —23.01..2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616232" w:rsidRPr="00616232" w14:paraId="31D85AC9" w14:textId="77777777" w:rsidTr="00D06AA6">
+      <w:tr w:rsidR="006E1925" w:rsidRPr="00616232" w14:paraId="582552EE" w14:textId="77777777" w:rsidTr="00431889">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15224C45" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="746F0BCF" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FD4ABEF" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="6324F830" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6223" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CD4EADA" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="1C522A2C" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) осы </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -4231,53 +11095,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>қоса</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F42B724" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="1728A092" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>берілетін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -4384,106 +11247,104 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>қатысу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D78A2FE" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="0CA4B890" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>туралы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>өтініш</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6811A59D" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="264936A5" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">2) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -4579,53 +11440,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>құжаттар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="080B72D9" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="61C2129C" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>сервисінен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -4712,53 +11572,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>үшін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">); </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A419725" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="6D50CD20" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">3) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -5054,53 +11913,52 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>болса</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>);</w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="015035A5" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="4FDA3863" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -5176,71 +12034,69 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>лауазымға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D26AE30" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="01B2203C" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>қойылатын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>біліктілік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
@@ -5310,106 +12166,104 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>туралы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FF570EE" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="298B5159" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>құжаттардың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>көшірмелері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15FA4BD5" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="60BC9BF9" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">5) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -5505,53 +12359,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> (бар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>болса</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">); </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E3BD709" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="3EB88BBB" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>6) "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -5647,53 +12500,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>құжаттамасының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18B55800" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="48D54A78" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>нысандарын</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -5780,53 +12632,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>нұсқаулықтарды</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FFDC8C5" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="3996A6A6" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>бекіту</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -5913,53 +12764,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>міндетін</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="460C266D" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="63840BF7" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>атқарушының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -5986,53 +12836,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> 30 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>қазандағы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B2AFCFC" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="5BCBDE84" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>бұйрығымен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -6128,106 +12977,104 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>жағдайы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B384423" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="37245B59" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>туралы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>анықтама</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="589ABE77" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="08D146AB" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">7) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -6283,53 +13130,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> бар </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>аурудың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4389CD92" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="5F90BFB9" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>динамикалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -6405,53 +13251,52 @@
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>анықтама</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18A03AED" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="4F17FF7D" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -6527,53 +13372,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>жоқтығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56014441" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="66B12BBC" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>туралы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -6589,53 +13433,52 @@
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>анықтама</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09A44743" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="35E7B685" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> 9) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -6729,53 +13572,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>немесе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E4E7A0D" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="1551E363" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>қолданыстағы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -6873,86 +13715,84 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>куәлік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  (</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">бар </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23AD4514" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="018D02FE" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>болса</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">); </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="493FC996" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="19B87C54" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">10) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -7028,53 +13868,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>орналасуға</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F25579C" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="558662E1" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>кандидаттар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
@@ -7181,53 +14020,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>туралы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="469EC686" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="1F8C3834" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">сертификат </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -7263,53 +14101,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> педагог-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>сарапшы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5432EE20" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="6154F89B" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>немесе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -7396,53 +14233,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>санатының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40E62D99" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="13D24AB9" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>болуы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -7549,122 +14385,119 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5970169B" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="05894AB7" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">English Language Teaching to Adults. Cambridge) PASS A; DELTA </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C2011D9" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="7F040819" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">(Diploma in English Language Teaching to Adults) Pass and above </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>немесе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35598DFF" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="58B79B12" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">IELTS (IELTS - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
@@ -7755,53 +14588,52 @@
               <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>nternet</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47A93326" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="16C4E246" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Based Test (</w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -7886,53 +14718,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>сертификат</w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="411C0588" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="1A295E04" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">11) </w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -8034,53 +14865,52 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>бойынша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B0D0C3E" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="400876FA" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>педагогтің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -8147,53 +14977,52 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>кандидаттың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E9B9E8E" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="1FC91F27" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>толтырылған</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -8229,53 +15058,52 @@
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>парағы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="631EAD7D" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="01BCD5D7" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">12) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -8371,236 +15199,219 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>орнынан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AF270A6" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="44645533" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>ұсыным</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> хат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616232" w:rsidRPr="00616232" w14:paraId="650B6342" w14:textId="77777777" w:rsidTr="00D06AA6">
+      <w:tr w:rsidR="006E1925" w:rsidRPr="00616232" w14:paraId="1A752AD8" w14:textId="77777777" w:rsidTr="00431889">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="541F99A0" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="2AEB574B" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B556956" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00D06AA6">
+          <w:p w14:paraId="2180A221" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616232">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6223" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="360FB34E" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="009F067C" w:rsidRDefault="00616232" w:rsidP="00616232">
+          <w:p w14:paraId="5ED88335" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="009F067C" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F067C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>уақытша, негізгі қызметкердің бала күтімі бойынша</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76B6FCC1" w14:textId="274A05AE" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00616232">
+          <w:p w14:paraId="332E8370" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="00431889">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>д</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">емалыс </w:t>
+              <w:t xml:space="preserve">демалыс </w:t>
             </w:r>
             <w:r w:rsidRPr="009F067C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>кезеңіне 01.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="009F067C">
               <w:rPr>
@@ -8617,272 +15428,20229 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">8 </w:t>
             </w:r>
             <w:r w:rsidRPr="009F067C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>жылға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00EBD198" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00616232">
+    <w:p w14:paraId="1BF95B11" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="006E1925">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71D455EF" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00616232">
+    <w:p w14:paraId="4827504D" w14:textId="77777777" w:rsidR="006E1925" w:rsidRPr="00616232" w:rsidRDefault="006E1925" w:rsidP="006E1925">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DBA8D67" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232" w:rsidP="00616232">
+    <w:p w14:paraId="17578D77" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14DACF92" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2959D681" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7686CAC2" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C1D61A6" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E37E9CE" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42116F22" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31E14963" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AC9333B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03BF373A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59B668E9" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45E39F5E" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4865A221" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E09A2AD" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52B2CD1E" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3073E4EC" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6921F039" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5609A747" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B633033" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="373CF376" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3854D507" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="297D3B3F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4456A139" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A73F088" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CDF6FAA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02CBB9EF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CB8D619" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="000312ED" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79FA3593" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="020649A4" w14:textId="77777777" w:rsidR="0069093C" w:rsidRPr="00616232" w:rsidRDefault="0069093C">
+    <w:p w14:paraId="0EE646F6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдарының бірінші</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333CF6E7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылары мен педагогтерін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D8C3D9" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымға тағайындау,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADE440F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымнан босату</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE5C053" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="481017EE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C72CEE4" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B77DAF7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C8EEACE" w14:textId="77777777" w:rsidR="00616232" w:rsidRPr="00616232" w:rsidRDefault="00616232">
+    <w:p w14:paraId="50182346" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00616232" w:rsidRPr="00616232" w:rsidSect="00616232">
+    <w:p w14:paraId="490E23B3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E7C59C0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                        ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438BFEC8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған   мемлекеттік орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CBA04F0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="375C5390" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/ Кандидаттың Т. А. Ә, (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BFE9633" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D50908" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C83DF7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FE0033" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765A8BB3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:before="270" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AAE56CE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120" w:firstLine="608"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мені _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D44CB37" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3334E788" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос/уақытша бос лауазымына орналасуға арналған конкурсқа жіберуіңізді сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA30B20" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="-93" w:firstLine="439"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қазіргікезде _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CEE7F5F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="16" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="-93"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64995AEB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A41C980" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмыс істеймін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78DC356C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32FA6F17" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3830"/>
+        <w:gridCol w:w="2604"/>
+        <w:gridCol w:w="3595"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="540455B2" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C848CC3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="1" w:after="21"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқуорныныңатауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1418F2A7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="1" w:after="21"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқытукезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C21B408" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="1" w:after="21"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Дипломбойыншамамандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="70E52079" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3883" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45586FBF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="1" w:after="21"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CC3C34F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="1" w:after="21"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D288E22" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="1" w:after="21"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07E17F81" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="1" w:after="21"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="211BAD08" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>расталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC9D51D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="35" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03017EC6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9140"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="16" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұмысөтілі:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="100" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1407"/>
+        <w:gridCol w:w="1695"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="2657"/>
+        <w:gridCol w:w="2452"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="71FF1894" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B691F1C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ADB6352" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7E0BCC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37973DC4" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40296BEF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="101E809A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіпкерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>субъектілерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мамандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2488" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D384013" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Осы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>атқаратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="26C5D5F4" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="625ED362" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9140"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE04CE9" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9140"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F37F94" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9140"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D723133" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9140"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2488" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D6429A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9140"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0EADBA79" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар: ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D77CB7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD83A45" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Марапаттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74402EF9" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-бабының 1-тармағына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>менің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректерімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өңдеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мақсаттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тәсілдермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фото, видео, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>автоматтандыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пайдалана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мұндай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құралдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пайдаланбай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жүйелерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өңдеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>беремін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D56F25A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келісемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9C561D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ТАӘ (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A07432" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11967E1B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>  "____"______________20___жыл __________ /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5570806A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:before="26" w:line="273" w:lineRule="auto"/>
+        <w:ind w:left="6402" w:right="1935" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57FB3B99" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:before="26" w:line="273" w:lineRule="auto"/>
+        <w:ind w:left="6402" w:right="1935" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C2A354C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:before="26" w:line="273" w:lineRule="auto"/>
+        <w:ind w:left="6402" w:right="1935" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A4B80D8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:before="26" w:line="273" w:lineRule="auto"/>
+        <w:ind w:left="6402" w:right="1935" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6080"/>
+        <w:gridCol w:w="3871"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00966B3F" w14:paraId="0C46D66C" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6160" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D9ACF50" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3905" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="570FF8AB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AC39256" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BD1BB64" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="180ED67A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік білім беру ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшылары мен педагогтерін лауазымға тағайындау, лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына17-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="73B9EA0A" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6160" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="149CA762" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3905" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58CE0C47" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3E547134" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z234"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="48879D33" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A6880B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10915" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-552" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="4678"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="14ECABA8" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30BDD1A8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D20F4B1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74582242" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="742736D5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1F6F8922" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="4BEE6594" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5681F863" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5322DC2F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B65D854" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D2905E1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79D349D9" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39C5041E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="563BB728" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="46987983" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13BBB5C3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2338A8E6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB435BA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7E06EC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30DC6A38" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12E3C20F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="41AE2D35" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="627A7C0A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF58997" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59AC264B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C45ED2E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог= 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61A8C0B2" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F55557" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BD7BAED" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E2B0B82" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54656C44" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51F75839" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>екінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="190075A6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="2176B486" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5209242B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43BD5E43" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілікжәне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D6059B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A20045" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CF145AA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F0A4221" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7797CEBE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15E33873" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Директор, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48F95D22" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Директор, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="0A7FFAB3" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F843FB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C54E315" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бұрынғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F984983" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0048F8DE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="52415F11" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC15249" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="157E97A6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="348C7D64" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздарыныңдипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CB3471D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байқаулар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54BBD895" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4570BD0C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="111144F0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E8E5AEA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1642B7E6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1895B3D2" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42203AC8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="697BED09" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>медалінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="7B924573" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E8DF20" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70C4A131" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4268DB72" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарияланымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB78DFD" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР ОАМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BCEFA20" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E5E87F3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БССҚК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="7C249851" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="357F3441" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C04759B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0220ACE7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A95DB7B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2211D50E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ӘБ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21273CA0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="794D84FD" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DF3C6F6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 5 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="00C82338" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F44A2C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10CE3F72" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5364BA80" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A53A248" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55857F91" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ,IELTS</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D7BCE97" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11B16CCC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft"Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5EA77DFD" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A992F5F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41BB2EE5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CELT-P (Certificate in English Language Teaching – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Primary)DELTA</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Diploma in Teaching English to Speakers of Other Languages)CELT-S (Certificate in English Language Teaching – Secondary)"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4502E9CC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching Knowledge </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Test"Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in EMI Skills (English as a Medium of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Instruction)Teacher</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BD01273" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TESOL"Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in teaching English for young </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>learnersInternational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> House Certificate in Teaching English as a Foreign Language (IHC)IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TeenagersBecoming</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a Better Teacher: Exploring Professional </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DevelopmentAssessment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TeachingOnline</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching for Educators: Development and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DeliveryEducational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1860895E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A82887B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CBAAC68" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7074BD76" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Special Educational </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Needs"Developing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49955419" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктіліктіарттыруұйымдарыіскеасыратынбілімберусаласындағыуәкілеттіорганменкелісілгенбағдарламаларбойыншабіліктіліктіарттырукурстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әрқайсысыбойыншажеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="2956C684" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FBD08C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8647" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7C3CFE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C3C88BF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="010A7DDA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      * </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жеңімпаздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>санына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 6-тармақта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жылдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>әрбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>деңгейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,5 балл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ескеріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жүлдегерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 2 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 3 балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A8ABF65" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жобалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -2 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тиісінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 балл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тиісінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="07DD4174" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жүлдегерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 3 балл</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6095"/>
+        <w:gridCol w:w="3856"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="7C5864D3" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E24A581" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EEE1FB3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40430E10" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="677F555A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AFA39DC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C8A7070" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36081F0D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="709C0F8F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E0DD8FC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="644A1516" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0917C928" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="708CC70A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63BCBDB9" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AC73C0B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28576A08" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C8B8E4C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50DEC7D5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DA52880" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="140F5C1E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C4DA56B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39CFCE64" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="742DA7F8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1691C68A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="717A4FE8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ұйымдарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лауазымдарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лауазымдардан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>18-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="53CA222F" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6620E212" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="168DAA47" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0C8E4E5A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z236"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA1F15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10774" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-411" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3260"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="07A6C0B3" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="4A608E0A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7535EA13" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3061CFF1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33731FE7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="629BA21B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="7F67ED23" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="233B532B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F25EAE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E270CAF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1E5664" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45E4F260" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B33219E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="739D94F2" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 4 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="68B07181" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51016734" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE109BC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D3F54F3" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01AADE73" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1324921C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D05F5B7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="697C1D94" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53FF3DCD" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F2B672" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="574DE624" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6282CBCB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50 % - 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ED11DFC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60-80 % - 4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47783453" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80-100% – 6 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="49E86715" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5987B744" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="468E9940" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6799F527" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="185ECF42" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"3" – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0841D4A5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"4" – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60878439" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"5" – 4 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="7169DC5A" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C76B70" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4471AD96" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="581D1DBF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="700B0273" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="6A02C7F1" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05375C2A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D7674A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Волонтерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA245EB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35611F83" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="76B487A9" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07BD6336" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0793CF5C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарияланымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар интернет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>желіде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>парақшаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>семинарлар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C86AD80" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сілтемелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65BAE05D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D3E39F5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6742549A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="40D3D92C" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06C557EF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BCB10EA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жазғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лагерьлердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмысына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1854B77A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="050F8E54" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="7A4B12AA" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3F50B7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A084D42" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орындары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шығармашылык</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т.б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B88891B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4000D07D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әрбір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысқаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аспайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="3C847E25" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D17F9FF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BDE7765" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҚАЗТЕСТ, IELTS; TOEFL; DELF; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoftта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үйрету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7097034E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6C66A837" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралықкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="395040F0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56D813DF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A7F464D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FB8CE37" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FCBF071" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TKT"Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge Test</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DD3FE6F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)" Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08D4CAEF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6679E7CC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DBE670E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әрқайсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бөлек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w14:paraId="5BC5690F" w14:textId="77777777" w:rsidTr="00CE42BA">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E8273C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CA1F15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="023601D1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CF05A4F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00CE42BA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3F5C45A2" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51E821E1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5168A042" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35D8F6EB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F856146" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AF19459" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40D4CC9C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EBA51F1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CE65927" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BF6F565" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C3127CA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14D05337" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17152EDD" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22B38B82" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CFBCF0B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4342CA83" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="745FE48B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DCFAA59" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42C6E9EE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="640921E1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D65AD72" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50BBE028" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52932E08" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7359B807" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53F5DD8D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A41518D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56E25434" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43C541C1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0178746A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0516BE2F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="548AC2FA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A66D51B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="060A5710" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55BAA3A7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74252943" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50ACE93F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="147D041C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B136111" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="517F9A2C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="274A7163" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DECAFEA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C2592C1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="387BBB93" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DD7B87C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57CD7531" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0015B44B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BB24C67" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6229FD3C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FE4CAE6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0748CD2C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EF3CEF4" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A57226F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BD0D437" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="556A1E4B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6318F4B1" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F701526" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19E82D65" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B224651" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CF08E54" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="639124EC" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52426E0A" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59845C95" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45E0AFFF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57CCAABE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61BF2472" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CE6190E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="225C20A7" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="435D762B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="738B1EBE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B275809" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F69123B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CED4DC8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26CDBE4F" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E0AAF92" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AFE49D5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48634965" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24037971" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34569E0C" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79F9FC76" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06572D5D" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5973EAE0" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F068604" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48501DD8" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4495D1DE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42A108CA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36DB10BD" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D1DF6F5" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5197D5BE" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48EFB177" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E77FB19" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BE8B1E4" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38FD606E" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B692550" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BC96799" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38982409" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FAB43BD" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="285274AA" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E5270C6" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BBD6606" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BFFC506" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E367702" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A805D13" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="497F511B" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34576348" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17889F45" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F52D2EF" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="577315DB" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="751A5649" w14:textId="77777777" w:rsidR="00966B3F" w:rsidRPr="00CA1F15" w:rsidRDefault="00966B3F" w:rsidP="00966B3F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CA8ABE3" w14:textId="77777777" w:rsidR="00976DE4" w:rsidRDefault="00976DE4" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00976DE4" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-    <w:p w14:paraId="351BB8B6" w14:textId="77777777" w:rsidR="002C6374" w:rsidRDefault="002C6374" w:rsidP="00616232">
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09BA57AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-    <w:p w14:paraId="5C70A0E7" w14:textId="77777777" w:rsidR="002C6374" w:rsidRDefault="002C6374" w:rsidP="00616232">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-</w:footnotes>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BB01178"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE65FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="524C7E2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00433231"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0069093C"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00034D7D"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B74EC"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="001F4BA9"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00260194"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00276140"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="002916FA"/>
+    <w:rsid w:val="002918EB"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C0A22"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003153C2"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="0033199C"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="0038586E"/>
+    <w:rsid w:val="003858D6"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003E662D"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="004640DF"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B1185"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004E6483"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="00502CDA"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="00520C9B"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FD7"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="005763A2"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005A79BD"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="00630AA8"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E1925"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="007078F2"/>
+    <w:rsid w:val="007129B6"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C2DD1"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00834BCF"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00855F75"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00873C6B"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008954FC"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008D234C"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="009540D9"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00966B3F"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00976DE4"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009B7E74"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A0584B"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A25A42"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40329"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A86EE1"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00A95ED3"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC1258"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE2CE3"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF1F42"/>
+    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B475E6"/>
+    <w:rsid w:val="00B4786A"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B83E4F"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA00B1"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BA6864"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BC18D5"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BD6754"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75E82"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C800AA"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CD39EE"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D922C4"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB2E41"/>
+    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE2E97"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DE57AD"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E23E0F"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E40125"/>
+    <w:rsid w:val="00E41FA4"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E95246"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB2F11"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00EC773A"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE64F3"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF02EF"/>
+    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F056FD"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F24D9F"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F52F7C"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F60C7B"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-KZ"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="28CF87F4"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{C5B918BA-15D1-421F-8E41-51B524E1581A}"/>
+  <w14:docId w14:val="2DDFCD64"/>
+  <w15:docId w15:val="{7A0CA17A-EB61-4749-8D8F-2AAD63C7177B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9224,514 +35992,650 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00616232"/>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00034D7D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...24 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00616232"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00456CEA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:val="ru-KZ" w:eastAsia="ru-KZ"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...2 lines deleted...]
-    <w:link w:val="a6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00616232"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00616232"/>
+    <w:rsid w:val="00456CEA"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...25 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a9">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основ_Текст"/>
-    <w:rsid w:val="00616232"/>
+    <w:rsid w:val="008D6A9A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E41FA4"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BA00B1"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00966B3F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="106"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00966B3F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="815758995">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1190070608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{707B0CAF-844F-449B-BBE5-703781686D0F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3904</Characters>
+  <Pages>10</Pages>
+  <Words>2859</Words>
+  <Characters>16301</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>135</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4579</CharactersWithSpaces>
+  <CharactersWithSpaces>19122</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>