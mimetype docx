--- v0 (2026-02-04)
+++ v1 (2026-02-27)
@@ -1,3167 +1,12061 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="313BE63D" w14:textId="08B376E5" w:rsidR="00364A69" w:rsidRPr="001F4BA9" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00111821">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>старшего вожатого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>русским языком обучения (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A775ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7E74">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">временно, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ставк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61FC8B9F" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="001F4BA9" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="1AB265DB" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="30854E52" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="051A676D" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60FE6696" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа №6 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="562E536F" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="48FA4279" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D4F379" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8D48CA" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Генерала Смагулова, 78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="2ECD8461" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4A43B24C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="221BF9CF" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="264B38C4" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 620158</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="5A34F864" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1D5C5A87" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B09A5FC" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C31B68C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sosh6@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7276" w:rsidRPr="0005306B" w14:paraId="29A1F59C" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2A04DF" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1009B21C" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="123D6690" w14:textId="14F6C1DF" w:rsidR="008E7276" w:rsidRPr="00ED3B8C" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Старш</w:t>
+            </w:r>
+            <w:r w:rsidR="00111821" w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вожат</w:t>
+            </w:r>
+            <w:r w:rsidR="00111821" w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с русским языком обучения,</w:t>
+            </w:r>
+            <w:r w:rsidR="00111821" w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 ставка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02D467E2" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="00ED3B8C" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7276" w:rsidRPr="0005306B" w14:paraId="24F35E0E" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="45583778" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6454C03F" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58945ABB" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="00ED3B8C" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">способствует развитию деятельности детских общественных организаций, объединений "Жас қыран", "Жас ұлан", дебата, школьного парламента; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E69AF85" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="00ED3B8C" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">помогает обучающимся в планировании деятельности их объединений, организаций, способствует обновлению содержания и форм их деятельности; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="477F5742" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="00ED3B8C" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">осуществляет работу с учетом возрастных интересов и потребностей детей и подростков; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0AC9FA" w14:textId="7B4365ED" w:rsidR="008E7276" w:rsidRPr="00ED3B8C" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организует коллективно-творческую деятельность; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7276" w:rsidRPr="0005306B" w14:paraId="0310C734" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="276BF795" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7405E751" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1158F8EA" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="00ED3B8C" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D51F30A" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="00ED3B8C" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 120 480,52 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1425A3FC" w14:textId="6BE58BCA" w:rsidR="008E7276" w:rsidRPr="00ED3B8C" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 125 775,48 тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7276" w:rsidRPr="0005306B" w14:paraId="7C677004" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35B6C266" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4C98DA" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7890ACD9" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B4066E" w14:textId="0B53C8A4" w:rsidR="008E7276" w:rsidRPr="00ED3B8C" w:rsidRDefault="008E7276" w:rsidP="008E7276">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="0D7526F9" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2741434A" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk152337886"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DBF2ED9" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75AD1E6D" w14:textId="7BE39555" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00BE2BE1" w:rsidP="00EA262F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.01-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7E74">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.02.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="384B2119" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6264DD2C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5285BC19" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E19A68D" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 3 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79173A26" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z171"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B1EB639" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z172"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34416A45" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z173"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C96B06F" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z174"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      5) копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BFB6438" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z175"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       6) справка о состоянии здоровья по форме 075/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0640A6A4" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z176"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      7) справка об отсутствии динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7945A370" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z177"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      8) справка об отсутствии динамического наблюдения наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F9BF2EC" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z178"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CC35607" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z179"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">или сертификат CELTA (Certificatein English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CC7FBA0" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z180"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>11) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложениям 12, 13 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F0CDBA0" w14:textId="77777777" w:rsidR="00AB664F" w:rsidRPr="00AB664F" w:rsidRDefault="00AB664F" w:rsidP="00AB664F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z181"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="00AB664F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>      12) рекомендательное письмо с места работы (по должности педагога), учебы.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w14:paraId="4452D1E5" w14:textId="2930542A" w:rsidR="00364A69" w:rsidRPr="00AB664F" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="3353F0E1" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35418CEE" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC85FED" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5814DC4A" w14:textId="789211F9" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Временно( до 25.05.2026)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="364CB417" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37A5B3B8" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEC59C1" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="083C3EFF" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A49761C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F44CFDC" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DE713E5" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34F32464" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EC7CEE4" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0258F45F" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29A39796" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03FB1C61" w14:textId="77777777" w:rsidR="00364A69" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D2C8B78" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B61F84C" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="778813C0" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25FBE689" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CC7CD4E" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56BDFAFE" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E049655" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="745C3FF6" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59692518" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52C3B5A4" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C9A491A" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C1A4989" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68193887" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01C006BC" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="272823ED" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64CC10D8" w14:textId="77777777" w:rsidR="00AB7B53" w:rsidRDefault="00AB7B53" w:rsidP="0064260F">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7111A000" w14:textId="77777777" w:rsidR="00AB7B53" w:rsidRDefault="00AB7B53" w:rsidP="0064260F">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3112A5E3" w14:textId="4C341902" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:spacing w:before="75" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6828" w:right="1295" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3372CA49" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="6307" w:right="779" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>государственных организаций образования Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55C71DAC" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29AE1DE0" wp14:editId="17BCE0A9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>143216</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="22" name="Graphic 22"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5D306EBC" id="Graphic 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44037568" wp14:editId="53BBF198">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>310856</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6358890" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Graphic 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6358890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6358890">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6358697" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4D1EFC32" id="Graphic 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJAkYvFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRSYxkFFOU2Hbpp0&#10;up10THsOaUqrpXFmBwr/fk5Kgd3epvUhcuIv9md/Tpf3x9aKg0FqwBVyMhpLYZyGsnG7Qn7fPH6Y&#10;S0FBuVJZcKaQJ0PyfvX+3bLzuZlCDbY0KDiIo7zzhaxD8HmWka5Nq2gE3jh2VoCtCrzFXVai6jh6&#10;a7PpeDzLOsDSI2hDxKfr3ilXKX5VGR2+VRWZIGwhmVtIK6Z1G9dstVT5DpWvG32mof6BRasax0kv&#10;odYqKLHH5q9QbaMRCKow0tBmUFWNNqkGrmYyflPNa628SbVwc8hf2kT/L6x+Prz6F4zUyT+B/knc&#10;kazzlF88cUNnzLHCNmKZuDimLp4uXTTHIDQfzj5+ms8X3GzNvsn0LjU5U/lwV+8pfDGQ4qjDE4Ve&#10;g3KwVD1Y+ugGE1nJqKFNGgYpWEOUgjXc9hp6FeK9SC6aorsSiWctHMwGkje8Yc7Url7rblGxlNni&#10;ToqhSsb2CDZiGu5Vb6TUbN8WZ11kcbeYzdNoENimfGysjSwId9sHi+Kg4mCmL9bBEf6AeaSwVlT3&#10;uOQ6w6w769RLE0XaQnl6QdHxNBeSfu0VGinsV8fjEkd/MHAwtoOBwT5AeiCpQZxzc/yh0IuYvpCB&#10;lX2GYRhVPogWS79g400Hn/cBqiYqmmaoZ3Te8ASnAs+vLT6R231CXf8Jq98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAeMgQ53QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJOm&#10;ohDiVAiJWwU08ABuvMRp7XUUOz/w9DincpzZT7MzxW62ho3Y+9aRgHSVAEOqnWqpEfD1+Xr3AMwH&#10;SUoaRyjgBz3syuurQubKTXTAsQoNiyHkcylAh9DlnPtao5V+5TqkePt2vZUhyr7hqpdTDLeGr5Pk&#10;nlvZUvygZYcvGutzNVgB22F+/9B7czpP+xMd3jJuf6tRiNub+fkJWMA5XGBY6sfqUMZORzeQ8sxE&#10;nWZZRAVsHuOmBUjTzRbYcXHWwMuC/59Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJ&#10;AkYvFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAeMgQ53QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6358697,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52CA3071" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31B13A8A" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орган,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>объявивший</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771F91A7" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C3033C0" wp14:editId="103E3D4C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>139061</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="24" name="Graphic 24"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="15CD1EFD" id="Graphic 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.2pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA4C39+t8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiT&#10;FEEb4lQoElVBCIm0F25uvCQR8Tqy3Tb9e7YnOM7s0+xMsZrsII7oQ+9IQTpLQCA1zvTUKthtX+4W&#10;IELUZPTgCBWcMcCqvL4qdG7ciT7xWMdWcAiFXCvoYhxzKUPTodVh5kYkvn07b3Vk6VtpvD5xuB1k&#10;liQP0uqe+EOnR6w6bH7qg1Xgv97Xu3HzsV5W+Hb/6qrzuKlrpW5vpucnEBGn+AfDpT5Xh5I77d2B&#10;TBAD63Q+Z1RBli5BXAB2HkHs2clSkGUh/08ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDgLf363wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EC2397E" wp14:editId="3C24690C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285365</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="25" name="Graphic 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="18749BE1" id="Graphic 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.2pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAq7H7R98AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Gn4a4lQoElWpEBKhF25uvCQR8dqK3TZ9e7YnOM7sp9mZYjnZQRxwDL0jBeksAYHUONNTq2D7+XLz&#10;CCJETUYPjlDBCQMsy8uLQufGHekDD3VsBYdQyLWCLkafSxmaDq0OM+eR+PbtRqsjy7GVZtRHDreD&#10;vE2Se2l1T/yh0x6rDpufem8VjF9vq61fv68WFW6yV1ed/Lqulbq+mp6fQESc4h8M5/pcHUrutHN7&#10;MkEMrNP5nFEFWbYAcQbYeQCxY+cuBVkW8v+E8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCrsftH3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1123A57D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F905C97" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ИИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="003CDED5" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BDEB5C4" wp14:editId="09F01A31">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="26" name="Graphic 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6643DEB0" id="Graphic 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B297230" wp14:editId="600E719A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>285238</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="27" name="Graphic 27"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1E113178" id="Graphic 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAM4FcDfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;Y1IohDhVQPxIvZHCgZsbb5MIex3ZbhveHucEt53d0ew35Xqyhh3Rh8GRBLHIgCG1Tg/USfjYvlzd&#10;AQtRkVbGEUr4wQDr6vysVIV2J3rHYxM7lkIoFEpCH+NYcB7aHq0KCzcipdveeatikr7j2qtTCreG&#10;X2fZLbdqoPShVyM+9dh+NwcrofbbnOrm02T7x9fV89tGfa3ERsrLi6l+ABZxin9mmPETOlSJaecO&#10;pAMzSYs8T1YJy+U9sNkgxDzt0uZGAK9K/r9C9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDOBXA33gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3D39EA" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59E3AA1D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E01F62D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25291CCE" wp14:editId="3542C7FA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="28" name="Graphic 28"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359650" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2F5430D0" id="Graphic 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C4DD571" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(фактическое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>место проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес прописки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="510239A0" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DFEA40D" wp14:editId="0CE86596">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>138934</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="29" name="Graphic 29"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359650" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="03D587E9" id="Graphic 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1G2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjp&#10;VgoKylXKgjOlfDMk75cfPyx6X5g5NGArg4KDOCp6X8omBF9kGenGdIom4I1jZw3YqcBb3GYVqp6j&#10;dzabT6d51gNWHkEbIj5dDU65TPHr2ujwra7JBGFLydxCWjGtm7hmy4Uqtqh80+ojDfUPLDrVOk56&#10;CrVSQYkdtn+F6lqNQFCHiYYug7putUk1cDWz6btqXhvlTaqFm0P+1Cb6f2H18/7Vv2CkTv4J9E/i&#10;jmS9p+LkiRs6Yg41dhHLxMUhdfHt1EVzCELzYX6VT2c5N1uzbza/SU3OVDHe1TsKXwykOGr/RGHQ&#10;oBot1YyWPrjRRFYyamiThkEK1hClYA03g4ZehXgvkoum6M9E4lkHe7OG5A3vmDO1s9e6S1R+dX2X&#10;X3MpY5WMHRBsxDTcq8FIqdm+LM66yOLmLr9No0Fg2+qxtTayINxuHiyKvYqDmb5YB0f4A+aRwkpR&#10;M+CS6wiz7qjTIE0UaQPV2wuKnqe5lPRrp9BIYb86Hpc4+qOBo7EZDQz2AdIDSQ3inOvDD4VexPSl&#10;DKzsM4zDqIpRtFj6CRtvOvi8C1C3UdE0QwOj44YnOBV4fG3xiVzuE+r8T1j+BgAA//8DAFBLAwQU&#10;AAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj&#10;BFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAhjh4liEUGzGDn9Yi9hM/N6809&#10;sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7FhZ8M0m3ng1OJZOi5DupI4c7y&#10;PMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+mptHYMnM6WyGEz6hQ01MW79H&#10;HZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCHAsZNFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D69866A" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="345681CD" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75BE6186" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B03988" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A9BE6F4" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="71"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F80299" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="15"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A8DDD52" wp14:editId="3F70649C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>125585</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="30" name="Graphic 30"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="19FECE21" id="Graphic 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:9.9pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACOeUHPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;Y4IoDXGqgHhI3ZHSRXdu7CYR9jiy3Tb8PdNV2c3VHN1HuZycZUcT4uBRgphlwAy2Xg/YSfhev989&#10;AYtJoVbWo5HwayIsq+urUhXan/DLHJvUMTLBWCgJfUpjwXlse+NUnPnRIP32PjiVSIaO66BOZO4s&#10;v8+yR+7UgJTQq9G89qb9aQ5OQh3WOdbNxmb7l4/52+dKbediJeXtzVQ/A0tmShcYzvWpOlTUaecP&#10;qCOzpEWeE0rHgiacASEeFsB2EigYeFXy/xOqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAjnlBz3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="15"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55D09BFF" wp14:editId="3EFD71FC">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>271889</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="31" name="Graphic 31"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="77D1D920" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:21.4pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJIPkX/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;7aaiEOJUAfEj9UbaHri5sZtExOvIdtvw9mxPcJzZT7MzxWpyAzvZEHuPCuRMALPYeNNjq2C7ebt7&#10;ABaTRqMHj1bBj42wKq+vCp0bf8ZPe6pTyygEY64VdCmNOeex6azTceZHi3Q7+OB0IhlaboI+U7gb&#10;+FyIe+50j/Sh06N96WzzXR+dgipsMqzq3SAOz+/L14+1/lrKtVK3N1P1BCzZKf3BcKlP1aGkTnt/&#10;RBPZQFpmGaEKFnOacAGkXDwC25OTCeBlwf9PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAkg+Rf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A8866E6" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DE04BB0" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C47961" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C713AEE" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C0A9D0D" wp14:editId="5E37C0A8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>141830</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="32" name="Graphic 32"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4EA8D1CF" id="Graphic 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BE6CB12" wp14:editId="00092372">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>288134</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="33" name="Graphic 33"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1C00BD53" id="Graphic 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EEE9B3E" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22C6911C" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B9B51E" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Сообщаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>себе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D66007D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>послевузовское,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>техническое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>профессиональное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2D84EB" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="146" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="3545"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0064260F" w:rsidRPr="00EA3591" w14:paraId="6CA36160" w14:textId="77777777" w:rsidTr="00043B56">
+        <w:trPr>
+          <w:trHeight w:val="314"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7650E61D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-14"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-14"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1898CFF6" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="396ED9B9" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="51"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064260F" w:rsidRPr="00EA3591" w14:paraId="58749E8B" w14:textId="77777777" w:rsidTr="00043B56">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52DB918A" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6B4A1A" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B06A1A9" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0CF325A6" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения/подтверждения)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>наличии):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F7FB0A" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79A17ED6" wp14:editId="438BE150">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>137934</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="34" name="Graphic 34"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7F60B3CD" id="Graphic 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52668F24" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="85" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1196"/>
+        <w:gridCol w:w="1731"/>
+        <w:gridCol w:w="1702"/>
+        <w:gridCol w:w="2521"/>
+        <w:gridCol w:w="3009"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0064260F" w:rsidRPr="00EA3591" w14:paraId="7F0F7D39" w14:textId="77777777" w:rsidTr="00043B56">
+        <w:trPr>
+          <w:trHeight w:val="719"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="438E301E" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40D8D926" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0F5002" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="187D4854" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="194C6BB3" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23CC79D0" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA3591">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7669D47C" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специальности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(для</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55099487" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специалистов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>субъектов предпринимательства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B93E611" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>данной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23EE1104" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>том</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>числе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B5B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064260F" w:rsidRPr="00EA3591" w14:paraId="5CE00605" w14:textId="77777777" w:rsidTr="00043B56">
+        <w:trPr>
+          <w:trHeight w:val="400"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1196" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1043EB72" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18AC3215" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="210A15EA" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF77406" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3009" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="222ABEA2" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="009B5B06" w:rsidRDefault="0064260F" w:rsidP="00043B56">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1953DE5D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Имею</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>следующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>результаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41864285" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="684F8E34" wp14:editId="4F0F606B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>141684</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="35" name="Graphic 35"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4FC93965" id="Graphic 35" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.2pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAZKVKWN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;lJ8S4lQoElVBCIm0F25uvCQR8Tqy3TZ9ezYnOK1mdjT7bb4abS+O6EPnSMF8loBAqp3pqFGw277c&#10;LEGEqMno3hEqOGOAVXF5kevMuBN94rGKjeASCplW0MY4ZFKGukWrw8wNSLz7dt7qyNI30nh94nLb&#10;yzRJ7qXVHfGFVg9Ytlj/VAerwH+9r3fD5mP9WOLb7asrz8OmqpS6vhqfn0BEHONfGCZ8RoeCmfbu&#10;QCaInvV8seCogjTlOQXYeQCxn5w7kEUu/79Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBkpUpY3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BF2C88F" wp14:editId="4C04C7B4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>286464</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="36" name="Graphic 36"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3588BB66" id="Graphic 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.55pt;width:500.2pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAxudhYt4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KgT&#10;Uv5CnApFoioIIRF64ebGSxIRryPbbdO3Z3OC48x+mp0pVpMdxAF96B0pSBcJCKTGmZ5aBdvP56t7&#10;ECFqMnpwhApOGGBVnp8VOjfuSB94qGMrOIRCrhV0MY65lKHp0OqwcCMS376dtzqy9K00Xh853A7y&#10;OklupdU98YdOj1h12PzUe6vAf72tt+Pmff1Q4evyxVWncVPXSl1eTE+PICJO8Q+GuT5Xh5I77dye&#10;TBAD6zTLGFWwvElBzAA7dyB2s5OBLAv5f0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AG5GVUYVAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAMbnYWLeAAAACgEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E6E0F3E" wp14:editId="0F4BA8F9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>433149</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6352540" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="37" name="Graphic 37"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6352540" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6352540">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6351922" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3B9ED306" id="Graphic 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:34.1pt;width:500.2pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEAULng3N8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjT&#10;H5U2xKlQJKqCEBJpL9zceEki4rUVu2369mxOcJzZT7Mz2WawnThjH1pHCqaTBARS5UxLtYLD/uVh&#10;BSJETUZ3jlDBFQNs8tubTKfGXegTz2WsBYdQSLWCJkafShmqBq0OE+eR+Pbteqsjy76WptcXDred&#10;nCXJUlrdEn9otMeiweqnPFkF/df79uB3H9t1gW+LV1dc/a4slbq/G56fQEQc4h8MY32uDjl3OroT&#10;mSA61tP5nFEFy9UMxAiw8wjiODoLkHkm/0/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBQueDc3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B2ACA6" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F964F52" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Награды,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ученое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>звание,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="646DCFA8" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="649E1E37" wp14:editId="20FA01F1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>137908</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="38" name="Graphic 38"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="64DFB5B7" id="Graphic 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32294BD9" wp14:editId="754FA0BD">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>284212</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="39" name="Graphic 39"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="0BC292FD" id="Graphic 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.4pt;width:500.8pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAImSYmDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;HRIohDhVQPxIvZHCgZsbu0mEvY5stw1vz/YEx5n9NDtTrWZn2cGEOHqUkC0EMIOd1yP2Ej42L1d3&#10;wGJSqJX1aCT8mAir+vysUqX2R3w3hzb1jEIwlkrCkNJUch67wTgVF34ySLedD04lkqHnOqgjhTvL&#10;r4W45U6NSB8GNZmnwXTf7d5JaMImx6b9tGL3+Lp8flurr2W2lvLyYm4egCUzpz8YTvWpOtTUaev3&#10;qCOzpLM8J1RCUdCEE5BlxT2wLTk3Anhd8f8T6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAiZJiYN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AD67BDC" wp14:editId="615A4A83">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>430516</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="40" name="Graphic 40"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6C1F1D30" id="Graphic 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.9pt;width:500.8pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGyCDeLfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;bYKaEuJUAfEj9UYKB25u7CYR9jqK3Ta8PdsTHGf20+xMuZ69Y0c7xSGgArkQwCy2wQzYKfjYvtys&#10;gMWk0WgX0Cr4sRHW1eVFqQsTTvhuj03qGIVgLLSCPqWx4Dy2vfU6LsJokW77MHmdSE4dN5M+Ubh3&#10;/FaIJfd6QPrQ69E+9bb9bg5eQT1tM6ybTyf2j6/589tGf+Vyo9T11Vw/AEt2Tn8wnOtTdaio0y4c&#10;0ETmSMssI1TBMqcJZ0DKu3tgO3JWAnhV8v8Tql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAbIIN4t8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C45C30" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F117673" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BFA11E3" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации. или без использования таких средств).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238D11E6" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75F475A0" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я согласен (-а) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_______________________________________________________      _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E51697F" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>наличии))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5448F60B" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E13D3B9" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA3591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9CA3B6" w14:textId="0EEE786B" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z349"/>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>к Правилам назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>от должностей первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>руководителей и педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственных организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A4163B2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="799A70B0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценочный лист кандидата со стажем на вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9671" w:type="dxa"/>
+        <w:tblInd w:w="-432" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="446"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="1B3880A2" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w14:paraId="34E205A7" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFF98EE" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="319AC452" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="196A39CF" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="39677525" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61AB96CC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EC5090C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F8CB48" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E9B4C4A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06CAA980" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее - 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27D53538" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее с отличием - 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="53F899A4" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5105D113" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6732AE6D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ученое звание/ученая степень/степень </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5A745A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2E51A0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук - 15 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EFE320D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат наук, доктор PhD, доктор по профилю - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78D30F23" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр по педагогическому направлению – 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="61D4D798" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="032B0006" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23AC98AF" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6A3563" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="188EF035" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог- 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EA1E18B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6356657D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04805E01" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь - 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BA30DED" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="495A1477" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Заместитель руководителя третьей квалификационной категории" - 5 баллов,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FCFEB21" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Заместитель руководителя второй квалификационной категории" - 6 баллов, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="067C18EC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Заместитель руководителя первой квалификационной категории" - 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="620D8F41" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D5FD575" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="208CD148" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55458096" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6662D4A1" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности не менее двух лет - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78841208" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности более четырех лет- 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DB4AC2C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Заместитель директора стаж в должности не менее двух лет - 3 балла; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="173E0A26" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель директора стаж в должности более двух лет - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42181884" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности не менее двух лет - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31714916" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности более четырех лет - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="4C3D71A1" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3DAEA5" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0261B75A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C3AF24" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (по должности педагога c предыдущего места работы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6322E1CD" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма - 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="5A844DD4" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C3D0680" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2F549B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений (за последние 3 года)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECDC51B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- дипломы, грамоты победителей олимпиад и конкурсов, научных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="770F6DF4" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25FA1EFB" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0783480C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> 1) призеры городских/районных олимпиад и конкурсов - 0,5 балла, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="526FA510" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>областных -1 балл, республиканских -2 балла, международных - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="201C3334" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) научных проектов: городской/районный -0,5 балла, областной - 1 балл, республиканский -2 балла, международный – 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74E503F1" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) участник конкурса "Лучший педагог" - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10D51B48" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) призер конкурса "Лучший педагог" - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="1A7B0669" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20AAB275" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8CF052" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CEC4E02" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="407982DC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наставник - 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="109E0D90" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель методического объединения - 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="05450CB2" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB1AD5A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8**.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47545346" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="090B8EC2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B70524A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F11A1FF" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ или QAZAQ RESMI TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2280878F" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37DD3D36" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D82064D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40388EF7" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> GoetheZertifikat, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54D16F26" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01A1E158" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A4EACF5" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="774E117D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA (Certificate in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0901CF97" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25858BFB" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F57D189" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="370E34D6" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="370DB4D5" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23DF26F9" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42E6DEE5" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL" Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E01D920" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17F3639D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F414058" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Becoming a Better Teacher: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="354E66A8" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BC50A15" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7120934E" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09C002B6" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2634BED6" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5089CC7E" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5176D2D1" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56827BFC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66DB4724" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Курсы повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации - 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="6BF47FCF" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4504A942" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EDE2357" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AFE9CB2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CE1534" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5110631A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB6B5E8" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="086D80D7" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1DD821E3" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z401"/>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w14:paraId="0798B458" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>* В 6 пункте учитывается призеры за последние 3 (три) года по каждому уровню (городской/районный) олимпиад и конкурсов 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских -2 балла, международных - 3 балла;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="084B5443" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>научных проектов: городской/районный - 1 балл, областной - 1 балл, республиканский -2 балла, международный – 3 балла соответственно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CEC3BF9" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>призеры республиканских олимпиад и конкурсов - 3 балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC58AB0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>** В 8 пункте учитываются сертификаты организаций курсов повышения квалификации, согласованные с уполномоченным органом в области образования, реализуемым организациями повышения квалификации за последние 3 (три) года - 0,5 балл (за каждый отдельно).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="10" w:type="dxa"/>
-[...5 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="780"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="420"/>
+        <w:gridCol w:w="6149"/>
+        <w:gridCol w:w="3944"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00115599" w14:paraId="4F0E65A6" w14:textId="77777777">
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="25C1A159" w14:textId="77777777" w:rsidTr="00AE5146">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="560"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="800" w:type="dxa"/>
-[...68 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E664380" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74385CDD" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="314F828C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="524FFCDD" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61A4997A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02A0CC71" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DCFCCD6" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57F21A04" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DDCE7FC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EBCBB44" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4968D7F9" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5632551B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63F7CAFE" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3433587A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30D610DF" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F51F89B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26BB11A0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="719FED41" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F5DD76B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E1DE0A3" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1080CD39" w14:textId="77777777" w:rsidR="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19ACE9E9" w14:textId="77777777" w:rsidR="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37710D37" w14:textId="77777777" w:rsidR="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43850681" w14:textId="77777777" w:rsidR="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71E4FC08" w14:textId="77777777" w:rsidR="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F237A58" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07B38A9A" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="585F84CC" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B091EB0" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42E6DEB0" w14:textId="77777777" w:rsidR="003812E0" w:rsidRDefault="003812E0" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B3FB2F9" w14:textId="0DD8FC9B" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и педагогов государственных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00115599" w14:paraId="1A23EC37" w14:textId="77777777">
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="48C0B734" w14:textId="77777777" w:rsidTr="00AE5146">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="360"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="800" w:type="dxa"/>
-[...22 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="0" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1057913A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...51 lines deleted...]
-            <w:vMerge/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="0" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...2806 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6B12E6" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D8719B7" w14:textId="77777777" w:rsidR="000D577E" w:rsidRDefault="000D577E"/>
-[...3 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:p w14:paraId="244121D4" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z404"/>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценочный лист кандидата без стажа на вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00215183">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9934" w:type="dxa"/>
+        <w:tblInd w:w="-573" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="19AF660A" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p w14:paraId="71BB96FB" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="449C1AA3" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B6B802" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03BDE193" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26836466" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="48ACC9EF" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78EA3DF5" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D57E646" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4029F873" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="252D38A2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52E2650F" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное с отличием -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="524BD1DB" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41BE9D7E" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее с отличием – 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="65A1B6D3" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27CBA387" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4D3361" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ученое звание/ученая степень/степень </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB8F911" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6937B912" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук - 15 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19C3D4B6" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат наук, доктор PhD, доктор по профилю - 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08C4168C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр по педагогическому направлению – 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="13ADA7E2" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07EF9ED0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EAC4318" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Результаты прохождения сертификации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0196A5AC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B5E6292" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50 % - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EF83F86" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60-80 % - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54A9DDC5" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80-100% – 6 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="5CB95B7A" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="080E505D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="282DA94C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC49435" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6276C005" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"3" - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00B168F2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"4"-3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3113B952" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"5" – 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="6770278A" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF730BF" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F15F43E" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Рекомендательное письмо с места учебы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2847B4BC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61ED4B57" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма - 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="101D562F" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A9B84A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E0FE2F3" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в волонтерской работе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1282459E" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB580DD" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="21B2C9BD" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50800FE1" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BEE1D87" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ведение странички интернета, социальных сетей с публикацией о педагогической деятельности (публикации авторских научных проектов, уроки, семинары)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58EFA85F" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ссылки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D1B26AA" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>до 1 года -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15A74604" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D35BD7A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 3 лет -3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="7C5E0E9B" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62F21806" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C907924" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в работе летних лагерей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D84478C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66B9AE3C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="6AB9FEE4" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F635635" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EEF982" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в конкурсах по месту учебы (научных проектов, творческих и др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE6CA4A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EB5F76" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>За каждое участие 1 балл, но не более 4 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="73BA3C63" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C746689" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="188EA3B0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наличие сертификатов КАЗТЕСТ, QAZAQ RESMI TEST; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332A4B9D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IELTS; TOEFL; DELF; Goe the Zertifikat, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft" Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78A3941B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3675DA5A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge "CELTA (Certificate in Teaching English to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="624682FD" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="461C0B03" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CDF4988" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D14BF45" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FFAA43C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Teaching Knowledge Test</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7BA0C2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD32232" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D3AB56" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4360CD8C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>плюс 1 балл (за каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="17410EDB" w14:textId="77777777" w:rsidTr="00AE5146">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AAB9B93" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="347C28C0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A341921" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00215183">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB4D67C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43954889" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="510C826A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67F403C2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="35E3B82F" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00215183" w:rsidRPr="00215183" w:rsidSect="0064260F">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="709" w:right="850" w:bottom="709" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SansSerif">
-[...2 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
-[...5 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Microsoft Sans Serif">
+    <w:altName w:val="Microsoft Sans Serif"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3ACF56AD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C74E9810"/>
+    <w:lvl w:ilvl="0" w:tplc="B776D1C4">
+      <w:start w:val="25"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="205916840">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:defaultTabStop w:val="800"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00115599"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D7759A"/>
+    <w:rsidRoot w:val="007974AD"/>
+    <w:rsid w:val="0005306B"/>
+    <w:rsid w:val="00111821"/>
+    <w:rsid w:val="00215183"/>
+    <w:rsid w:val="00220E35"/>
+    <w:rsid w:val="002C592E"/>
+    <w:rsid w:val="00364A69"/>
+    <w:rsid w:val="003812E0"/>
+    <w:rsid w:val="0042303C"/>
+    <w:rsid w:val="00494060"/>
+    <w:rsid w:val="005610BA"/>
+    <w:rsid w:val="005E165B"/>
+    <w:rsid w:val="005E52E6"/>
+    <w:rsid w:val="005F3C69"/>
+    <w:rsid w:val="0064260F"/>
+    <w:rsid w:val="006C455B"/>
+    <w:rsid w:val="007974AD"/>
+    <w:rsid w:val="007E0B5C"/>
+    <w:rsid w:val="008E7276"/>
+    <w:rsid w:val="009960F6"/>
+    <w:rsid w:val="00A616C7"/>
+    <w:rsid w:val="00A775ED"/>
+    <w:rsid w:val="00AB664F"/>
+    <w:rsid w:val="00AB7B53"/>
+    <w:rsid w:val="00B1317F"/>
+    <w:rsid w:val="00B84D38"/>
+    <w:rsid w:val="00BE2BE1"/>
+    <w:rsid w:val="00BF552B"/>
+    <w:rsid w:val="00C3506C"/>
+    <w:rsid w:val="00D0775F"/>
+    <w:rsid w:val="00D51ACE"/>
+    <w:rsid w:val="00EA262F"/>
+    <w:rsid w:val="00EB7F78"/>
+    <w:rsid w:val="00ED3B8C"/>
+    <w:rsid w:val="00EF7E74"/>
+    <w:rsid w:val="00FA0F7F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3C52CEE3"/>
-  <w15:docId w15:val="{3132786B-9BAC-48EF-A19E-4A9254953FC7}"/>
+  <w14:docId w14:val="49E2AD70"/>
+  <w15:docId w15:val="{ED553B6F-E6F7-4ECF-AE18-1335E9DA1947}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3186,51 +12080,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3500,397 +12394,495 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00364A69"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EMPTYCELLSTYLE">
-    <w:name w:val="EMPTY_CELL_STYLE"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00364A69"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="0064260F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0064260F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="SansSerif" w:eastAsia="SansSerif" w:hAnsi="SansSerif" w:cs="SansSerif"/>
-[...1 lines deleted...]
-      <w:sz w:val="1"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0064260F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="0064260F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="008E7276"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>9420</Characters>
+  <Pages>1</Pages>
+  <Words>1976</Words>
+  <Characters>11269</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>93</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11050</CharactersWithSpaces>
+  <CharactersWithSpaces>13219</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>админ</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>