--- v1 (2026-02-27)
+++ v2 (2026-03-23)
@@ -1,12707 +1,21835 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="313BE63D" w14:textId="08B376E5" w:rsidR="00364A69" w:rsidRPr="001F4BA9" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+    <w:p w14:paraId="7478502B" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRPr="00B80E99" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4BA9">
+      <w:r w:rsidRPr="00B80E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
-[...101 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61FC8B9F" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="001F4BA9" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+    <w:p w14:paraId="0BC5E990" w14:textId="6B57AE46" w:rsidR="00B34DBC" w:rsidRPr="00991C89" w:rsidRDefault="00504B2E" w:rsidP="00B34DBC">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B80E99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B80E99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>жалпы орта білім беру мектебі»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ орыс </w:t>
+      </w:r>
+      <w:r w:rsidR="00F341F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>аға тәлімгер бос</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34DBC" w:rsidRPr="00991C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005DE0CC" w14:textId="429E007F" w:rsidR="00592352" w:rsidRDefault="00B34DBC" w:rsidP="00B34DBC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>( 1бос орын) конкурс жариялайды</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="37" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2715"/>
+        <w:gridCol w:w="6911"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="1AB265DB" w14:textId="77777777" w:rsidTr="006B27A9">
+      <w:tr w:rsidR="00504B2E" w14:paraId="33378ACC" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="30854E52" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
-            <w:pPr>
+          <w:p w14:paraId="73588361" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="051A676D" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
-[...19 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+          <w:p w14:paraId="25B512CE" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="110" w:right="95"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t xml:space="preserve">ұйымының </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60FE6696" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+          <w:p w14:paraId="2D410A5E" w14:textId="51536200" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
-              <w:rPr>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа №6 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының  №6 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="562E536F" w14:textId="77777777" w:rsidTr="006B27A9">
+      <w:tr w:rsidR="00504B2E" w14:paraId="55E73B19" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48FA4279" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="74D474FF" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43D4F379" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
-[...18 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+          <w:p w14:paraId="15994005" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="246" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>орналасқан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>жері,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3339AA27" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>пошталық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B8D48CA" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+          <w:p w14:paraId="464165B2" w14:textId="5E0DFA37" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-              <w:t>140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Генерала Смагулова, 78</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы,                                 Павлодар қаласы, генерал Смагұлов көшесі,78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="2ECD8461" w14:textId="77777777" w:rsidTr="006B27A9">
+      <w:tr w:rsidR="00504B2E" w14:paraId="5035E7BA" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A43B24C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="22D31B54" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="221BF9CF" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
-[...18 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+          <w:p w14:paraId="17CC38EA" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>телефон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>нөмірлері,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="264B38C4" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+          <w:p w14:paraId="10B022DB" w14:textId="489097FF" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...11 lines deleted...]
-              <w:t>8 (7182) 620158</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>8 7182620158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="5A34F864" w14:textId="77777777" w:rsidTr="006B27A9">
+      <w:tr w:rsidR="00504B2E" w14:paraId="078D9ADA" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D5C5A87" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
-            <w:pPr>
+          <w:p w14:paraId="3F079EF1" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22694B42" w14:textId="77777777" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C78F64C" w14:textId="74F902E0" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="00504B2E">
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>sosh6@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F341F3" w14:paraId="71953B37" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="757"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7A5D7B" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1761320B" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRPr="00C207CA" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="110" w:right="95"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>Бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C207CA">
+              <w:t>бос лауазымның атауы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06C99B3A" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRPr="00C207CA" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="233" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C207CA">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F54C1A1" w14:textId="281BFA67" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аға тәлімгер, 1 жүктеме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F341F3" w14:paraId="34C84A66" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1771"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="050DA565" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B09A5FC" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
-            <w:pPr>
+          <w:p w14:paraId="778EC345" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110" w:right="414"/>
+            </w:pPr>
+            <w:r>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">функционалдық </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52664887" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-"Жас қыран", "Жас ұлан" балалардың қоғамдық ұйымдарының, бірлестіктерінің қызметін дамытуға ықпал етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38F944FA" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім алушыларға олардың бірлестіктерінің, ұйымдарының қызметін жоспарлауға көмектеседі, олардың қызметінің мазмұны мен нысандарын жаңартуға ықпал етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DD7EDCE" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Балалар мен жасөспірімдердің жас ерекшеліктері мен қажеттіліктерін ескере отырып, жұмысты жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FCAE082" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұжымдық-шығармашылық қызметті ұйымдастырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5513D1E9" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Балалар мен жасөспірімдерді жұмыс істейтін ұйымдар, бірлестіктер туралы кеңінен ақпараттандыру үшін жағдай жасайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7468CD0E" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім алушыларға азаматтық және адамгершілік ұстанымдарын көрсетуге, өз мүдделері мен қажеттіліктерін іске асыруға мүмкіндік беретін қолайлы жағдайлар жасайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="738F8420" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымдарында мәдени-көпшілік, патриоттық жұмыстар жүргізеді, сынып жетекшілерге тәрбие жұмысын, балалардың танымдық бос уақытын ұйымдастыруға көмек көрсетеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63CCAB25" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім алушылардың денсаулығы мен қауіпсіздігіне қамқорлық жасайды. Демалыс кезінде олардың демалысын ұйымдастырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DCE9D75" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім алушылармен жұмыстың инновациялық тәжірибесін зерделейді және пайдаланады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38872CA3" w14:textId="3A7B6460" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Қоғамға қызмет ету", "Туған елге тағзым", "Үлкенге ізет", "Ата-анаға құрмет" қоғамдық маңызды жұмыстарды ұйымдастырады т.б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F341F3" w14:paraId="6485972D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02DAF517" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C31B68C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="24F91227" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110" w:right="95"/>
+            </w:pPr>
+            <w:r>
+              <w:t>еңбекке ақы төлеу мөлшері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0F5523" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005306B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>sosh6@goo.edu.kz</w:t>
+              <w:t>- еңбек өтіліне және біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D41F176" w14:textId="2AB85A8A" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- орта арнайы білім ( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00D52C64" w:rsidRPr="00D52C64">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>120480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бастап;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="281C6619" w14:textId="26595F48" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="424"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:hanging="283"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00D52C64" w:rsidRPr="00AA354B">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>125775</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> т. бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7276" w:rsidRPr="0005306B" w14:paraId="29A1F59C" w14:textId="77777777" w:rsidTr="006B27A9">
+      <w:tr w:rsidR="00F341F3" w14:paraId="2F749C16" w14:textId="77777777" w:rsidTr="00B34DBC">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:trHeight w:val="2580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D2A04DF" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
-            <w:pPr>
+          <w:p w14:paraId="74057C96" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2715" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="118989EB" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110" w:right="533"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">үлгілік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="647CC6EC" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21E841AC" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110" w:right="521"/>
+            </w:pPr>
+            <w:r>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">кандидатқа қойылатын біліктілік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5746358C" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>2</w:t>
+              </w:rPr>
+              <w:t>- тиісті бағдар бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім, жұмыс өтіліне талаптар қойылмайды немесе тиісті бағдар бойынша техникалық және кәсіптік педагогикалық білім жұмыс өтіліне талаптар қойылмайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B8131A6" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E034B83" w14:textId="665A7575" w:rsidR="00F341F3" w:rsidRPr="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F341F3">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған жағдайда педагогикалық жұмыс өтілі: педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00754C8A" w14:paraId="20517BBC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2794B403" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1009B21C" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
-[...17 lines deleted...]
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+          <w:p w14:paraId="0ECA9D87" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E09EDA2" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="238" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="123D6690" w14:textId="14F6C1DF" w:rsidR="008E7276" w:rsidRPr="00ED3B8C" w:rsidRDefault="008E7276" w:rsidP="008E7276">
-[...95 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2DEE0C10" w14:textId="287AB109" w:rsidR="00754C8A" w:rsidRPr="001A0A03" w:rsidRDefault="002A663D" w:rsidP="001A0A03">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>23.01-03</w:t>
+            </w:r>
+            <w:r w:rsidR="001A0A03">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.02.2026</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7276" w:rsidRPr="0005306B" w14:paraId="24F35E0E" w14:textId="77777777" w:rsidTr="006B27A9">
+      <w:tr w:rsidR="00754C8A" w14:paraId="70A137A3" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="825"/>
+          <w:trHeight w:val="4762"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45583778" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
-            <w:pPr>
+          <w:p w14:paraId="71049E6E" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6454C03F" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
-[...17 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+          <w:p w14:paraId="593ED892" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Қажетті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58945ABB" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="00ED3B8C" w:rsidRDefault="008E7276" w:rsidP="008E7276">
-[...1 lines deleted...]
-              <w:pStyle w:val="a7"/>
+          <w:p w14:paraId="5B07478F" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="456"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...21 lines deleted...]
-              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">3-қосымшаға </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41510FB7" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="470"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...21 lines deleted...]
-              <w:pStyle w:val="a7"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">жеке басын куәландыратын құжат </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">не цифрлық құжаттар сервисінен алынған электрондық құжат </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(сәйкестендіру үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DD4C65B" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="350"/>
+              </w:tabs>
+              <w:ind w:right="98" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...20 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
+              <w:t>кадрларды есепке алу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">бойынша толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">жеке іс парағы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46CA79F5" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="535"/>
+              </w:tabs>
+              <w:spacing w:line="242" w:lineRule="auto"/>
+              <w:ind w:right="95" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">организует коллективно-творческую деятельность; </w:t>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60B5913B" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="346"/>
+              </w:tabs>
+              <w:spacing w:line="245" w:lineRule="exact"/>
+              <w:ind w:left="346" w:hanging="239"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30916D7C" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="458"/>
+              </w:tabs>
+              <w:ind w:right="94" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>"Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды бекіту туралы" ҚР Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>075/у</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>нысаны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5621FAD9" w14:textId="77777777" w:rsidR="00754C8A" w:rsidRDefault="00754C8A" w:rsidP="00754C8A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="374"/>
+              </w:tabs>
+              <w:spacing w:line="254" w:lineRule="exact"/>
+              <w:ind w:right="94" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>психикалық, мінез-құлықтық бұзылушылықтары б</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ар аурудың динамикалық бақылауда жоқтығы туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>анықтама;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7276" w:rsidRPr="0005306B" w14:paraId="0310C734" w14:textId="77777777" w:rsidTr="006B27A9">
+      <w:tr w:rsidR="00BC2213" w14:paraId="20B86C5A" w14:textId="77777777" w:rsidTr="00731BBC">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="4762"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="276BF795" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="51CA02E5" w14:textId="77777777" w:rsidR="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00731BBC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7405E751" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4DDDFAE9" w14:textId="77777777" w:rsidR="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00731BBC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1158F8EA" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="00ED3B8C" w:rsidRDefault="008E7276" w:rsidP="008E7276">
-[...65 lines deleted...]
-              <w:t>- высшее образование (min): 125 775,48 тенге</w:t>
+          <w:p w14:paraId="57EF8FD0" w14:textId="77777777" w:rsidR="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00731BBC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="478"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">наркологиялық аурудың </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">динамикалық бақылауда жоқтығы туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C6D103B" w14:textId="77777777" w:rsidR="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00731BBC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="491"/>
+              </w:tabs>
+              <w:ind w:right="94" w:firstLine="55"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">сертификаттаудан өту нәтижелері туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">немесе қолданыстағы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">біліктілік санатының болуы туралы куәлік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(бар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F146FF7" w14:textId="77777777" w:rsidR="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00731BBC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="701"/>
+              </w:tabs>
+              <w:ind w:right="94" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша </w:t>
+            </w:r>
+            <w:r>
+              <w:t>сертификаттау нәтижелері туралы сертификат немесе педагог-модератор немесе педагог-сарапшы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>немесе педагог-зерттеуші немесе педагог-шебер біліктілік санатының болуы туралы куәлікті (бар болса) немесе CELTA (Certificate in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS - айелтс) – 6,5 балл; немесе тойфл TOEFL (іnternet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Based Test (іBT)) – 60-65 балл көрсеткіші бар </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>сертификат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E1829F9" w14:textId="77777777" w:rsidR="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00731BBC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="526"/>
+              </w:tabs>
+              <w:ind w:right="96" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">осы Қағидаларға 12, 13-қосымшаларға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>бағалау парағы</w:t>
+            </w:r>
+            <w:r>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="300F2E18" w14:textId="77777777" w:rsidR="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00731BBC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="552"/>
+              </w:tabs>
+              <w:ind w:left="552" w:hanging="445"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="62"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(педагог</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="62"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>бойынша),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="61"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51681347" w14:textId="77777777" w:rsidR="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00731BBC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="236" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>хат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7276" w:rsidRPr="0005306B" w14:paraId="7C677004" w14:textId="77777777" w:rsidTr="006B27A9">
+      <w:tr w:rsidR="00BC2213" w14:paraId="3B390258" w14:textId="77777777" w:rsidTr="00731BBC">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35B6C266" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
-            <w:pPr>
+          <w:p w14:paraId="5E217F34" w14:textId="77777777" w:rsidR="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00731BBC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>3</w:t>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F4C98DA" w14:textId="77777777" w:rsidR="008E7276" w:rsidRPr="0005306B" w:rsidRDefault="008E7276" w:rsidP="008E7276">
-[...39 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+          <w:p w14:paraId="4619C4CF" w14:textId="77777777" w:rsidR="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00731BBC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="246" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Уақытша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65A007A6" w14:textId="77777777" w:rsidR="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00731BBC">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r>
+              <w:t>лауазымының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13B4066E" w14:textId="0B53C8A4" w:rsidR="008E7276" w:rsidRPr="00ED3B8C" w:rsidRDefault="008E7276" w:rsidP="008E7276">
-[...98 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="412D03CA" w14:textId="77777777" w:rsidR="00F341F3" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="246" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>уақытша,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:t>3</w:t>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t>.01-0</w:t>
+              <w:t>негізгі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...515 lines deleted...]
-            </w:pPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-              <w:t>Временно( до 25.05.2026)</w:t>
+              <w:t>қызметкердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>бала</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>күтімі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>демалысы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47524BF6" w14:textId="76F742E2" w:rsidR="00BC2213" w:rsidRDefault="00F341F3" w:rsidP="00F341F3">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r>
+              <w:t>кезеңіне,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 25</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.05.2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="364CB417" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+    <w:p w14:paraId="0E034C4D" w14:textId="552765D0" w:rsidR="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00BC2213">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1935"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37A5B3B8" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+    <w:p w14:paraId="73E05C20" w14:textId="2F92E6B6" w:rsidR="00BC2213" w:rsidRPr="00BC2213" w:rsidRDefault="00BC2213" w:rsidP="00BC2213">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1935"/>
+        </w:tabs>
+        <w:sectPr w:rsidR="00BC2213" w:rsidRPr="00BC2213">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="700" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="0005306B">
-[...5 lines deleted...]
-        <w:t>     </w:t>
+      <w:r>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AEC59C1" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+    <w:p w14:paraId="7A8A0772" w14:textId="77777777" w:rsidR="00126E89" w:rsidRDefault="00126E89" w:rsidP="00660672">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="083C3EFF" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
+    <w:p w14:paraId="1C4CABEF" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:before="75" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6363" w:right="724" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...214 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
-          <w:lang w:val="en-US"/>
-[...44 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>от</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>должностей</w:t>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>босату қағидаларына 3-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3372CA49" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="446CABB1" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:spacing w:before="3" w:line="242" w:lineRule="auto"/>
-        <w:ind w:left="6307" w:right="779" w:firstLine="1"/>
+        <w:spacing w:line="177" w:lineRule="exact"/>
+        <w:ind w:left="5675" w:right="38"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>государственных организаций образования Форма</w:t>
+        <w:t>Нысан</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55C71DAC" w14:textId="77777777" w:rsidR="0064260F" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="1803842A" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
         <w:spacing w:before="9"/>
         <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29AE1DE0" wp14:editId="17BCE0A9">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64745851" wp14:editId="5E6D0200">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>143216</wp:posOffset>
+                  <wp:posOffset>143301</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6352540" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="22" name="Graphic 22"/>
+                <wp:docPr id="1" name="Graphic 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6352540" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6352540">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6351922" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
-              <v:shape w14:anchorId="5D306EBC" id="Graphic 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJcZJ1t2E+CJT4RD7yUV7cHTor9gapBVfK2WQqhXEaqtZtS/l9/fDh&#10;RgoKylXKgjOlfDUk75bv3y16X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUT8MaxswbsVOAtbrMKVc/R&#10;O5vl0+k86wErj6ANEZ+uBqdcpvh1bXT4VtdkgrClZG4hrZjWTVyz5UIVW1S+afWRhvoHFp1qHSc9&#10;hVqpoMQO279Cda1GIKjDREOXQV232qQauJrZ9E01L43yJtXCzSF/ahP9v7D6af/inzFSJ/8I+idx&#10;R7LeU3HyxA0dMYcau4hl4uKQuvh66qI5BKH5cP7xKr/6xM3W7Jvl16nJmSrGu3pH4YuBFEftHykM&#10;GlSjpZrR0gc3mshKRg1t0jBIwRqiFKzhZtDQqxDvRXLRFP2ZSDzrYG/WkLzhDXOmdvZad4niUma3&#10;eS7FWCVjBwQbMQ33ajBSarYvi7Musri+nd+k0SCwbfXQWhtZEG439xbFXsXBTF+sgyP8AfNIYaWo&#10;GXDJdYRZd9RpkCaKtIHq9RlFz9NcSvq1U2iksF8dj0sc/dHA0diMBgZ7D+mBpAZxzvXhh0IvYvpS&#10;Blb2CcZhVMUoWiz9hI03HXzeBajbqGiaoYHRccMTnAo8vrb4RC73CXX+Jyx/AwAA//8DAFBLAwQU&#10;AAYACAAAACEA+3TCgd8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;FJUS4lQoElVBFRKhF25usiQR8dqy3Tb9ezYnOM7s0+xMvh7NIE7oQ29JwXyWgECqbdNTq2D/+XK3&#10;AhGipkYPllDBBQOsi+urXGeNPdMHnqrYCg6hkGkFXYwukzLUHRodZtYh8e3beqMjS9/Kxuszh5tB&#10;pkmylEb3xB867bDssP6pjkaB/9pt9m77vnks8e3+1ZYXt60qpW5vxucnEBHH+AfDVJ+rQ8GdDvZI&#10;TRAD6/liwaiCNF2CmAB2HkAcJmcFssjl/wnFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBuRlVGFQIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD7dMKB3wAAAAoBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="61EC4B2F" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.3pt;width:500.2pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6352540,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFo3VMJgIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068NW2NOMXQoMWA&#10;oivQDDsrshwbk0WNUmzn70fJdpJ2t2E+CJT4RPLxUV7d9Y1mrUJXg8n5YjbnTBkJRW32Of+xffh0&#10;w5nzwhRCg1E5PyrH79YfP6w6m6kUKtCFQkZBjMs6m/PKe5sliZOVaoSbgVWGnCVgIzxtcZ8UKDqK&#10;3ugknc+XSQdYWASpnKPTzeDk6xi/LJX038vSKc90zqk2H1eM6y6syXolsj0KW9VyLEP8QxWNqA0l&#10;PYXaCC/YAeu/QjW1RHBQ+pmEJoGyrKWKHIjNYv6OzWslrIpcqDnOntrk/l9Y+dy+IKsL0o4zIxqS&#10;6HHsxiI0p7MuI8yrfcFAz9knkL8cOZI3nrBxI6YvsQlYIsf62OnjqdOq90zS4fLzVXr1hQSR5Fuk&#10;11GIRGTTXXlw/lFBjCPaJ+cHnYrJEtVkyd5MJpLaQWcddfackc7IGem8G3S2wod7obhgsu5cSDhr&#10;oFVbiF7/rnIq7ezV5hJFVBa3acrZxJKwA4KMkIZ6NRgxNdmX5LQJVVzfLm/i+DjQdfFQax2qcLjf&#10;3WtkrQjDG7/AgyK8gVl0fiNcNeCia4RpM+o0SBNE2kFxJME70jjn7vdBoOJMfzM0UuF5TAZOxm4y&#10;0Ot7iI8oNohybvufAi0L6XPuSdlnmAZWZJNogfoJG24a+HrwUNZB0ThDQ0XjhqY8EhxfZHhGl/uI&#10;Ov831n8AAAD//wMAUEsDBBQABgAIAAAAIQD7dMKB3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUjcqNMUlRLiVCgSVUEVEqEXbm6yJBHx2rLdNv17Nic4zuzT7Ey+Hs0gTuhD&#10;b0nBfJaAQKpt01OrYP/5crcCEaKmRg+WUMEFA6yL66tcZ4090weeqtgKDqGQaQVdjC6TMtQdGh1m&#10;1iHx7dt6oyNL38rG6zOHm0GmSbKURvfEHzrtsOyw/qmORoH/2m32bvu+eSzx7f7Vlhe3rSqlbm/G&#10;5ycQEcf4B8NUn6tDwZ0O9khNEAPr+WLBqII0XYKYAHYeQBwmZwWyyOX/CcUvAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAAWjdUwmAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAPt0woHfAAAACgEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l6351922,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44037568" wp14:editId="53BBF198">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16F2AD64" wp14:editId="76F2A4AD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>310856</wp:posOffset>
+                  <wp:posOffset>310941</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6358890" cy="1270"/>
+                <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="23" name="Graphic 23"/>
+                <wp:docPr id="2" name="Graphic 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6358890" cy="1270"/>
+                          <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="6358890">
+                            <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="6358697" y="0"/>
+                                <a:pt x="6359650" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
-              <v:shape w14:anchorId="4D1EFC32" id="Graphic 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJAkYvFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP2jAMfp+0/xDlfRSYxkFFOU2Hbpp0&#10;up10THsOaUqrpXFmBwr/fk5Kgd3epvUhcuIv9md/Tpf3x9aKg0FqwBVyMhpLYZyGsnG7Qn7fPH6Y&#10;S0FBuVJZcKaQJ0PyfvX+3bLzuZlCDbY0KDiIo7zzhaxD8HmWka5Nq2gE3jh2VoCtCrzFXVai6jh6&#10;a7PpeDzLOsDSI2hDxKfr3ilXKX5VGR2+VRWZIGwhmVtIK6Z1G9dstVT5DpWvG32mof6BRasax0kv&#10;odYqKLHH5q9QbaMRCKow0tBmUFWNNqkGrmYyflPNa628SbVwc8hf2kT/L6x+Prz6F4zUyT+B/knc&#10;kazzlF88cUNnzLHCNmKZuDimLp4uXTTHIDQfzj5+ms8X3GzNvsn0LjU5U/lwV+8pfDGQ4qjDE4Ve&#10;g3KwVD1Y+ugGE1nJqKFNGgYpWEOUgjXc9hp6FeK9SC6aorsSiWctHMwGkje8Yc7Url7rblGxlNni&#10;ToqhSsb2CDZiGu5Vb6TUbN8WZ11kcbeYzdNoENimfGysjSwId9sHi+Kg4mCmL9bBEf6AeaSwVlT3&#10;uOQ6w6w769RLE0XaQnl6QdHxNBeSfu0VGinsV8fjEkd/MHAwtoOBwT5AeiCpQZxzc/yh0IuYvpCB&#10;lX2GYRhVPogWS79g400Hn/cBqiYqmmaoZ3Te8ASnAs+vLT6R231CXf8Jq98AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAeMgQ53QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJOm&#10;ohDiVAiJWwU08ABuvMRp7XUUOz/w9DincpzZT7MzxW62ho3Y+9aRgHSVAEOqnWqpEfD1+Xr3AMwH&#10;SUoaRyjgBz3syuurQubKTXTAsQoNiyHkcylAh9DlnPtao5V+5TqkePt2vZUhyr7hqpdTDLeGr5Pk&#10;nlvZUvygZYcvGutzNVgB22F+/9B7czpP+xMd3jJuf6tRiNub+fkJWMA5XGBY6sfqUMZORzeQ8sxE&#10;nWZZRAVsHuOmBUjTzRbYcXHWwMuC/59Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJ&#10;AkYvFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAeMgQ53QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l6358697,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="4AF743CE" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:24.5pt;width:500.8pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBF0JHTJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZS1G2NOMXQoMWA&#10;oivQDDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7e961mB+WwAVPw+SzlTBkJZWN2Bf+xefxy&#10;yxl6YUqhwaiCHxXy+9XnT8vO5moBNehSOUZBDOadLXjtvc2TBGWtWoEzsMqQswLXCk9bt0tKJzqK&#10;3upkkaZZ0oErrQOpEOl0PTj5KsavKiX996pC5ZkuONXm4+riug1rslqKfOeErRs5liH+oYpWNIaS&#10;nkKthRds75q/QrWNdIBQ+ZmENoGqaqSKHIjNPP3A5q0WVkUu1By0pzbh/wsrXw6vjjVlwRecGdGS&#10;RE9jNxahOZ3FnDBv9tUFemifQf5CciTvPGGDI6avXBuwRI71sdPHU6dV75mkw+wqS+cZCSLJN1/c&#10;RCESkU935R79k4IYRxye0Q86lZMl6smSvZlMR2oHnXXU2XNGOjvOSOftoLMVPtwLxQWTdedCwlkL&#10;B7WB6PUfKqfSzl5tLlHZ1fVddk1UJpaEHRBkhDTUq8GIqcm+JKdNqOLmLruN44Ogm/Kx0TpUgW63&#10;fdCOHUQY3vgFHhThHcw69GuB9YCLrhGmzajTIE0QaQvlkQTvSOOC4++9cIoz/c3QSIXnMRluMraT&#10;4bx+gPiIYoMo56b/KZxlIX3BPSn7AtPAinwSLVA/YcNNA1/3HqomKBpnaKho3NCUR4LjiwzP6HIf&#10;Uef/xuoPAAAA//8DAFBLAwQUAAYACAAAACEA0v4fet8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjpqI0xKkC4kfqjZQeenPjbRJhr6PYbcPb45zKcWY/zc7k69EadsbB&#10;d44kiFkCDKl2uqNGwvf2/eEJmA+KtDKOUMIvelgXtze5yrS70Beeq9CwGEI+UxLaEPqMc1+3aJWf&#10;uR4p3o5usCpEOTRcD+oSw63h8yR55FZ1FD+0qsfXFuuf6mQllMM2pbLameT48rF8+9yo/VJspLy/&#10;G8tnYAHHcIVhqh+rQxE7HdyJtGcmapGmEZWwWMVNEyDEYgXsMDlz4EXO/08o/gAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBF0JHTJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDS/h963wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359650,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52CA3071" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="59F1F115" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31B13A8A" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="31BAAAD1" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="23" w:right="52"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA3591">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(государственный</w:t>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>(конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA3591">
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>конкурс)</w:t>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орган)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="771F91A7" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="6137D4E3" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA3591">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C3033C0" wp14:editId="103E3D4C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55A46866" wp14:editId="1F45EC18">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>139061</wp:posOffset>
-[...289 lines deleted...]
-                  <wp:posOffset>138934</wp:posOffset>
+                  <wp:posOffset>139315</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="26" name="Graphic 26"/>
+                <wp:docPr id="3" name="Graphic 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
-              <v:shape w14:anchorId="6643DEB0" id="Graphic 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAIWZdorfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wRRCHGqgPiReiOFAzc3dpMIex3Zbhvenu2p3HZ2R7PfVKvZWXYwIY4eJYhFBsxg5/WIvYTPzevN&#10;PbCYFGplPRoJvybCqr68qFSp/RE/zKFNPaMQjKWSMKQ0lZzHbjBOxYWfDNJt54NTiWTouQ7qSOHO&#10;8jzL7rhTI9KHQU3meTDdT7t3EpqwKbBpv2y2e3pbvryv1fdSrKW8vpqbR2DJzOlshhM+oUNNTFu/&#10;Rx2ZJS2KgqwScvEA7GQQ4pamLW1yAbyu+P8K9R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAhZl2it8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="5FE4D046" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.95pt;width:500.8pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAvl196JwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjsphDSbns8mUM2UkFLXZ5/xt+/Dl&#10;hjP0whRCg1E5Pynkd+vPn1atzdQcKtCFcoyCGMxam/PKe5slCcpKNQInYJUhZwmuEZ62bp8UTrQU&#10;vdHJfDpNkxZcYR1IhUinm97J1zF+WSrpf5QlKs90zqk2H1cX111Yk/VKZHsnbFXLoQzxD1U0ojaU&#10;9BxqI7xgB1f/FaqppQOE0k8kNAmUZS1V5EBsZtMPbF4rYVXkQs1Be24T/r+w8vn44lhd5HzBmREN&#10;SfQ4dGMRmtNazAjzal9coIf2CeQvJEfyzhM2OGC60jUBS+RYFzt9OndadZ5JOkwX6XSWkiCSfLP5&#10;MgqRiGy8Kw/oHxXEOOL4hL7XqRgtUY2W7MxoOlI76Kyjzp4z0tlxRjrvep2t8OFeKC6YrL0UEs4a&#10;OKotRK//UDmVdvFqc41KF19vb5ZLzkaWhO0RZIQ01KveiKnJvianTahieZvexPFB0HXxUGsdqkC3&#10;391rx44iDG/8Ag+K8A5mHfqNwKrHRdcA02bQqZcmiLSD4kSCt6RxzvH3QTjFmf5uaKTC8xgNNxq7&#10;0XBe30N8RLFBlHPb/RTOspA+556UfYZxYEU2ihaon7HhpoFvBw9lHRSNM9RXNGxoyiPB4UWGZ3S9&#10;j6jLf2P9BwAA//8DAFBLAwQUAAYACAAAACEAhZl2it8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjBFEIcaqA+JF6I4UDNzd2kwh7HdluG96e7ancdnZHs99Uq9lZdjAh&#10;jh4liEUGzGDn9Yi9hM/N6809sJgUamU9Ggm/JsKqvryoVKn9ET/MoU09oxCMpZIwpDSVnMduME7F&#10;hZ8M0m3ng1OJZOi5DupI4c7yPMvuuFMj0odBTeZ5MN1Pu3cSmrApsGm/bLZ7elu+vK/V91Kspby+&#10;mptHYMnM6WyGEz6hQ01MW79HHZklLYqCrBJy8QDsZBDilqYtbXIBvK74/wr1HwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAvl196JwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCFmXaK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00EA3591">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B297230" wp14:editId="600E719A">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="587F22CB" wp14:editId="2066A9ED">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285238</wp:posOffset>
+                  <wp:posOffset>285619</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="27" name="Graphic 27"/>
+                <wp:docPr id="4" name="Graphic 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
-              <v:shape w14:anchorId="1E113178" id="Graphic 27" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.45pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAM4FcDfeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;Y1IohDhVQPxIvZHCgZsbb5MIex3ZbhveHucEt53d0ew35Xqyhh3Rh8GRBLHIgCG1Tg/USfjYvlzd&#10;AQtRkVbGEUr4wQDr6vysVIV2J3rHYxM7lkIoFEpCH+NYcB7aHq0KCzcipdveeatikr7j2qtTCreG&#10;X2fZLbdqoPShVyM+9dh+NwcrofbbnOrm02T7x9fV89tGfa3ERsrLi6l+ABZxin9mmPETOlSJaecO&#10;pAMzSYs8T1YJy+U9sNkgxDzt0uZGAK9K/r9C9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDOBXA33gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="3B092BFC" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbExL6KAIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SzkmNOMXQoMWA&#10;oivQFDsrshwbk0WNUmL370fJdpJ2t2E+CJT4RPLxUV7ddo1mR4WuBpPz2WTKmTISitrsc/66vf+y&#10;5Mx5YQqhwaicvynHb9efP61am6k5VKALhYyCGJe1NueV9zZLEicr1Qg3AasMOUvARnja4j4pULQU&#10;vdHJfDpNkxawsAhSOUenm97J1zF+WSrpf5SlU57pnFNtPq4Y111Yk/VKZHsUtqrlUIb4hyoaURtK&#10;egq1EV6wA9Z/hWpqieCg9BMJTQJlWUsVORCb2fQDm5dKWBW5UHOcPbXJ/b+w8un4jKwucn7NmREN&#10;SfQwdOM6NKe1LiPMi33GQM/ZR5C/HDmSd56wcQOmK7EJWCLHutjpt1OnVeeZpMP0Kp3OUhJEkm82&#10;X0QhEpGNd+XB+QcFMY44Pjrf61SMlqhGS3ZmNJHUDjrrqLPnjHRGzkjnXa+zFT7cC8UFk7XnQsJZ&#10;A0e1hej1Hyqn0s5ebS5R6dXXm+ViwdnIkrA9goyQhnrVGzE12ZfktAlVLG7SZRwfB7ou7mutQxUO&#10;97s7jewowvDGL/CgCO9gFp3fCFf1uOgaYNoMOvXSBJF2ULyR4C1pnHP3+yBQcaa/Gxqp8DxGA0dj&#10;Nxro9R3ERxQbRDm33U+BloX0Ofek7BOMAyuyUbRA/YQNNw18O3go66BonKG+omFDUx4JDi8yPKPL&#10;fUSd/xvrPwAAAP//AwBQSwMEFAAGAAgAAAAhAOTE+EXfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyo46bQEuJUAQGVeiOlB25uvE0i7HUUu234e5wTHGf2aXYmX4/WsDMO&#10;vnMkQcwSYEi10x01Ej53b3crYD4o0so4Qgk/6GFdXF/lKtPuQh94rkLDYgj5TEloQ+gzzn3dolV+&#10;5nqkeDu6waoQ5dBwPahLDLeGz5PkgVvVUfzQqh5fWqy/q5OVUA67lMpqb5Lj8/vydbNVX0uxlfL2&#10;ZiyfgAUcwx8MU/1YHYrY6eBOpD0zUYs0jaiExX3cNAFCLB6BHSZnDrzI+f8JxS8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAWxMS+igCAAB/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA5MT4Rd8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A3D39EA" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="35EEF4D0" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59E3AA1D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="2B329C11" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="61" w:right="38"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA3591">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(должность,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>(кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA3591">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>место</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA3591">
-[...2 lines deleted...]
-          <w:spacing w:val="-2"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>работы)</w:t>
+        <w:t>болса),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E01F62D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="4F99FD1C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA3591">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25291CCE" wp14:editId="3542C7FA">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D91BD52" wp14:editId="7B18AC8E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>138934</wp:posOffset>
+                  <wp:posOffset>140839</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="28" name="Graphic 28"/>
-[...458 lines deleted...]
-                <wp:docPr id="30" name="Graphic 30"/>
+                <wp:docPr id="5" name="Graphic 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
-              <v:shape w14:anchorId="19FECE21" id="Graphic 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:9.9pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhACOeUHPeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo&#10;Y4IoDXGqgHhI3ZHSRXdu7CYR9jiy3Tb8PdNV2c3VHN1HuZycZUcT4uBRgphlwAy2Xg/YSfhev989&#10;AYtJoVbWo5HwayIsq+urUhXan/DLHJvUMTLBWCgJfUpjwXlse+NUnPnRIP32PjiVSIaO66BOZO4s&#10;v8+yR+7UgJTQq9G89qb9aQ5OQh3WOdbNxmb7l4/52+dKbediJeXtzVQ/A0tmShcYzvWpOlTUaecP&#10;qCOzpEWeE0rHgiacASEeFsB2EigYeFXy/xOqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAjnlBz3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="4135B307" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8/sCJJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SxGmNOMXQoMWA&#10;oivQDDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7dd41mR+WwBpPz2WTKmTISitrsc/5j+/jl&#10;ljP0whRCg1E5Pynk9+vPn1atzdQcKtCFcoyCGMxam/PKe5slCcpKNQInYJUhZwmuEZ62bp8UTrQU&#10;vdHJfDpNkxZcYR1IhUinm97J1zF+WSrpv5clKs90zqk2H1cX111Yk/VKZHsnbFXLoQzxD1U0ojaU&#10;9BxqI7xgB1f/FaqppQOE0k8kNAmUZS1V5EBsZtMPbN4qYVXkQs1Be24T/r+w8uX46lhd5HzBmREN&#10;SfQ0dGMRmtNazAjzZl9doIf2GeQvJEfyzhM2OGC60jUBS+RYFzt9OndadZ5JOkxv0uksJUEk+Wbz&#10;ZRQiEdl4Vx7QPymIccTxGX2vUzFaohot2ZnRdKR20FlHnT1npLPjjHTe9Tpb4cO9UFwwWXspJJw1&#10;cFRbiF7/oXIq7eLV5hqV3izubpdLzkaWhO0RZIQ01KveiKnJvianTahieZfexvFB0HXxWGsdqkC3&#10;3z1ox44iDG/8Ag+K8A5mHfqNwKrHRdcA02bQqZcmiLSD4kSCt6RxzvH3QTjFmf5maKTC8xgNNxq7&#10;0XBeP0B8RLFBlHPb/RTOspA+556UfYFxYEU2ihaon7HhpoGvBw9lHRSNM9RXNGxoyiPB4UWGZ3S9&#10;j6jLf2P9BwAA//8DAFBLAwQUAAYACAAAACEARobTf98AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjpKI0xKkC4iF1RwqL7tx4mkTE48h22/D3OCtY3pmjO2eKzWQGdkbn&#10;e0sSxCIBhtRY3VMr4XP3evcAzAdFWg2WUMIPetiU11eFyrW90Aee69CyWEI+VxK6EMacc990aJRf&#10;2BEp7o7WGRVidC3XTl1iuRl4miT33Kie4oVOjfjcYfNdn4yEyu0yquqvITk+va1e3rdqvxJbKW9v&#10;puoRWMAp/MEw60d1KKPTwZ5IezbELLIsohLSNAU2A0Is18AO82QJvCz4/xfKXwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA8/sCJJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBGhtN/3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00EA3591">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
-          <w:sz w:val="15"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55D09BFF" wp14:editId="3EFD71FC">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CA0C582" wp14:editId="3EC60B3B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>271889</wp:posOffset>
+                  <wp:posOffset>285619</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="31" name="Graphic 31"/>
+                <wp:docPr id="6" name="Graphic 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
-              <v:shape w14:anchorId="77D1D920" id="Graphic 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:21.4pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAJIPkX/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;7aaiEOJUAfEj9UbaHri5sZtExOvIdtvw9mxPcJzZT7MzxWpyAzvZEHuPCuRMALPYeNNjq2C7ebt7&#10;ABaTRqMHj1bBj42wKq+vCp0bf8ZPe6pTyygEY64VdCmNOeex6azTceZHi3Q7+OB0IhlaboI+U7gb&#10;+FyIe+50j/Sh06N96WzzXR+dgipsMqzq3SAOz+/L14+1/lrKtVK3N1P1BCzZKf3BcKlP1aGkTnt/&#10;RBPZQFpmGaEKFnOacAGkXDwC25OTCeBlwf9PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAkg+Rf98AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="00ABB207" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.5pt;width:500.8pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVybcdJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR4WuBpPz2WTKmTISitrsc/62ffiy&#10;5Mx5YQqhwaicn5Tjd+vPn1atzdQcKtCFQkZBjMtam/PKe5sliZOVaoSbgFWGnCVgIzxtcZ8UKFqK&#10;3uhkPp2mSQtYWASpnKPTTe/k6xi/LJX0P8rSKc90zqk2H1eM6y6syXolsj0KW9VyKEP8QxWNqA0l&#10;PYfaCC/YAeu/QjW1RHBQ+omEJoGyrKWKHIjNbPqBzWslrIpcqDnOntvk/l9Y+Xx8QVYXOU85M6Ih&#10;iR6HbqShOa11GWFe7QsGes4+gfzlyJG884SNGzBdiU3AEjnWxU6fzp1WnWeSDtObdDpLSRBJvtl8&#10;EYVIRDbelQfnHxXEOOL45HyvUzFaohot2ZnRRFI76Kyjzp4z0hk5I513vc5W+HAvFBdM1l4KCWcN&#10;HNUWotd/qJxKu3i1uUalN19vl4sFZyNLwvYIMkIa6lVvxNRkX5PTJlSxuE2XcXwc6Lp4qLUOVTjc&#10;7+41sqMIwxu/wIMivINZdH4jXNXjomuAaTPo1EsTRNpBcSLBW9I45+73QaDiTH83NFLheYwGjsZu&#10;NNDre4iPKDaIcm67nwItC+lz7knZZxgHVmSjaIH6GRtuGvh28FDWQdE4Q31Fw4amPBIcXmR4Rtf7&#10;iLr8N9Z/AAAA//8DAFBLAwQUAAYACAAAACEA5MT4Rd8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3KjjptAS4lQBAZV6I6UHbm68TSLsdRS7bfh7nBMcZ/ZpdiZfj9awMw6+&#10;cyRBzBJgSLXTHTUSPndvdytgPijSyjhCCT/oYV1cX+Uq0+5CH3iuQsNiCPlMSWhD6DPOfd2iVX7m&#10;eqR4O7rBqhDl0HA9qEsMt4bPk+SBW9VR/NCqHl9arL+rk5VQDruUympvkuPz+/J1s1VfS7GV8vZm&#10;LJ+ABRzDHwxT/Vgditjp4E6kPTNRizSNqITFfdw0AUIsHoEdJmcOvMj5/wnFLwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCVybcdJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDkxPhF3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A8866E6" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="618FF935" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DE04BB0" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="6B583E84" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="23" w:right="54"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA3591">
-[...91 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>город/село)</w:t>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C47961" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="33634D1C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA3591">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C0A9D0D" wp14:editId="5E37C0A8">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EA9ABC7" wp14:editId="5E2FC6DC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>141830</wp:posOffset>
+                  <wp:posOffset>140458</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="32" name="Graphic 32"/>
+                <wp:docPr id="7" name="Graphic 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
-              <v:shape w14:anchorId="4EA8D1CF" id="Graphic 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT9mFwKEEsEmAaG9cO2En42rzd&#10;PAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1VWHhRo10OzhvVSTpO956daZw&#10;a3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU11dT9QQs6in+mWHGJ3QoiWnv&#10;jtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="1E5C5676" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.05pt;width:500.8pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyJGVuJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6H2WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyKEP8QxWNqA0l&#10;PYfaCC/YwdV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntuE/y+sfD6+OFYXOV9wZkRD&#10;Ej0O3ViE5rQWM8K82hcX6KF9AvkLyZG884QNDpiudE3AEjnWxU6fzp1WnWeSDtObdDpLSRBJvtl8&#10;EYVIRDbelQf0jwpiHHF8Qt/rVIyWqEZLdmY0HakddNZRZ88Z6ew4I513vc5W+HAvFBdM1l4KCWcN&#10;HNUWotd/qJxKu3i1uUalN19vlwvq3siSsD2CjJCGetUbMTXZ1+S0CVUsbtNlHB8EXRcPtdahCnT7&#10;3b127CjC8MYv8KAI72DWod8IrHpcdA0wbQademmCSDsoTiR4SxrnHH8fhFOc6e+GRio8j9Fwo7Eb&#10;Def1PcRHFBtEObfdT+EsC+lz7knZZxgHVmSjaIH6GRtuGvh28FDWQdE4Q31Fw4amPBIcXmR4Rtf7&#10;iLr8N9Z/AAAA//8DAFBLAwQUAAYACAAAACEAbTKMb94AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjBFEa4lQB8ZC6I6ULdtPYTSLicWS7bfh7nFVZ3pmjO2eK9WQGdtLO&#10;95YkiEUCTFNjVU+thK/t290jMB+QFA6WtIRf7WFdXl8VmCt7pk99qkPLYgn5HCV0IYw5577ptEG/&#10;sKOmuDtYZzDE6FquHJ5juRl4miQP3GBP8UKHo37pdPNTH42Eym0zqurdkBye35evHxv8XoqNlLc3&#10;U/UELOgpXGCY9aM6lNFpb4+kPBtiFlkWUQlpKoDNgBD3K2D7eZIBLwv+/4XyDwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPIkZW4nAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAG0yjG/eAAAACgEAAA8AAAAAAAAAAAAAAAAAgQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00EA3591">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="0391E818" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="23" w:right="56"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(нақты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>тұрғылықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F8187AF" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BE6CB12" wp14:editId="00092372">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69ECD065" wp14:editId="3D0390CD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>288134</wp:posOffset>
+                  <wp:posOffset>140839</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="33" name="Graphic 33"/>
+                <wp:docPr id="8" name="Graphic 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
-              <v:shape w14:anchorId="1C00BD53" id="Graphic 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;DS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj7x1JEIsEGFLjdE+thI/d6809&#10;MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/cANS3B3caFWIcWy5HtU5llvD&#10;b5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6aqoegQWcwh8Ms35UhzI67d2R&#10;tGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="3FD68792" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.1pt;width:500.8pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8x13GJwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6H2WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyKEP8QxWNqA0l&#10;PYfaCC/YwdV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntuE/y+sfD6+OFYXOSehjGhI&#10;osehG8vQnNZiRphX++ICPbRPIH8hOZJ3nrDBAdOVrglYIse62OnTudOq80zSYXqTTmcpCSLJN5sv&#10;ohCJyMa78oD+UUGMI45P6HuditES1WjJzoymI7WDzjrq7DkjnR1npPOu19kKH+6F4oLJ2ksh4ayB&#10;o9pC9PoPlVNpF68216j05uvtcrHgbGRJ2B5BRkhDveqNmJrsa3LahCoWt+kyjg+CrouHWutQBbr9&#10;7l47dhRheOMXeFCEdzDr0G8EVj0uugaYNoNOvTRBpB0UJxK8JY1zjr8PwinO9HdDIxWex2i40diN&#10;hvP6HuIjig2inNvup3CWhfQ596TsM4wDK7JRtED9jA03DXw7eCjroGicob6iYUNTHgkOLzI8o+t9&#10;RF3+G+s/AAAA//8DAFBLAwQUAAYACAAAACEARobTf98AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KjjpKI0xKkC4iF1RwqL7tx4mkTE48h22/D3OCtY3pmjO2eKzWQGdkbn&#10;e0sSxCIBhtRY3VMr4XP3evcAzAdFWg2WUMIPetiU11eFyrW90Aee69CyWEI+VxK6EMacc990aJRf&#10;2BEp7o7WGRVidC3XTl1iuRl4miT33Kie4oVOjfjcYfNdn4yEyu0yquqvITk+va1e3rdqvxJbKW9v&#10;puoRWMAp/MEw60d1KKPTwZ5IezbELLIsohLSNAU2A0Is18AO82QJvCz4/xfKXwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA8x13GJwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBGhtN/3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EEE9B3E" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="773F096E" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...2 lines deleted...]
-          <w:sz w:val="17"/>
+        <w:spacing w:before="215"/>
+        <w:ind w:left="23" w:right="54"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...155 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4859BE64" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9383"/>
+        </w:tabs>
+        <w:spacing w:before="88"/>
+        <w:ind w:right="113"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="134"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA3591">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E9DEDE" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="24"/>
+        <w:ind w:right="171"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бос/уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="56"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="54"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="56"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="57"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="58"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="57"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жіберуіңізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="54"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сведения:</w:t>
+        <w:t>сұраймын</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D66007D" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="6817AAA3" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA3591">
-[...437 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79A17ED6" wp14:editId="438BE150">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CD6E7B5" wp14:editId="6B83DF6C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>137934</wp:posOffset>
+                  <wp:posOffset>141775</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="34" name="Graphic 34"/>
+                <wp:docPr id="9" name="Graphic 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
-              <v:shape w14:anchorId="7F60B3CD" id="Graphic 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="3C85FB9A" id="Graphic 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBbKo+1JwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzGmMOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Dl&#10;ljP0whRCW6NyflLI79afP61al6m5rawuFDAKYjBrXc4r712WJCgr1QicWKcMOUsLjfC0hX1SgGgp&#10;eqOT+XSaJq2FwoGVCpFON72Tr2P8slTS/yhLVJ7pnFNtPq4Q111Yk/VKZHsQrqrlUIb4hyoaURtK&#10;eg61EV6wA9R/hWpqCRZt6SfSNokty1qqyIHYzKYf2LxWwqnIhZqD7twm/H9h5fPxBVhd5HzJmREN&#10;SfQ4dGMZmtM6zAjz6l4g0EP3ZOUvJEfyzhM2OGC6EpqAJXKsi50+nTutOs8kHaY36XSWkiCSfLP5&#10;IgqRiGy8Kw/oH5WNccTxCX2vUzFaohot2ZnRBFI76Kyjzp4z0hk4I513vc5O+HAvFBdM1l4KCWeN&#10;PaqtjV7/oXIq7eLV5hqV3nxd3i4WnI0sCdsjyAhpqFe9EVOTfU1Om1DFYpnexvFBq+viodY6VIGw&#10;391rYEcRhjd+gQdFeAdzgH4jsOpx0TXAtBl06qUJIu1scSLBW9I45/j7IEBxpr8bGqnwPEYDRmM3&#10;GuD1vY2PKDaIcm67nwIcC+lz7knZZzsOrMhG0QL1MzbcNPbbwduyDorGGeorGjY05ZHg8CLDM7re&#10;R9Tlv7H+AwAA//8DAFBLAwQUAAYACAAAACEAARHBKN8AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzU7DMBCE70i8g7VI3KjjBCiEOFVA/Ei9kdJDb27iJhH2OrLdNrw9mxOcVrM7mv2mWE3WsJP2&#10;YXAoQSwSYBob1w7YSfjavN08AAtRYauMQy3hRwdYlZcXhcpbd8ZPfapjxygEQ64k9DGOOeeh6bVV&#10;YeFGjXQ7OG9VJOk73np1pnBreJok99yqAelDr0b90uvmuz5aCZXfZFjVW5Mcnt+Xrx9rtVuKtZTX&#10;V1P1BCzqKf6ZYcYndCiJae+O2AZmSIssI6uENKU5G4S4fQS2nzd3wMuC/69Q/gIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBbKo+1JwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQABEcEo3wAAAAoBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...553 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="684F8E34" wp14:editId="4F0F606B">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D1F15D1" wp14:editId="6C94B5D6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>141684</wp:posOffset>
-[...414 lines deleted...]
-                  <wp:posOffset>137908</wp:posOffset>
+                  <wp:posOffset>288078</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="38" name="Graphic 38"/>
+                <wp:docPr id="10" name="Graphic 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
-              <v:shape w14:anchorId="64DFB5B7" id="Graphic 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s&#10;zYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCftfG9JglgkwDQ1VvXUSvjcvd09&#10;AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0CztqiruDdQZDjK7lyuE5lpuB&#10;L5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9maonYEFP4Q+GWT+qQxmd9vZI&#10;yrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAHAEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="39B6659D" id="Graphic 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.7pt;width:500.8pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7A/ElKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Bl&#10;yRl6YQqhrVE5Pynkd+vPn1aty9TcVlYXChgFMZi1LueV9y5LEpSVagROrFOGnKWFRnjawj4pQLQU&#10;vdHJfDpNk9ZC4cBKhUinm97J1zF+WSrpf5QlKs90zqk2H1eI6y6syXolsj0IV9VyKEP8QxWNqA0l&#10;PYfaCC/YAeq/QjW1BIu29BNpm8SWZS1V5EBsZtMPbF4r4VTkQs1Bd24T/r+w8vn4AqwuSDtqjxEN&#10;afQ4tINOqD2tw4xQr+4FAkF0T1b+QnIk7zxhgwOmK6EJWKLHutjr07nXqvNM0mF6k05nKeWU5JvN&#10;FzFXIrLxrjygf1Q2xhHHJ/S9UsVoiWq0ZGdGE0jvoLSOSnvOSGngjJTe9Uo74cO9UFwwWXspJJw1&#10;9qi2Nnr9h8qptItXm2tUevP1drlYcDayJGyPICOkoV71RkxN9jU5bUIVi9t0GQcIra6Lh1rrUAXC&#10;fnevgR1FGN/4BR4U4R3MAfqNwKrHRdcA02bQqZcmiLSzxYkkb0nknOPvgwDFmf5uaKjCAxkNGI3d&#10;aIDX9zY+o9ggyrntfgpwLKTPuSdln+04siIbRQvUz9hw09hvB2/LOigaZ6ivaNjQnEeCw5sMD+l6&#10;H1GXP8f6DwAAAP//AwBQSwMEFAAGAAgAAAAhALmfw8LeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG4sDS0blKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj&#10;7x1JEIsEGFLjdE+thI/d6809MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/&#10;cANS3B3caFWIcWy5HtU5llvDb5Nkya3qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6&#10;aqoegQWcwh8Ms35UhzI67d2RtGcmZpGmEZWQ3WXAZkCI7AHYfp4sgZcF//9C+QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQD7A/ElKAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQC5n8PC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00EA3591">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="6EFA0DB2" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09EC67BE" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="23" w:right="61"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D54A416" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="849"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4327C572" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32294BD9" wp14:editId="754FA0BD">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2010B473" wp14:editId="3BE77439">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>284212</wp:posOffset>
+                  <wp:posOffset>142060</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="39" name="Graphic 39"/>
+                <wp:docPr id="11" name="Graphic 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
-              <v:shape w14:anchorId="0BC292FD" id="Graphic 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.4pt;width:500.8pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAImSYmDfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;HRIohDhVQPxIvZHCgZsbu0mEvY5stw1vz/YEx5n9NDtTrWZn2cGEOHqUkC0EMIOd1yP2Ej42L1d3&#10;wGJSqJX1aCT8mAir+vysUqX2R3w3hzb1jEIwlkrCkNJUch67wTgVF34ySLedD04lkqHnOqgjhTvL&#10;r4W45U6NSB8GNZmnwXTf7d5JaMImx6b9tGL3+Lp8flurr2W2lvLyYm4egCUzpz8YTvWpOtTUaev3&#10;qCOzpLM8J1RCUdCEE5BlxT2wLTk3Anhd8f8T6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAiZJiYN8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="29D63C4A" id="Graphic 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.2pt;width:500.8pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdojIKKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR4WuBpPz2WTKmTISitrsc/62ffiy&#10;5Mx5YQqhwaicn5Tjd+vPn1atzdQcKtCFQkZBjMtam/PKe5sliZOVaoSbgFWGnCVgIzxtcZ8UKFqK&#10;3uhkPp2mSQtYWASpnKPTTe/k6xi/LJX0P8rSKc90zqk2H1eM6y6syXolsj0KW9VyKEP8QxWNqA0l&#10;PYfaCC/YAeu/QjW1RHBQ+omEJoGyrKWKHIjNbPqBzWslrIpcqDnOntvk/l9Y+Xx8QVYXpN2MMyMa&#10;0uhxaAedUHta6zJCvdoXDASdfQL5y5EjeecJGzdguhKbgCV6rIu9Pp17rTrPJB2mN+l0lpIkknyz&#10;+SJKkYhsvCsPzj8qiHHE8cn5XqlitEQ1WrIzo4mkd1BaR6U9Z6Q0ckZK73qlrfDhXigumKy9FBLO&#10;GjiqLUSv/1A5lXbxanONSm++3i4XC85GloTtEWSENNSr3oipyb4mp02oYnGbLuMAOdB18VBrHapw&#10;uN/da2RHEcY3foEHRXgHs+j8Rriqx0XXANNm0KmXJoi0g+JEkrckcs7d74NAxZn+bmiowgMZDRyN&#10;3Wig1/cQn1FsEOXcdj8FWhbS59yTss8wjqzIRtEC9TM23DTw7eChrIOicYb6ioYNzXkkOLzJ8JCu&#10;9xF1+XOs/wAAAP//AwBQSwMEFAAGAAgAAAAhAHf+pb/fAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOwzAQRfdI/IM1SOyo46RqIcSpAuIhdUcKC3bTxE0i7HFku234e5xVWd6Zoztnis1kNDsp&#10;5wdLEsQiAaaose1AnYTP3evdPTAfkFrUlpSEX+VhU15fFZi39kwf6lSHjsUS8jlK6EMYc8590yuD&#10;fmFHRXF3sM5giNF1vHV4juVG8zRJVtzgQPFCj6N67lXzUx+NhMrtMqrqL50cnt7WL+9b/F6LrZS3&#10;N1P1CCyoKVxgmPWjOpTRaW+P1HqmYxZZFlEJaboENgNCLB+A7efJCnhZ8P8vlH8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAHaIyCigCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAd/6lv98AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00EA3591">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:noProof/>
           <w:sz w:val="17"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AD67BDC" wp14:editId="615A4A83">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39627D62" wp14:editId="1270E7CE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>719327</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>430516</wp:posOffset>
+                  <wp:posOffset>286840</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6360160" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="40" name="Graphic 40"/>
+                <wp:docPr id="12" name="Graphic 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6360160" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6360160">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="6359877" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="7968">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
             <w:pict>
-              <v:shape w14:anchorId="6C1F1D30" id="Graphic 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.9pt;width:500.8pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqNqXFgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMOA&#10;oivQFDsrshwblUVNVGLn70fJdpJ1t6E+CJT4RD7yUV7ddY1mR+WwBpPz2WTKmTISitrsc/66ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6n2WJyjOdc+Lm4+riugtrsl6JbO+ErWo50BD/waIRtaGk&#10;51Ab4QU7uPqfUE0tHSCUfiKhSaAsa6liDVTNbPqumpdKWBVroeagPbcJPy6sfDq+2GcXqKN9BPmG&#10;1JGktZidPWGDA6YrXROwRJx1sYuncxdV55mkw/Qmnc5SarYk32y+iE1ORDbelQf03xXEOOL4iL7X&#10;oBgtUY2W7MxoOlIyaKijhp4z0tBxRhrueg2t8OFeIBdM1l6IhLMGjmoL0evfMSdqF68216j05uvt&#10;crHgbKySsD2CjJCGetUbMTXZ18VpE1gsbtNlHA0EXRcPtdaBBbr97l47dhRhMOMX6qAIf8GsQ78R&#10;WPW46Bpg2gw69dIEkXZQnJ4da2mac46/D8IpzvQPQ+MSRn803GjsRsN5fQ/xgcQGUc5t90s4y0L6&#10;nHtS9gnGYRTZKFoo/YwNNw18O3go66BonKGe0bChCY4FDq8tPJHrfURd/gnrPwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGyCDeLfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo&#10;bYKaEuJUAfEj9UYKB25u7CYR9jqK3Ta8PdsTHGf20+xMuZ69Y0c7xSGgArkQwCy2wQzYKfjYvtys&#10;gMWk0WgX0Cr4sRHW1eVFqQsTTvhuj03qGIVgLLSCPqWx4Dy2vfU6LsJokW77MHmdSE4dN5M+Ubh3&#10;/FaIJfd6QPrQ69E+9bb9bg5eQT1tM6ybTyf2j6/589tGf+Vyo9T11Vw/AEt2Tn8wnOtTdaio0y4c&#10;0ETmSMssI1TBMqcJZ0DKu3tgO3JWAnhV8v8Tql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAiqjalxYCAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAbIIN4t8AAAAKAQAADwAAAAAAAAAAAAAAAABwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+              <v:shape w14:anchorId="1FF598B4" id="Graphic 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.6pt;width:500.8pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3QHZ6KAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR+WwBpPz2WTKmTISitrsc/62ffiy&#10;5Ay9MIXQYFTOTwr53frzp1VrMzWHCnShHKMgBrPW5rzy3mZJgrJSjcAJWGXIWYJrhKet2yeFEy1F&#10;b3Qyn07TpAVXWAdSIdLppnfydYxflkr6H2WJyjOdc6rNx9XFdRfWZL0S2d4JW9VyKEP8QxWNqA0l&#10;PYfaCC/YwdV/hWpq6QCh9BMJTQJlWUsVORCb2fQDm9dKWBW5UHPQntuE/y+sfD6+OFYXpN2cMyMa&#10;0uhxaAedUHtaixmhXu2LCwTRPoH8heRI3nnCBgdMV7omYIke62KvT+deq84zSYfpTTqdpSSJJN9s&#10;vohSJCIb78oD+kcFMY44PqHvlSpGS1SjJTszmo70DkrrqLTnjJR2nJHSu15pK3y4F4oLJmsvhYSz&#10;Bo5qC9HrP1ROpV282lyj0puvt8vFgrORJWF7BBkhDfWqN2Jqsq/JaROqWNymyzhACLouHmqtQxXo&#10;9rt77dhRhPGNX+BBEd7BrEO/EVj1uOgaYNoMOvXSBJF2UJxI8pZEzjn+PginONPfDQ1VeCCj4UZj&#10;NxrO63uIzyg2iHJuu5/CWRbS59yTss8wjqzIRtEC9TM23DTw7eChrIOicYb6ioYNzXkkOLzJ8JCu&#10;9xF1+XOs/wAAAP//AwBQSwMEFAAGAAgAAAAhAIjntQLeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG4szVoYlKZTQcCk3ejgwC1rvLYicaom28rbk57g+Nuffn8u1pM17ISj&#10;7x1JEIsEGFLjdE+thI/d6809MB8UaWUcoYQf9LAuLy8KlWt3pnc81aFlsYR8riR0IQw5577p0Cq/&#10;cANS3B3caFWIcWy5HtU5llvDl0lyx63qKV7o1IDPHTbf9dFKqMZdSlX9aZLD09vqZbNVXyuxlfL6&#10;aqoegQWcwh8Ms35UhzI67d2RtGcmZpGmEZWQ3S6BzYAQ2QOw/TzJgJcF//9C+QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA3QHZ6KAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCI57UC3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C45C30" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="67CE7E01" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F117673" w14:textId="77777777" w:rsidR="0064260F" w:rsidRPr="00EA3591" w:rsidRDefault="0064260F" w:rsidP="0064260F">
+    <w:p w14:paraId="77C4D329" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...208 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="1871"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="z349"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>к Правилам назначения</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>на должности, освобождения</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>от должностей первых</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>руководителей и педагогов</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>государственных организаций</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>образования</w:t>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Оценочный лист кандидата со стажем на вакантную</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:t>қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E5D430" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="121"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ӛзім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100A1EDD" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Білімі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кейінгі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4ECD90" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="14"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>или временно вакантную должность педагога</w:t>
-[...36 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9671" w:type="dxa"/>
-        <w:tblInd w:w="-432" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="145" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="446"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="2271"/>
+        <w:gridCol w:w="4537"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="1B3880A2" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w14:paraId="4483042A" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="12"/>
-[...18 lines deleted...]
-              <w:t>№</w:t>
+          <w:p w14:paraId="3D30FFE1" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="609"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DFF98EE" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Критерии</w:t>
+          <w:p w14:paraId="1BD52A3D" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="609"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="319AC452" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5BC23548" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="739"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w14:paraId="0614B542" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7143A682" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="196A39CF" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="4B57AE9B" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD24101" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="39677525" w14:textId="77777777" w:rsidTr="00AE5146">
+    </w:tbl>
+    <w:p w14:paraId="637A5C0C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="112"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(расталған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682A259A" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10797D17" wp14:editId="1FC09820">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>142065</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="13" name="Graphic 13"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+            <w:pict>
+              <v:shape w14:anchorId="1AB839D3" id="Graphic 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.2pt;width:500.8pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bVVKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5wPzGmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn34+S7STtbsN8ECjxieTjo7y66xrNjgqwtibns8mUM2WkLWqzz/nb9uHL&#10;DWfohSmEtkbl/KSQ360/f1q1LlNzW1ldKGAUxGDWupxX3rssSVBWqhE4sU4ZcpYWGuFpC/ukANFS&#10;9EYn8+k0TVoLhQMrFSKdbnonX8f4Zamk/1GWqDzTOafafFwhrruwJuuVyPYgXFXLoQzxD1U0ojaU&#10;9BxqI7xgB6j/CtXUEiza0k+kbRJblrVUkQOxmU0/sHmthFORCzUH3blN+P/CyufjC7C6IO0WnBnR&#10;kEaPQzvohNrTOswI9epeIBBE92TlLyRH8s4TNjhguhKagCV6rIu9Pp17rTrPJB2mi3Q6S0kSSb7Z&#10;fBmlSEQ23pUH9I/Kxjji+IS+V6oYLVGNluzMaALpHZTWUWnPGSkNnJHSu15pJ3y4F4oLJmsvhYSz&#10;xh7V1kav/1A5lXbxanONShdfb2+WS85GloTtEWSENNSr3oipyb4mp02oYnmb3sQBQqvr4qHWOlSB&#10;sN/da2BHEcY3foEHRXgHc4B+I7DqcdE1wLQZdOqlCSLtbHEiyVsSOef4+yBAcaa/Gxqq8EBGA0Zj&#10;Nxrg9b2Nzyg2iHJuu58CHAvpc+5J2Wc7jqzIRtEC9TM23DT228Hbsg6KxhnqKxo2NOeR4PAmw0O6&#10;3kfU5c+x/gMAAP//AwBQSwMEFAAGAAgAAAAhAHf+pb/fAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOwzAQRfdI/IM1SOyo46RqIcSpAuIhdUcKC3bTxE0i7HFku234e5xVWd6Zoztnis1kNDsp&#10;5wdLEsQiAaaose1AnYTP3evdPTAfkFrUlpSEX+VhU15fFZi39kwf6lSHjsUS8jlK6EMYc8590yuD&#10;fmFHRXF3sM5giNF1vHV4juVG8zRJVtzgQPFCj6N67lXzUx+NhMrtMqrqL50cnt7WL+9b/F6LrZS3&#10;N1P1CCyoKVxgmPWjOpTRaW+P1HqmYxZZFlEJaboENgNCLB+A7efJCnhZ8P8vlH8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA0eG1VSgCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAd/6lv98AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F17EB4" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ӛтілі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52969F99" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="85" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1196"/>
+        <w:gridCol w:w="1561"/>
+        <w:gridCol w:w="1558"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="2725"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w14:paraId="0B71C670" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="719"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1196" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61AB96CC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="7775931C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="14"/>
+              <w:ind w:left="266"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>1.</w:t>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC5090C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="749993E7" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="14"/>
+              <w:ind w:left="78"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Уровень образования</w:t>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37F8CB48" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="42CBF323" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="14" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="212" w:right="190" w:hanging="12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ӛтілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E9B4C4A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="253B670C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="9" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="281" w:right="272" w:hanging="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мамандығы бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(кәсіпкерлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">субъектілерінің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Высшее с отличием - 3 балла</w:t>
+              </w:rPr>
+              <w:t>мамандары үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72ED0F53" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:spacing w:before="9" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="115" w:right="108"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Осы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымында, оның ішінде атқаратын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E642DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымында</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="53F899A4" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w14:paraId="280FB37F" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1196" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5105D113" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="26D65DBA" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6732AE6D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="08D67467" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E5A745A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="263C4001" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2E51A0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="70701CC2" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2725" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="180C39BD" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...44 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="61D4D798" w14:textId="77777777" w:rsidTr="00AE5146">
+    </w:tbl>
+    <w:p w14:paraId="7D65CC93" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Мынадай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45662182" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A98C304" wp14:editId="117E3D8F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>141562</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="14" name="Graphic 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+            <w:pict>
+              <v:shape w14:anchorId="22BAADF0" id="Graphic 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:11.15pt;width:500.8pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjhP+aKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07SzUmNOMXQoMWA&#10;oivQDDsrshwbk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR4WuBpPz2WTKmTISitrsc/5j+/Bp&#10;yZnzwhRCg1E5PynH79YfP6xam6k5VKALhYyCGJe1NueV9zZLEicr1Qg3AasMOUvARnja4j4pULQU&#10;vdHJfDpNkxawsAhSOUenm97J1zF+WSrpv5elU57pnFNtPq4Y111Yk/VKZHsUtqrlUIb4hyoaURtK&#10;eg61EV6wA9Z/hWpqieCg9BMJTQJlWUsVORCb2fQdm9dKWBW5UHOcPbfJ/b+w8vn4gqwuSLvPnBnR&#10;kEaPQzvohNrTWpcR6tW+YCDo7BPIX44cyRtP2LgB05XYBCzRY13s9enca9V5JukwvUmns5QkkeSb&#10;zRdRikRk4115cP5RQYwjjk/O90oVoyWq0ZKdGU0kvYPSOirtOSOlkTNSetcrbYUP90JxwWTtpZBw&#10;1sBRbSF6/bvKqbSLV5trVHrz5Xa5WHA2siRsjyAjpKFe9UZMTfY1OW1CFYvbdBkHyIGui4da61CF&#10;w/3uXiM7ijC+8Qs8KMIbmEXnN8JVPS66Bpg2g069NEGkHRQnkrwlkXPufh8EKs70N0NDFR7IaOBo&#10;7EYDvb6H+Ixigyjntvsp0LKQPueelH2GcWRFNooWqJ+x4aaBrwcPZR0UjTPUVzRsaM4jweFNhod0&#10;vY+oy59j/QcAAP//AwBQSwMEFAAGAAgAAAAhAAERwSjfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyo4wQohDhVQPxIvZHSQ29u4iYR9jqy3Ta8PZsTnFazO5r9plhN1rCT&#10;9mFwKEEsEmAaG9cO2En42rzdPAALUWGrjEMt4UcHWJWXF4XKW3fGT32qY8coBEOuJPQxjjnnoem1&#10;VWHhRo10OzhvVSTpO956daZwa3iaJPfcqgHpQ69G/dLr5rs+WgmV32RY1VuTHJ7fl68fa7VbirWU&#10;11dT9QQs6in+mWHGJ3QoiWnvjtgGZkiLLCOrhDSlORuEuH0Etp83d8DLgv+vUP4CAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAY4T/migCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAARHBKN8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="330C46E8" wp14:editId="7908EF58">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>287867</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="15" name="Graphic 15"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+            <w:pict>
+              <v:shape w14:anchorId="2D4638D0" id="Graphic 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.65pt;width:500.8pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFJTy1KAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05S1EmNOMXQoMWA&#10;oivQDDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7dd41mRwVYW5Pz2WTKmTLSFrXZ5/zH9vHL&#10;kjP0whRCW6NyflLI79efP61al6m5rawuFDAKYjBrXc4r712WJCgr1QicWKcMOUsLjfC0hX1SgGgp&#10;eqOT+XSaJq2FwoGVCpFON72Tr2P8slTSfy9LVJ7pnFNtPq4Q111Yk/VKZHsQrqrlUIb4hyoaURtK&#10;eg61EV6wA9R/hWpqCRZt6SfSNokty1qqyIHYzKYf2LxVwqnIhZqD7twm/H9h5cvxFVhdkHa3nBnR&#10;kEZPQzvohNrTOswI9eZeIRBE92zlLyRH8s4TNjhguhKagCV6rIu9Pp17rTrPJB2mN+l0lpIkknyz&#10;+SJKkYhsvCsP6J+UjXHE8Rl9r1QxWqIaLdmZ0QTSOyito9KeM1IaOCOld73STvhwLxQXTNZeCgln&#10;jT2qrY1e/6FyKu3i1eYald7c3i0XC85GloTtEWSENNSr3oipyb4mp02oYnGXLuMAodV18VhrHapA&#10;2O8eNLCjCOMbv8CDIryDOUC/EVj1uOgaYNoMOvXSBJF2tjiR5C2JnHP8fRCgONPfDA1VeCCjAaOx&#10;Gw3w+sHGZxQbRDm33U8BjoX0Ofek7IsdR1Zko2iB+hkbbhr79eBtWQdF4wz1FQ0bmvNIcHiT4SFd&#10;7yPq8udY/wEAAP//AwBQSwMEFAAGAAgAAAAhAM9wp1XfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyoY9LSEuJUAQGVeiOlB25uvE0i7HUUu234e5wTnFazO5p9k69Ha9gZ&#10;B985kiBmCTCk2umOGgmfu7e7FTAfFGllHKGEH/SwLq6vcpVpd6EPPFehYTGEfKYktCH0Gee+btEq&#10;P3M9Urwd3WBViHJouB7UJYZbw++T5IFb1VH80KoeX1qsv6uTlVAOu5TKam+S4/P78nWzVV9LsZXy&#10;9mYsn4AFHMOfGSb8iA5FZDq4E2nPTNQiTaNVwnwR52QQYv4I7DBtFsCLnP+vUPwCAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAhSU8tSgCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAz3CnVd8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66D30498" wp14:editId="48641E59">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>434170</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="16" name="Graphic 16"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+            <w:pict>
+              <v:shape w14:anchorId="5DC875FB" id="Graphic 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:34.2pt;width:500.8pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCvx3jFKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mR4WuBpPz2WTKmTISitrsc/62ffiy&#10;5Mx5YQqhwaicn5Tjd+vPn1atzdQcKtCFQkZBjMtam/PKe5sliZOVaoSbgFWGnCVgIzxtcZ8UKFqK&#10;3uhkPp2mSQtYWASpnKPTTe/k6xi/LJX0P8rSKc90zqk2H1eM6y6syXolsj0KW9VyKEP8QxWNqA0l&#10;PYfaCC/YAeu/QjW1RHBQ+omEJoGyrKWKHIjNbPqBzWslrIpcqDnOntvk/l9Y+Xx8QVYXpF3KmREN&#10;afQ4tINOqD2tdRmhXu0LBoLOPoH85ciRvPOEjRswXYlNwBI91sVen869Vp1nkg7Tm3Q6S0kSSb7Z&#10;fBGlSEQ23pUH5x8VxDji+OR8r1QxWqIaLdmZ0UTSOyito9KeM1IaOSOld73SVvhwLxQXTNZeCgln&#10;DRzVFqLXf6icSrt4tblGpTdfb5eLBWcjS8L2CDJCGupVb8TUZF+T0yZUsbhNl3GAHOi6eKi1DlU4&#10;3O/uNbKjCOMbv8CDIryDWXR+I1zV46JrgGkz6NRLE0TaQXEiyVsSOefu90Gg4kx/NzRU4YGMBo7G&#10;bjTQ63uIzyg2iHJuu58CLQvpc+5J2WcYR1Zko2iB+hkbbhr4dvBQ1kHROEN9RcOG5jwSHN5keEjX&#10;+4i6/DnWfwAAAP//AwBQSwMEFAAGAAgAAAAhAAR1HWzfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8tOwzAQRfdI/IM1SOyoY1KlJcSpAuIhdUcKC3bT2E0i4nFku234e5xVWd6Zoztnis1kBnbS&#10;zveWJIhFAkxTY1VPrYTP3evdGpgPSAoHS1rCr/awKa+vCsyVPdOHPtWhZbGEfI4SuhDGnHPfdNqg&#10;X9hRU9wdrDMYYnQtVw7PsdwM/D5JMm6wp3ihw1E/d7r5qY9GQuV2KVX115Acnt5WL+9b/F6JrZS3&#10;N1P1CCzoKVxgmPWjOpTRaW+PpDwbYhZpGlEJ2XoJbAaEWD4A28+TDHhZ8P8vlH8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAr8d4xSgCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEABHUdbN8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2046AC" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43443B81" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BABA9FE" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="121" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Марапаттары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>атағы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>қосымша мәліметтер (бар болса):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A53EDA" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43ED2216" wp14:editId="7B417317">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>137654</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="17" name="Graphic 17"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+            <w:pict>
+              <v:shape w14:anchorId="18B9C0E3" id="Graphic 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:10.85pt;width:500.8pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJZrvqKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Bl&#10;yRl6YQqhrVE5Pynkd+vPn1aty9TcVlYXChgFMZi1LueV9y5LEpSVagROrFOGnKWFRnjawj4pQLQU&#10;vdHJfDpNk9ZC4cBKhUinm97J1zF+WSrpf5QlKs90zqk2H1eI6y6syXolsj0IV9VyKEP8QxWNqA0l&#10;PYfaCC/YAeq/QjW1BIu29BNpm8SWZS1V5EBsZtMPbF4r4VTkQs1Bd24T/r+w8vn4AqwuSLsFZ0Y0&#10;pNHj0A46ofa0DjNCvboXCATRPVn5C8mRvPOEDQ6YroQmYIke62KvT+deq84zSYfpTTqdpSSJJN9s&#10;vohSJCIb78oD+kdlYxxxfELfK1WMlqhGS3ZmNIH0DkrrqLTnjJQGzkjpXa+0Ez7cC8UFk7WXQsJZ&#10;Y49qa6PXf6icSrt4tblGpTdfb5cLat/IkrA9goyQhnrVGzE12dfktAlVLG7TZRwgtLouHmqtQxUI&#10;+929BnYUYXzjF3hQhHcwB+g3AqseF10DTJtBp16aINLOFieSvCWRc46/DwIUZ/q7oaEKD2Q0YDR2&#10;owFe39v4jGKDKOe2+ynAsZA+556UfbbjyIpsFC1QP2PDTWO/Hbwt66BonKG+omFDcx4JDm8yPKTr&#10;fURd/hzrPwAAAP//AwBQSwMEFAAGAAgAAAAhAHQaGkTeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAMhu9IvENkJG4szYooK02ngmBIu9HBgZvXZG1F41RJtpW3X3qC429/+v25WE9mYCft&#10;fG9JglgkwDQ1VvXUSvjcvd09AvMBSeFgSUv41R7W5fVVgbmyZ/rQpzq0LJaQz1FCF8KYc+6bThv0&#10;CztqiruDdQZDjK7lyuE5lpuBL5PkgRvsKV7ocNQvnW5+6qORULldSlX9NSSH5032+r7F70xspby9&#10;maonYEFP4Q+GWT+qQxmd9vZIyrMhZpGmEZWwFBmwGRDifgVsP09WwMuC/3+hvAAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBJZrvqKAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQB0GhpE3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18E9360A" wp14:editId="45CADAB3">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>282434</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6360160" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="18" name="Graphic 18"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6360160" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6360160">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6359877" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+            <w:pict>
+              <v:shape w14:anchorId="0610CADE" id="Graphic 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:22.25pt;width:500.8pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6360160,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKCp2AKAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SzEmNOMXQoMWA&#10;oivQFDsrshwbkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddY1mRwVYW5Pz2WTKmTLSFrXZ5/xt+/Bl&#10;yRl6YQqhrVE5Pynkd+vPn1aty9TcVlYXChgFMZi1LueV9y5LEpSVagROrFOGnKWFRnjawj4pQLQU&#10;vdHJfDpNk9ZC4cBKhUinm97J1zF+WSrpf5QlKs90zqk2H1eI6y6syXolsj0IV9VyKEP8QxWNqA0l&#10;PYfaCC/YAeq/QjW1BIu29BNpm8SWZS1V5EBsZtMPbF4r4VTkQs1Bd24T/r+w8vn4AqwuSDtSyoiG&#10;NHoc2kEn1J7WYUaoV/cCgSC6Jyt/ITmSd56wwQHTldAELNFjXez16dxr1Xkm6TC9SaezlCSR5JvN&#10;F1GKRGTjXXlA/6hsjCOOT+h7pYrREtVoyc6MJpDeQWkdlfackdLAGSm965V2wod7obhgsvZSSDhr&#10;7FFtbfT6D5VTaRevNteo9Obr7XKx4GxkSdgeQUZIQ73qjZia7Gty2oQqFrfpMg4QWl0XD7XWoQqE&#10;/e5eAzuKML7xCzwowjuYA/QbgVWPi64Bps2gUy9NEGlnixNJ3pLIOcffBwGKM/3d0FCFBzIaMBq7&#10;0QCv7218RrFBlHPb/RTgWEifc0/KPttxZEU2ihaon7HhprHfDt6WdVA0zlBf0bChOY8EhzcZHtL1&#10;PqIuf471HwAAAP//AwBQSwMEFAAGAAgAAAAhAFrOPn3eAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj01PhDAQhu8m/odmTLy5pYKiSNmg8SPZm6wevHXpLBDbKaHdXfz3lpMe35kn7zxTrmdr2BEn&#10;PziSIFYJMKTW6YE6CR/bl6s7YD4o0so4Qgk/6GFdnZ+VqtDuRO94bELHYgn5QknoQxgLzn3bo1V+&#10;5UakuNu7yaoQ49RxPalTLLeGXyfJLbdqoHihVyM+9dh+NwcroZ62KdXNp0n2j6/589tGfeViI+Xl&#10;xVw/AAs4hz8YFv2oDlV02rkDac9MzCJNIyohy26ALYAQ2T2w3TLJgVcl//9C9QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCKCp2AKAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBazj593gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6359877,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1234E04B" wp14:editId="118D59DE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>719327</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>428738</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6358890" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="19" name="Graphic 19"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6358890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6358890">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6358669" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+            <w:pict>
+              <v:shape w14:anchorId="11FE71D1" id="Graphic 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:56.65pt;margin-top:33.75pt;width:500.7pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6358890,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD08fH+JgIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04yLE2MOMXQoMWA&#10;oivQDDsrshwLkyWNVGL370fJdpJ2t2E+CJT4RPLxUV7fdo1hJwWonS34bDLlTFnpSm0PBf+xu/+0&#10;5AyDsKUwzqqCvyrkt5uPH9atz9Xc1c6UChgFsZi3vuB1CD7PMpS1agROnFeWnJWDRgTawiErQbQU&#10;vTHZfDpdZK2D0oOTCpFOt72Tb1L8qlIyfK8qVIGZglNtIa2Q1n1cs81a5AcQvtZyKEP8QxWN0JaS&#10;nkNtRRDsCPqvUI2W4NBVYSJdk7mq0lIlDsRmNn3H5qUWXiUu1Bz05zbh/wsrn07PwHRJ2q04s6Ih&#10;jR6GdtAJtaf1mBPqxT9DJIj+0clfSI7sjSducMB0FTQRS/RYl3r9eu616gKTdLj4/GW5XJEkknyz&#10;+U2SIhP5eFceMTwol+KI0yOGXqlytEQ9WrKzowmkd1TaJKUDZ6Q0cEZK73ulvQjxXiwumqy9FBLP&#10;GndSO5e84V3lVNrFa+w1KlJZLKh9I0vC9ggyYhrqVW+k1GRfkzM2VnGzWizTAKEzurzXxsQqEA77&#10;OwPsJOL4pi/yoAhvYB4wbAXWPS65Bpixg069NFGkvStfSfKWRC44/j4KUJyZb5aGKj6Q0YDR2I8G&#10;BHPn0jNKDaKcu+6nAM9i+oIHUvbJjSMr8lG0SP2MjTet+3oMrtJR0TRDfUXDhuY8ERzeZHxI1/uE&#10;uvw5Nn8AAAD//wMAUEsDBBQABgAIAAAAIQAUWbKl3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/LTsMwEEX3SPyDNUjsqBMCDQpxKoTErgIa+AA3HuK09jiKnQd8Pc4Klnfm6M6ZcrdYwyYcfOdI&#10;QLpJgCE1TnXUCvj8eLl5AOaDJCWNIxTwjR521eVFKQvlZjrgVIeWxRLyhRSgQ+gLzn2j0Uq/cT1S&#10;3H25wcoQ49ByNcg5llvDb5Nky63sKF7Qssdnjc25Hq2AfFze3vXenM7z/kSH14zbn3oS4vpqeXoE&#10;FnAJfzCs+lEdquh0dCMpz0zMaZZFVMA2vwe2Aml6lwM7rpMceFXy/y9UvwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQD08fH+JgIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAUWbKl3QAAAAoBAAAPAAAAAAAAAAAAAAAAAIAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" path="m,l6358669,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25691946" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BFB5172" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0370530A" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="121" w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="173"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«Дербес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>туралы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ҚР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8-бабының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>менің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес деректерімді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес деректерді ӛңдеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>үшін) ӛңдеуге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="072E6B32" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10109"/>
+        </w:tabs>
+        <w:spacing w:before="189"/>
+        <w:ind w:left="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мен келісемін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD3185C" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="4610"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(ТАӘ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5A47EE" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35864C61" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1054"/>
+          <w:tab w:val="left" w:pos="2642"/>
+          <w:tab w:val="left" w:pos="4651"/>
+        </w:tabs>
+        <w:ind w:left="140"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="80"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C2CF3AF" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="7489"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76BD4B19" wp14:editId="56F6F9CA">
+                <wp:extent cx="1708785" cy="8890"/>
+                <wp:effectExtent l="9525" t="0" r="0" b="635"/>
+                <wp:docPr id="20" name="Group 20"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1708785" cy="8890"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="1708785" cy="8890"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="21" name="Graphic 21"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="4416"/>
+                            <a:ext cx="1708785" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1708785">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1708659" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="8833">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+            <w:pict>
+              <v:group w14:anchorId="769F8332" id="Group 20" o:spid="_x0000_s1026" style="width:134.55pt;height:.7pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="17087,88" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASQ+9wewIAALYFAAAOAAAAZHJzL2Uyb0RvYy54bWykVEtv2zAMvg/YfxB0Xx2nL9eIUwzNWgwo&#10;ugLNsLMiyw9MljRKidN/P4qOkzYtduh8MCiR4uP7SM6ut51mGwW+tabg6cmEM2WkLVtTF/zn8vZL&#10;xpkPwpRCW6MK/qw8v55//jTrXa6mtrG6VMDQifF57wrehODyJPGyUZ3wJ9Ypg8rKQicCHqFOShA9&#10;eu90Mp1MLpLeQunASuU93i4GJZ+T/6pSMvyoKq8C0wXH3AL9gf6r+E/mM5HXIFzTyl0a4gNZdKI1&#10;GHTvaiGCYGto37jqWgnW2yqcSNsltqpaqagGrCadHFVzB3btqJY672u3hwmhPcLpw27lw+YRWFsW&#10;fIrwGNEhRxSW4RnB6V2do80duCf3CEOFKN5b+dujOjnWx3N9MN5W0MVHWCjbEurPe9TVNjCJl+nl&#10;JLvMzjmTqMuyqx0pskHm3jySzbd/PUtEPoSkxPaJ9A67yx8A9P8H4FMjnCJefARnBDA9ADj00zQd&#10;ICSriB8B6nO/g/JddM7O0ouhLd8FKJ1eEkD7SkUu1z7cKUtAi829D0NTl6MkmlGSWzOKgKMRh0LT&#10;UATOcCiAMxyK1RDdiRDfRfaiyPoDU/Gusxu1tKQNRyxhagetNi+tItcX51ecjW2AtoMFCjEMttQg&#10;UGiUXxanTcwiy05Pada81W1522ods/BQr240sI2Ik05frAM9vDJz4MNC+GawI9XOTBtq55Gd2DIr&#10;Wz4juT2uh4L7P2sBijP93WD7xF0yCjAKq1GAoG8sbRwCCGMut78EOBbDFzwgsw927CKRj6TF0ve2&#10;8aWxX9fBVm1kFDt6zGh3wI4miZYDSq+2z8szWR3W7fwvAAAA//8DAFBLAwQUAAYACAAAACEAhpJj&#10;utoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm92katGYTSlFPRXBVhBv&#10;0+w0Cc3Ohuw2Sf+9oxe9PBje471v8uXkWjVQHxrPBtJZAoq49LbhysDH7uXmAVSIyBZbz2TgTAGW&#10;xeVFjpn1I7/TsI2VkhIOGRqoY+wyrUNZk8Mw8x2xeAffO4xy9pW2PY5S7lo9T5KFdtiwLNTY0bqm&#10;8rg9OQOvI46r2/R52BwP6/PX7v7tc5OSMddX0+oJVKQp/oXhB1/QoRCmvT+xDao1II/EXxVvvnhM&#10;Qe0ldAe6yPV/9uIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEkPvcHsCAAC2BQAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhpJjutoAAAADAQAA&#10;DwAAAAAAAAAAAAAAAADVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANwFAAAAAA==&#10;">
+                <v:shape id="Graphic 21" o:spid="_x0000_s1027" style="position:absolute;top:44;width:17087;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1708785,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnCV9IwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEJv3axLu5StUYog7dGqeH5unsnSzcu6ibr+eyMIHoeZ+YaZzgfXijP1ofGsYJLlIIhr&#10;rxs2Crab5dsniBCRNbaeScGVAsxno5cpVtpf+I/O62hEgnCoUIGNsaukDLUlhyHzHXHyDr53GJPs&#10;jdQ9XhLctbLI81I6bDgtWOxoYan+X5+cgqa97g8/e7ezR/Nh/Oq9PJXFUanX8fD9BSLSEJ/hR/tX&#10;KygmcP+SfoCc3QAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnCV9IwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1708659,e" filled="f" strokeweight=".24536mm">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638D8798" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:ind w:left="8643"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E642DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4797B859" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00E642DE">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E642DE" w:rsidRPr="00E642DE" w:rsidSect="00E642DE">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="700" w:right="566" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2287F7EA" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="68" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6735" w:right="776" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>босату қағидаларына 12-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553E8DB8" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:line="179" w:lineRule="exact"/>
+        <w:ind w:left="6481" w:right="523"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BCFB125" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="221"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49CBC875" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="144"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>кандидатты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D61F8D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5BD99006" wp14:editId="4477279F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>541019</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>166807</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6571615" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="22" name="Graphic 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6571615" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6571615">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6571244" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+            <w:pict>
+              <v:shape w14:anchorId="538844B4" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.6pt;margin-top:13.15pt;width:517.45pt;height:.1pt;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6571615,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2pBXzJwIAAIAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L46NNm2NOMXQoMWA&#10;oivQDDsrshwbkyVNVGLn70fKdpJ2t2E+CJT4RPLxUV7e961mB+Whsabg6WzOmTLSlo3ZFfzH5vHL&#10;LWcQhCmFtkYV/KiA368+f1p2LleZra0ulWcYxEDeuYLXIbg8SUDWqhUws04ZdFbWtyLg1u+S0osO&#10;o7c6yebzRdJZXzpvpQLA0/Xg5KsYv6qUDN+rClRguuBYW4irj+uW1mS1FPnOC1c3cixD/EMVrWgM&#10;Jj2FWosg2N43f4VqG+kt2CrMpG0TW1WNVJEDsknnH9i81cKpyAWbA+7UJvh/YeXL4dWzpix4lnFm&#10;RIsaPY3tSKk7nYMcQW/u1RM/cM9W/gJ0JO88tIER01e+JSyyY31s9fHUatUHJvFwcX2TLtJrziT6&#10;0uwmKpGIfLor9xCelI1xxOEZwiBUOVminizZm8n0KDcJraPQgTMU2nOGQm8HoZ0IdI+KI5N150Lo&#10;rLUHtbHRGz5UjqWdvdpcoohKdnXF2cQSsQMCDUqDvRqMmBrtS3LaUBU3d4vbOD9gdVM+NlpTFeB3&#10;2wft2UHQ9MaPeGCEdzDnIawF1AMuukaYNqNOgzQk0taWR1S8Q40LDr/3wivO9DeDM0XvYzL8ZGwn&#10;wwf9YOMrig3CnJv+p/COUfqCB1T2xU4TK/JJNKJ+wtJNY7/ug60aUjTO0FDRuMExjwTHJ0nv6HIf&#10;Uecfx+oPAAAA//8DAFBLAwQUAAYACAAAACEA8FckGdwAAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU+EMBCF7yb+h2ZMvLkFlA1BysYYPXiE3Ri9zdIRiHTK0rKL/95y0uOb9/LeN8VuMYM40+R6&#10;ywriTQSCuLG651bBYf96l4FwHlnjYJkU/JCDXXl9VWCu7YUrOte+FaGEXY4KOu/HXErXdGTQbexI&#10;HLwvOxn0QU6t1BNeQrkZZBJFW2mw57DQ4UjPHTXf9WwUvHyk9LavPkfzkA3zCeuKT++LUrc3y9Mj&#10;CE+L/wvDih/QoQxMRzuzdmJQkKVJSCpItvcgVj9OohjEcb2kIMtC/v+g/AUAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQA2pBXzJwIAAIAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDwVyQZ3AAAAAkBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" path="m,l6571244,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16851F0B" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="268" w:right="376"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C04B307" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="39" w:after="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="2269"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="3687"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="140737BD" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="032B0006" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>3.</w:t>
+          <w:p w14:paraId="2B54D8B4" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23AC98AF" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Квалификационная категория </w:t>
+          <w:p w14:paraId="710A3DF7" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="410"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F6A3563" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Удостоверение, иной документ</w:t>
+          <w:p w14:paraId="30F81EFF" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="1187"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="188EF035" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...164 lines deleted...]
-              <w:t>"Заместитель руководителя первой квалификационной категории" - 7 баллов</w:t>
+          <w:p w14:paraId="39C9F6A0" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="92"/>
+              <w:ind w:left="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>30-ға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="620D8F41" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="4E4905AA" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="779"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D5FD575" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>4.</w:t>
+          <w:p w14:paraId="73F1F871" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="208CD148" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+          <w:p w14:paraId="24D4FC64" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55458096" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+          <w:p w14:paraId="19E34D31" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломға қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6662D4A1" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...122 lines deleted...]
-              <w:t>Директор стаж в должности более четырех лет - 5 баллов</w:t>
+          <w:p w14:paraId="40150181" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жоғары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00E78E41" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="4C3D71A1" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="3C920271" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1123"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3DAEA5" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>5.</w:t>
+          <w:p w14:paraId="626B317C" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0261B75A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) </w:t>
+          <w:p w14:paraId="45564879" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="145"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>атағы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми дәрежесі/ дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79C3AF24" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Рекомендательное письмо (по должности педагога c предыдущего места работы) </w:t>
+          <w:p w14:paraId="1A272F6A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы дипломның және дипломға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көшірмелері/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">атағын/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дәрежесін/дәрежесін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>аттестат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6322E1CD" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Наличие положительного рекомендательного письма - 3 балла</w:t>
+          <w:p w14:paraId="6C52A6BC" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39D36119" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="6" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ғылым докторы, Ғылым кандидаты, профиль</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл Педагогикалық бағыты бойынша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D40DE03" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="208" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>магистрі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="5A844DD4" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="17A469AE" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2433"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C3D0680" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>6.*</w:t>
+          <w:p w14:paraId="48746B83" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C2F549B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Показатели профессиональных достижений (за последние 3 года)</w:t>
+          <w:p w14:paraId="354D5EDA" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ECDC51B" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...69 lines deleted...]
-              <w:t>- государственная награда</w:t>
+          <w:p w14:paraId="743C9800" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Куәлік, басқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0783480C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...103 lines deleted...]
-              <w:t>4) призер конкурса "Лучший педагог" - 5 баллов</w:t>
+          <w:p w14:paraId="53A02ACA" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42966BB6" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="1107"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-модератор – 3 балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="145"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-21"/>
+                <w:w w:val="145"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-зерттеуші – 7 балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FAF0747" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="456"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>үшінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">санатты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орынбасары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18B6E053" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>екінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">санатты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орынбасары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AC8861A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Басшының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>санатты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39CD64E5" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="210" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="1A7B0669" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="75B825AE" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="3088"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20AAB275" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...18 lines deleted...]
-              <w:t>7.</w:t>
+          <w:p w14:paraId="1976EC70" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8CF052" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+          <w:p w14:paraId="02594F52" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3744ACF8" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметтегі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CEC4E02" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+          <w:p w14:paraId="60AC7811" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="985"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кітапшасы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>алмастыратын басқа да құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="407982DC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...38 lines deleted...]
-              <w:t>Руководитель методического объединения - 2 балла</w:t>
+          <w:p w14:paraId="53870A14" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әдіскер,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өтілі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E9A7C4D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әдіскер,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">төрт </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="079F8A6A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>орынбасары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E8DC27A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жыл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F6A7E1C" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>орынбасары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6374F66D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>төрт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жылдан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көп </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="191E8FFD" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өтілі </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44868EF6" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Директор,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымдағы жұмыс өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79275A17" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="210" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="05450CB2" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="0A6CBBEF" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="969"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CB1AD5A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>8**.</w:t>
+          <w:p w14:paraId="348A71D5" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47545346" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Курсовая подготовка</w:t>
+          <w:p w14:paraId="3E3DC854" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="145" w:firstLine="52"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бұрынғы жұмыс орнынан (педагог </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бойынша) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ұсыным хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="090B8EC2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...734 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry"</w:t>
+          <w:p w14:paraId="633B1116" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша соңғы жұмыс орнынан)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66DB4724" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...18 lines deleted...]
-              <w:t>Курсы повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации - 0,5 балла (каждый отдельно)</w:t>
+          <w:p w14:paraId="6C0B5946" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="6BF47FCF" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="1D3A647A" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="446" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4504A942" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...21 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="087269B6" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>6*</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AFE9CB2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Итого:</w:t>
+          <w:p w14:paraId="284E3333" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Соңғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жылдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кәсіби </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B0EFB53" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64CE1534" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="68CC8A26" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="1082" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурстар жеңімпаздарының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломдары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09DCBC55" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>грамоталары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ғылыми </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7431CB43" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="1082" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">байқаулар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дипломдары, грамоталары</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3687" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CB6B5E8" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...21 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="354FC6FF" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="253"/>
+              </w:tabs>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="29" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>қалалық/аудандық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 балл, халықаралық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-20"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5091EFA4" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="253"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="161" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жобалар:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қалалық/аудандық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09A3399A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">облыстық – 1 балл, республикалық – 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-23"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55E58650" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="252"/>
+              </w:tabs>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:right="43" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қатысушы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="615E7BD5" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="252"/>
+              </w:tabs>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="252" w:hanging="220"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Үздік педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C1933E" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="4BD09F34" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="904"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="642D6394" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2269" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C520024" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қоғамдық-педагогикалық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30DC3F4B" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат (бұрыңғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C74EE66" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Тәлімгер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CEA83D6" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бірлестігінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>басшысы –</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1DD821E3" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+    <w:p w14:paraId="1D786E7A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="32"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidSect="003145D7">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="920" w:right="425" w:bottom="787" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z401"/>
-[...89 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblInd w:w="149" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6149"/>
-        <w:gridCol w:w="3944"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="2269"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="3687"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="25C1A159" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="020ED6B6" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="436"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E664380" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="3032F6F8" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t> </w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74385CDD" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...472 lines deleted...]
-              <w:t>организаций образования</w:t>
+          <w:p w14:paraId="2E3947DC" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="410"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66868C80" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="1187"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C8F293" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="107"/>
+              <w:ind w:left="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>30-ға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="48C0B734" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="75E34998" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="9644"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1057913A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="0E4FA769" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="28" w:right="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t> </w:t>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>8**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6B12E6" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="20D62FD4" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53F5A9D6" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12815E12" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="199"/>
+              </w:tabs>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="199" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08029E87" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="146" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>немесе QAZAQ RESMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6788472E" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="146" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="721F9B01" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="146"/>
+              </w:tabs>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="146" w:hanging="114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Zertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="418A79C3" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бағдарламалау негіздері» бағдарламалары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша оқыту, «Microsoft»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="786E062D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="985"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқыту </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FEFF278" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2335C4D4" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60CCCDAF" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BFB9628" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-20"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DBC3F5D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69D7D3E2" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-28"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17E8841C" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="214" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E20D514" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Test»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C9B2EDD" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4861C2E1" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="697E0F79" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="242477B7" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">young </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26116A65" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="253"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching English as a Foreign Language (IHC) IHCYLT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>In Teaching Young Learners and Teenagers Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="052B600A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching Online</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educators:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C100DB6" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EEAF428" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Teachers Курсы на платформе Coursera, Futute learn Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56A571E1" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>«Developing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="240EAC4B" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="19" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="580"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>іске асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>саласындағы уәкілетті органмен келісілген</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61F46DC5" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="32" w:right="451"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бағдарламалар бойынша біліктілікті </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79240511" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="213" w:lineRule="exact"/>
+              <w:ind w:left="32"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>(әрқайсысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="4F1B6ABA" w14:textId="77777777" w:rsidTr="00882841">
+        <w:trPr>
+          <w:trHeight w:val="467"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8B4621" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="13"/>
+              <w:ind w:left="1874"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7657" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="190E27D9" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="244121D4" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+    <w:p w14:paraId="69DA3291" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="18"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72D2CC13" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:ind w:left="144"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ЕСКЕРТПЕ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BEBE838" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="144"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>6-тармақта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жеңімпаздар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>санына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>(үш)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жылдағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443874CD" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="283"/>
+        </w:tabs>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="252" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олимпиадалар мен конкурстардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>әрбір деңгей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>і (қалалық/аудандық) бойынша – 0,5 балл ескеріледі, облыстық олимпиадалар мен конкурстардың жүлдегерлері – 1 балл, республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>– 2 балл, халықаралық – 3 балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E5A8C0" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="283"/>
+        </w:tabs>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:right="252" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-14"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жобалар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>қалалық/аудандық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-21"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-21"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-21"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="160"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>тиісінше 3 балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3987A425" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="258"/>
+        </w:tabs>
+        <w:spacing w:line="212" w:lineRule="exact"/>
+        <w:ind w:left="258" w:hanging="114"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>жүлдегерлері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+        </w:rPr>
+        <w:t>балл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B0E37A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="144" w:right="251"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">** 8-тармақта соңғы 3 (үш) жылдағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>органмен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>келісілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>бағдарламалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>біліктілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>курстары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>балл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>(әрқайсысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>жеке).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54139676" w14:textId="77777777" w:rsidR="00E642DE" w:rsidRDefault="00E642DE" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E80103A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61FB2F00" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C46FA19" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49F58EE3" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C777367" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D93278F" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51617D94" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="241B6E6F" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B685FBB" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D018FC2" w14:textId="3FF50621" w:rsidR="00504B2E" w:rsidRPr="00C207CA" w:rsidRDefault="00504B2E" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="84" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6433" w:right="1221" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E2D66BE" w14:textId="34821237" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="84" w:line="244" w:lineRule="auto"/>
+        <w:ind w:left="6433" w:right="1221" w:firstLine="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>бірінші басшылары мен педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>босату қағидаларына 13-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECB70C0" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:line="179" w:lineRule="exact"/>
+        <w:ind w:left="5216"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB1349D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="223C5416" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F729CCA" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="40"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AF5F88D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:ind w:left="480"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794D2D22" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:b/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="z404"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A37D8C1" wp14:editId="3B831D5C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>690372</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>168663</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6290310" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Graphic 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6290310" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6290310">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6289773" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7968">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+            <w:pict>
+              <v:shape w14:anchorId="65AE6D6E" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:54.35pt;margin-top:13.3pt;width:495.3pt;height:.1pt;z-index:-251634688;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6290310,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCfZkOTKAIAAIAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5y4QD6MOMXQoMWA&#10;oivQDDsrshwbk0WNUmLn34+S7STtbsN8ECjxieTjo7y+7xrNTgpdDSbns8mUM2UkFLU55PzH7vHL&#10;kjPnhSmEBqNyflaO328+f1q3NlMpVKALhYyCGJe1NueV9zZLEicr1Qg3AasMOUvARnja4iEpULQU&#10;vdFJOp3OkxawsAhSOUen297JNzF+WSrpv5elU57pnFNtPq4Y131Yk81aZAcUtqrlUIb4hyoaURtK&#10;egm1FV6wI9Z/hWpqieCg9BMJTQJlWUsVORCb2fQDm7dKWBW5UHOcvbTJ/b+w8uX0iqwucp7ecWZE&#10;Qxo9De2Yhe601mUEerOvGPg5+wzylyNH8s4TNm7AdCU2AUvsWBdbfb60WnWeSTqcp6vp3YwUkeSb&#10;pYuoRCKy8a48Ov+kIMYRp2fne6GK0RLVaMnOjCaS3EFoHYX2nJHQyBkJve+FtsKHe6G4YLL2Wkg4&#10;a+CkdhC9/kPlVNrVq80tap4uV4sFdW9kSdgeQUZIQ73qjZia7Fty2oQqFqv5Ms6PA10Xj7XWoQqH&#10;h/2DRnYSYXrjF3hQhHcwi85vhat6XHQNMG0GnXppgkh7KM6keEsa59z9PgpUnOlvhmYqvI/RwNHY&#10;jwZ6/QDxFcUGUc5d91OgZSF9zj0p+wLjxIpsFC1Qv2DDTQNfjx7KOigaZ6ivaNjQmEeCw5MM7+h2&#10;H1HXH8fmDwAAAP//AwBQSwMEFAAGAAgAAAAhABhOVHHeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj01PwzAMhu9I/IfISNxYwpC6rjSd0PiQuLExCY5ZY9pqjVM1WVv49bgnOL72o9eP883kWjFg&#10;HxpPGm4XCgRS6W1DlYbD+/NNCiJEQ9a0nlDDNwbYFJcXucmsH2mHwz5WgksoZEZDHWOXSRnKGp0J&#10;C98h8e7L985Ejn0lbW9GLnetXCqVSGca4gu16XBbY3nan52Gp9fxZ2Xf8HMrd+VQPb4cPqw9aX19&#10;NT3cg4g4xT8YZn1Wh4Kdjv5MNoiWs0pXjGpYJgmIGVDr9R2I4zxJQRa5/P9C8QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCfZkOTKAIAAIAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQAYTlRx3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l6289773,e" filled="f" strokeweight=".22133mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C9718E" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="40"/>
+        <w:ind w:left="343" w:right="590"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003145D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B162655" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+      <w:pPr>
+        <w:spacing w:before="72"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9934" w:type="dxa"/>
-        <w:tblInd w:w="-573" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="149" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="709"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="3545"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="3970"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="19AF660A" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="0187626E" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="14"/>
-[...16 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4BC96B3C" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="449C1AA3" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Критерии</w:t>
+          <w:p w14:paraId="0923CD6B" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="1086"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33B6B802" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
+          <w:p w14:paraId="3D8C3592" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="520"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03BDE193" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...38 lines deleted...]
-              <w:t>(от 1 до 30)</w:t>
+          <w:p w14:paraId="46F0089E" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="97"/>
+              <w:ind w:left="509"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>30-ға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="48ACC9EF" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="04DF09D1" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="856"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78EA3DF5" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>1.</w:t>
+          <w:p w14:paraId="41D7BEF2" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D57E646" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w14:paraId="0CC53178" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4029F873" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w14:paraId="04078896" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы дипломның </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="252D38A2" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...80 lines deleted...]
-              <w:t>Высшее с отличием – 4 балла</w:t>
+          <w:p w14:paraId="300F9A9D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="34" w:right="92"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік –1 балл Техникалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балл </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жоғары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="115"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">–3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61AB54BF" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="197" w:lineRule="exact"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>үздік–4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="65A1B6D3" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="2FAB5A05" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1065"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27CBA387" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>2.</w:t>
+          <w:p w14:paraId="7B885603" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A4D3361" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Ученое звание/ученая степень/степень </w:t>
+          <w:p w14:paraId="3858AF0C" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>атағы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дәрежесі/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EB8F911" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
+          <w:p w14:paraId="3D401FE0" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қосымшаның </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">атағын/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесін/дәрежесін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="601396E9" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="6" w:line="199" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>аттестат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6937B912" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...59 lines deleted...]
-              <w:t>Магистр по педагогическому направлению – 5 баллов</w:t>
+          <w:p w14:paraId="6A914DDF" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>докторы–15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63654D0F" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>докторы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>кандидаты,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>профиль бойынша докторы– 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="404A2B9D" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бағыты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>магистрі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="787806D7" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="5" w:line="199" w:lineRule="exact"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="13ADA7E2" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="5B1BEBA7" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="738"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07EF9ED0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>3.</w:t>
+          <w:p w14:paraId="5BA94BA7" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EAC4318" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Результаты прохождения сертификации </w:t>
+          <w:p w14:paraId="08C83DB5" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0196A5AC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...15 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="04F3FBC9" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B5E6292" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...59 lines deleted...]
-              <w:t>80-100% – 6 баллов</w:t>
+          <w:p w14:paraId="1F0EF5E2" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>50%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-29"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BFBAADB" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>60-80%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-15"/>
+                <w:w w:val="125"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20D65F8A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>80-100%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="5CB95B7A" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="488790F9" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="693"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="080E505D" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>4.</w:t>
+          <w:p w14:paraId="592C3A30" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="282DA94C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Результаты педагогической/ профессиональной практики</w:t>
+          <w:p w14:paraId="10C11915" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="782" w:firstLine="50"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>практика нәтижелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AC49435" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Приложение к диплому об образовании</w:t>
+          <w:p w14:paraId="5AEC05B5" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="532"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дипломға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6276C005" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...59 lines deleted...]
-              <w:t>"5" – 4 балла</w:t>
+          <w:p w14:paraId="2BA3CABF" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«3»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-24"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45A5BAA2" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«4»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-24"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01F5AA01" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«5»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-24"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="6770278A" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="0F1367DE" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DF730BF" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>5.</w:t>
+          <w:p w14:paraId="13D18B89" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F15F43E" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">  Рекомендательное письмо с места учебы </w:t>
+          <w:p w14:paraId="68E2C089" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2847B4BC" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Рекомендательное письмо</w:t>
+          <w:p w14:paraId="5E0149B2" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61ED4B57" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Наличие положительного рекомендательного письма - 3 балла</w:t>
+          <w:p w14:paraId="72750A27" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="101D562F" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="6DB648FE" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54A9B84A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>6.</w:t>
+          <w:p w14:paraId="76846020" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E0FE2F3" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Участие в волонтерской работе</w:t>
+          <w:p w14:paraId="4F689978" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Волонтерлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1282459E" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Документ участия</w:t>
+          <w:p w14:paraId="7AD47585" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB580DD" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>1 балл</w:t>
+          <w:p w14:paraId="43AD62DB" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="21B2C9BD" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="4AD8CEDC" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1156"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50800FE1" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>7.</w:t>
+          <w:p w14:paraId="051B2586" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BEE1D87" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Ведение странички интернета, социальных сетей с публикацией о педагогической деятельности (публикации авторских научных проектов, уроки, семинары)</w:t>
+          <w:p w14:paraId="7D7B32DC" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет туралы жарияланымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>интернет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бетін,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A5B1010" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="2" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>желіде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>парақшаларын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жүргізу </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(авторлық ғылыми жобалар, сабақтар, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>семинарлар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58EFA85F" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Ссылки</w:t>
+          <w:p w14:paraId="1284369E" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Сілтемелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D1B26AA" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...59 lines deleted...]
-              <w:t>от 3 лет -3 балла</w:t>
+          <w:p w14:paraId="7530082A" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EB61903" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AEA5557" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="7C5E0E9B" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="1F4FDE8B" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62F21806" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>8.</w:t>
+          <w:p w14:paraId="7A84A91B" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C907924" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Участие в работе летних лагерей</w:t>
+          <w:p w14:paraId="4E58732F" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Жазғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лагерьлердің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жұмысына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D84478C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Документ участия</w:t>
+          <w:p w14:paraId="3247AE03" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66B9AE3C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>2 балла</w:t>
+          <w:p w14:paraId="02EB7E10" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="6AB9FEE4" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="3D90BB36" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="671"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F635635" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>9.</w:t>
+          <w:p w14:paraId="56192CD9" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60EEF982" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Участие в конкурсах по месту учебы (научных проектов, творческих и др.)</w:t>
+          <w:p w14:paraId="1EDA7413" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>орындары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурстарға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысу (ғылыми жобалар,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DA3BE51" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="203" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>шығармашылык</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>т.б.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE6CA4A" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>Документ участия</w:t>
+          <w:p w14:paraId="4DC8F2DB" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12EB5F76" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>За каждое участие 1 балл, но не более 4 баллов</w:t>
+          <w:p w14:paraId="311995B3" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16" w:line="244" w:lineRule="auto"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Әрбір</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>қатысқаны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бірақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балдан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>аспайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215183" w:rsidRPr="00215183" w14:paraId="73BA3C63" w14:textId="77777777" w:rsidTr="00AE5146">
+      <w:tr w:rsidR="003145D7" w:rsidRPr="003145D7" w14:paraId="178C5E0E" w14:textId="77777777" w:rsidTr="00882841">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="4576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C746689" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:t>10.</w:t>
+          <w:p w14:paraId="746ACF85" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="188EA3B0" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="40A81767" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>QAZAQ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>RESMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEST;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B96AE73" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="202" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>IELTS; TOEFL; DELF; Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EAF3810" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="206" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13067FD4" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="26"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері»,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B629C76" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="476"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...278 lines deleted...]
-              <w:t>Teacher of English to Speakers of Other Languages (TESOL)"TESOL"</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«Microsoft-та</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">үйрету» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Arial" w:cs="Microsoft Sans Serif"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту Халықаралық курстар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="111960C4" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="20" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15A20976" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="24" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-13"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0451A792" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B964C41" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-26"/>
+                <w:w w:val="160"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:w w:val="110"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FF826A3" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="21" w:line="268" w:lineRule="auto"/>
+              <w:ind w:left="33" w:right="190"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TKT»Teaching Knowledge Test Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DEF30ED" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:line="182" w:lineRule="exact"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Instruction)»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C34DBA5" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Speakers of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Languages </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42DB4A31" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="24"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30D3AB56" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...17 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="71BA2060" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4360CD8C" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00AE5146">
-[...164 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0C78F645" w14:textId="77777777" w:rsidR="003145D7" w:rsidRPr="003145D7" w:rsidRDefault="003145D7" w:rsidP="003145D7">
+            <w:pPr>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="34"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(әрқайсына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003145D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>бөлек)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35E3B82F" w14:textId="77777777" w:rsidR="00215183" w:rsidRPr="00215183" w:rsidRDefault="00215183" w:rsidP="00215183">
+    <w:p w14:paraId="7F010045" w14:textId="77777777" w:rsidR="003145D7" w:rsidRDefault="003145D7" w:rsidP="00660672">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00215183" w:rsidRPr="00215183" w:rsidSect="0064260F">
-[...3 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr w:rsidR="003145D7" w:rsidSect="00660672">
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:top="960" w:right="425" w:bottom="280" w:left="992" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Arial">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Microsoft Sans Serif">
+    <w:altName w:val="Microsoft Sans Serif"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Microsoft Sans Serif">
-    <w:altName w:val="Microsoft Sans Serif"/>
+  <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="3ACF56AD"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="1AA723D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C74E9810"/>
-[...1 lines deleted...]
-      <w:start w:val="25"/>
+    <w:tmpl w:val="4C3ACB46"/>
+    <w:lvl w:ilvl="0" w:tplc="F880E71A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="200" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="77A6A202">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="576" w:hanging="116"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="9B685CF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="952" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E192426C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1328" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A6F802B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1704" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C11CD584">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2080" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D6F4EF2E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2456" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="605E91F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2832" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4AFE7622">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3208" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="2D170E57"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C358C3E0"/>
+    <w:lvl w:ilvl="0" w:tplc="21F8B202">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="141" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="A7C80ED4">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="816" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="3D9620A8">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="1492" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="1826B20E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2168" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="77EE56FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2844" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="641284FE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7BA6FB3E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4196" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="161C776E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4872" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="396A22BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5548" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="3A133359"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="39247BC4"/>
+    <w:lvl w:ilvl="0" w:tplc="6B90D1D4">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="682" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2794B42E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1319" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F2EA92B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1959" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2B385968">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2599" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3D7AF7CA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3239" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C92AC96E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3879" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2D602DEE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4519" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7FD6B716">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5159" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6BEE1658">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5799" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="410518B5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0A90733C"/>
+    <w:lvl w:ilvl="0" w:tplc="3E245F08">
       <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="32" w:hanging="222"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="22128AE2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="403" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="810291CC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="767" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="AB9269D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1131" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D45E9338">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1494" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="53543024">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1858" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="558C4426">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2222" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B77A4234">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2585" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1304C5E6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2949" w:hanging="222"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="44095C5A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51D24FCC"/>
+    <w:lvl w:ilvl="0" w:tplc="C34811F2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="32" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="19"/>
+        <w:szCs w:val="19"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C2B29B28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DA8A6B54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="824" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D9C60658">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1216" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9F7268E4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1608" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="51A23E34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2000" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B964A84C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2392" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E56E4E7C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2784" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="78E6A1FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3176" w:hanging="116"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="46834F66"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6DD02FB0"/>
+    <w:lvl w:ilvl="0" w:tplc="C3484F7C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="140" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="E11A58A6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="833" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="5CFE04D4">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="1527" w:hanging="339"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="9342BC2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2221" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20282250">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2915" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AB3CA86E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3609" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F05A64D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4303" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F886C9F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4997" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="632C187E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5691" w:hanging="339"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="48AB0917"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E72AD680"/>
+    <w:lvl w:ilvl="0" w:tplc="9384ADFC">
       <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="106" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="18A23E54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="797" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="90D24C92">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1495" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="07DE261A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2193" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2A0EA95A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2891" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9670F0A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="05FE542A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4287" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6826F68E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4985" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2A86B61A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5683" w:hanging="262"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="5191688D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8780B80A"/>
+    <w:lvl w:ilvl="0" w:tplc="E896899E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="424" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FEDE354A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E35CF4C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1716" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B3BE32D8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2364" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0BF88BE0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3012" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A9FA910E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="63DECAA2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4308" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="56348E20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4956" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C6EAA3F0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5604" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="205916840">
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="56083126"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6CE03D0C"/>
+    <w:lvl w:ilvl="0" w:tplc="751C0D74">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="144" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6B68FC92">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1203" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2304B4E6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2266" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="83222EC8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3330" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="31F4DB68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4393" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BFD6E732">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5456" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="17A6C518">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6520" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AC12B418">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7583" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6B4CAFF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="57330932"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C5AC0A62"/>
+    <w:lvl w:ilvl="0" w:tplc="C7383C80">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="107" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="78862DE4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F62C7BC4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1460" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8154FB3E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2140" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="37F645D8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2820" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="CDB4EA18">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3500" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="366661D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4180" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3C1A0FC6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4860" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="812A959A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5540" w:hanging="372"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="5CA15F2E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="70144FE2"/>
+    <w:lvl w:ilvl="0" w:tplc="2674796A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="140" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7E808904">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="833" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F308165A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1527" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FB86F7DA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2221" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="064A8BA2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2915" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="54F4723A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3609" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="964691A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4303" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="382A34B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4997" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EAE613C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5691" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="5F9F2011"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E33E401C"/>
+    <w:lvl w:ilvl="0" w:tplc="FEF6C336">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="107" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9EB2A0D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="27EC0DE6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1460" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="744E5F74">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2140" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="38E61BE0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2820" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E2046110">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3500" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="146CEA7E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4180" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="790EA796">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4860" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C1522212">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5540" w:hanging="350"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="61703E1A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36885204"/>
+    <w:lvl w:ilvl="0" w:tplc="BE543C62">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="141" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CC72B334">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="816" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="511E5D78">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1492" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="3AAA06B6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2168" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BC94E9A2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2844" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9CA4DCBE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="05B8DDD0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4196" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="09264150">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4872" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2ACEA57E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5548" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="72447118"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="01009512"/>
+    <w:lvl w:ilvl="0" w:tplc="52EC853A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="140" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8984317E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="833" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FD0E99EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1527" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="98BC0EFE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2221" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="60E81E08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2915" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="633EA8A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3609" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C5CEE742">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4303" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5128FFF4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4997" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C98CAA46">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5691" w:hanging="310"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-  <w:defaultTabStop w:val="708"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007974AD"/>
-[...9 lines deleted...]
-    <w:rsid w:val="005610BA"/>
+    <w:rsidRoot w:val="00592352"/>
+    <w:rsid w:val="00023E48"/>
+    <w:rsid w:val="00126E89"/>
+    <w:rsid w:val="001A0A03"/>
+    <w:rsid w:val="001C444B"/>
+    <w:rsid w:val="0025310E"/>
+    <w:rsid w:val="002A663D"/>
+    <w:rsid w:val="003145D7"/>
+    <w:rsid w:val="003B0E1B"/>
+    <w:rsid w:val="00492BB0"/>
+    <w:rsid w:val="00504B2E"/>
+    <w:rsid w:val="005921CE"/>
+    <w:rsid w:val="00592352"/>
     <w:rsid w:val="005E165B"/>
-    <w:rsid w:val="005E52E6"/>
-[...22 lines deleted...]
-    <w:rsid w:val="00FA0F7F"/>
+    <w:rsid w:val="00611D66"/>
+    <w:rsid w:val="00660672"/>
+    <w:rsid w:val="006E4B59"/>
+    <w:rsid w:val="00754C8A"/>
+    <w:rsid w:val="007A1ACA"/>
+    <w:rsid w:val="007C6A4C"/>
+    <w:rsid w:val="008A5CBF"/>
+    <w:rsid w:val="0097176E"/>
+    <w:rsid w:val="00A55694"/>
+    <w:rsid w:val="00A747EF"/>
+    <w:rsid w:val="00AA354B"/>
+    <w:rsid w:val="00B34DBC"/>
+    <w:rsid w:val="00BC2213"/>
+    <w:rsid w:val="00C207CA"/>
+    <w:rsid w:val="00D52C64"/>
+    <w:rsid w:val="00E642DE"/>
+    <w:rsid w:val="00EB0848"/>
+    <w:rsid w:val="00F341F3"/>
+    <w:rsid w:val="00F70644"/>
+    <w:rsid w:val="00FC0BB5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="49E2AD70"/>
-  <w15:docId w15:val="{ED553B6F-E6F7-4ECF-AE18-1335E9DA1947}"/>
+  <w14:docId w14:val="59991963"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00364A69"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...30 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0064260F"/>
-[...8 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0064260F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...2 lines deleted...]
-      <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="106"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC2213"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...2 lines deleted...]
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...2 lines deleted...]
-    <w:link w:val="a5"/>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="0064260F"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BC2213"/>
     <w:rPr>
-      <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008E7276"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:ind w:left="106"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC2213"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BC2213"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:optimizeForBrowser/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1689939789">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1753357688">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1963078153">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -12833,56 +21961,83 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>11269</Characters>
+  <Pages>6</Pages>
+  <Words>2031</Words>
+  <Characters>11577</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>96</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13219</CharactersWithSpaces>
+  <CharactersWithSpaces>13581</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar;Асаинова Шынар Бакибаевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-05-28T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2025-07-15T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
+  </property>
+</Properties>
+</file>