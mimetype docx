--- v0 (2026-02-04)
+++ v1 (2026-02-28)
@@ -1,17033 +1,7196 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="6B80951E" w14:textId="77777777" w:rsidR="003056A8" w:rsidRPr="0064237D" w:rsidRDefault="003056A8" w:rsidP="003056A8">
+    <w:p w14:paraId="1C5829D7" w14:textId="77777777" w:rsidR="003056A8" w:rsidRPr="00E21AF8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E4E5607" w14:textId="77777777" w:rsidR="009B3C4A" w:rsidRDefault="009B3C4A" w:rsidP="009B3C4A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0064237D">
+      <w:r w:rsidRPr="00E940AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГУ «Средняя общеобразовательная школа №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E940AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="730A8C5F" w14:textId="77777777" w:rsidR="00270922" w:rsidRDefault="009B3C4A" w:rsidP="00270922">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E940AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidR="00270922">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="00270922" w:rsidRPr="00E940AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную должность</w:t>
+      </w:r>
+      <w:r w:rsidR="00270922">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B81411" w14:textId="77777777" w:rsidR="00270922" w:rsidRPr="00E940AB" w:rsidRDefault="00270922" w:rsidP="00270922">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заместителя руководителя по учебной работе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B5F2DC4" w14:textId="0EE6D52D" w:rsidR="009B3C4A" w:rsidRDefault="00EF1FD6" w:rsidP="00270922">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының № 5 жалпы орта білім беру мектебі»КММ</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE58786" w14:textId="77777777" w:rsidR="003056A8" w:rsidRPr="0064237D" w:rsidRDefault="003056A8" w:rsidP="003056A8">
+    <w:p w14:paraId="7912EDD2" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0064237D">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="954"/>
+        <w:gridCol w:w="4342"/>
+        <w:gridCol w:w="4623"/>
+        <w:gridCol w:w="218"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003056A8" w:rsidRPr="00361FFD" w14:paraId="62AED918" w14:textId="77777777" w:rsidTr="003056A8">
+      <w:tr w:rsidR="00CB0176" w:rsidRPr="009E3757" w14:paraId="279F4E04" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-          </w:tcPr>
-[...4 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="663A7C6F" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E21AF8">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC4A4EF" w14:textId="150B9612" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00270922">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...15 lines deleted...]
-            <w:tcW w:w="6858" w:type="dxa"/>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-          </w:tcPr>
-[...16 lines deleted...]
-                <w:bCs/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF85345" w14:textId="49C2B38D" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00A17F8E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 5 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>редняя общеобразовательная школа № 5 города Павлодара» отдела образования города Павлодара, Управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003056A8" w:rsidRPr="00E21AF8" w14:paraId="1E9DA403" w14:textId="77777777" w:rsidTr="003056A8">
+      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="5BDA5E65" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-[...606 lines deleted...]
-          <w:p w14:paraId="276900C6" w14:textId="4F91E8D6" w:rsidR="003056A8" w:rsidRPr="003056A8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2580C207" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...612 lines deleted...]
-            <w:tcW w:w="514" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...37 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A04076" w14:textId="37FE7C5E" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00270922">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6858" w:type="dxa"/>
+              <w:t>местонахождение, почтовый адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D5D85E" w14:textId="60A85FC7" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140006</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, Республика Казахстан, Павлодарская область, город Павлодар, улица Лермонтова, 129</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="632E5004" w14:textId="77777777" w:rsidTr="00CB0176">
+        <w:trPr>
+          <w:trHeight w:val="215"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="63643722" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E21AF8">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="16A40984" w14:textId="3068836F" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Телефонный номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0DD197" w14:textId="1A7D53D3" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00980258" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 62</w:t>
+            </w:r>
+            <w:r w:rsidR="00A17F8E" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-95-80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB0176" w:rsidRPr="00BA4B1E" w14:paraId="66D8365B" w14:textId="77777777" w:rsidTr="00CB0176">
+        <w:trPr>
+          <w:trHeight w:val="215"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A56C476" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E21AF8">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DBB98D1" w14:textId="39128E27" w:rsidR="00A17F8E" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электронная почта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E25B5F" w14:textId="18A29631" w:rsidR="00A17F8E" w:rsidRPr="00C86ABF" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>sosh5@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="70D0C989" w14:textId="77777777" w:rsidTr="00CB0176">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="15AC8EA9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E21AF8">
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E99442" w14:textId="139D85D5" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="00A17F8E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E9578E" w14:textId="21CD6BAC" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="009E3757" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заместитель руководителя по учебной работе, 1 ставка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="448BB71A" w14:textId="77777777" w:rsidTr="00CB0176">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="14D07CCA" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF80B69" w14:textId="77777777" w:rsidR="008E7665" w:rsidRDefault="009B3C4A" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Основные функцианальные обязанности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D501A24" w14:textId="4DF63A15" w:rsidR="00292B03" w:rsidRPr="00270922" w:rsidRDefault="00292B03" w:rsidP="00292B03">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7992ECDD" w14:textId="63449AF5" w:rsidR="000B4896" w:rsidRDefault="000B4896" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Направляет и руководит работой метод</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ического </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>совета и ме</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тодических объединений учителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61F85E1E" w14:textId="1676A6C5" w:rsidR="000B4896" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidR="000B4896" w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>апра</w:t>
+            </w:r>
+            <w:r w:rsidR="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>вляет и руководит научно - исследовательск</w:t>
+            </w:r>
+            <w:r w:rsidR="000B4896" w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ой работой учителей, создает стимулирующие и благоприятные условия</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для творческой работы учителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ADF9BC7" w14:textId="524CB148" w:rsidR="000B4896" w:rsidRDefault="000B4896" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рганизует работу педагогических кадров по гимназической программе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>, к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>онтролирует качество работы учителей гимназических классов</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FDFDD41" w14:textId="6339F5DD" w:rsidR="000B4896" w:rsidRDefault="000B4896" w:rsidP="000B4896">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-руководит аттестацией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогических кадров</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="526A5145" w14:textId="4E60EAFB" w:rsidR="000B4896" w:rsidRDefault="000B4896" w:rsidP="000B4896">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>еде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>т документацию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсной комиссии</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1231E693" w14:textId="2AA74733" w:rsidR="003056A8" w:rsidRDefault="000B4896" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">онтролирует и организует повышение квалификации учителей через </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>семинары ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсы, творческие командировки, конкурсы и т.д.</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="527F4070" w14:textId="190A8B31" w:rsidR="000B4896" w:rsidRDefault="000B4896" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00E74F4F" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>участвует в подборе и рас</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>становке педагогических кадров;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5971E045" w14:textId="04845418" w:rsidR="000B4896" w:rsidRDefault="000B4896" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рганизует проведение предметных олимпиад, </w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>награждение учителей и учащихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="726D85BE" w14:textId="639AC9D3" w:rsidR="000B4896" w:rsidRDefault="000B4896" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">есет ответственность </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>за</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B4896">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> е-портфолио школы</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C55D3B9" w14:textId="443D8AD4" w:rsidR="00E74F4F" w:rsidRPr="00861F3E" w:rsidRDefault="000B4896" w:rsidP="00861F3E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E74F4F" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">руководит работой методических объединений учителей </w:t>
+            </w:r>
+            <w:r w:rsidR="00861F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>начальных классов и</w:t>
+            </w:r>
+            <w:r w:rsidR="00861F3E" w:rsidRPr="00861F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обществоведческих дисциплин</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0839C0C3" w14:textId="0803C56E" w:rsidR="00861F3E" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00861F3E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00861F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ведет протоколы МС и СР</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A5BCDCA" w14:textId="13B9BB58" w:rsidR="00861F3E" w:rsidRDefault="00861F3E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- курирует работу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00861F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> логопеда школы</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E26A76B" w14:textId="5754E327" w:rsidR="00861F3E" w:rsidRDefault="00861F3E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00861F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тветственное лицо по вопросам коррупционных рисков</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25C62D01" w14:textId="6E9B343E" w:rsidR="00861F3E" w:rsidRDefault="00861F3E" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00861F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">осуществляет </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">контроль </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00861F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00861F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обращениям е-</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E21AF8">
+            <w:r w:rsidRPr="00861F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33B562E0" w14:textId="53303000" w:rsidR="00861F3E" w:rsidRPr="00861F3E" w:rsidRDefault="00861F3E" w:rsidP="00861F3E">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-руководит научно-исследовательской работой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00861F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>учащихся</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="257170AD" w14:textId="0A9B970F" w:rsidR="00292B03" w:rsidRPr="003F56B3" w:rsidRDefault="00861F3E" w:rsidP="00292B03">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- организует у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00861F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>частие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учащихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00861F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в олимпиадах, конкурсах</w:t>
+            </w:r>
+            <w:r w:rsidR="003F56B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66862D7B" w14:textId="3CCFF08B" w:rsidR="00292B03" w:rsidRPr="00C86ABF" w:rsidRDefault="00292B03" w:rsidP="00292B03">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E21AF8">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00BA4B1E" w14:paraId="7AA8DAD0" w14:textId="77777777" w:rsidTr="00CB0176">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFC3E1B" w14:textId="76D7FA20" w:rsidR="008E7665" w:rsidRPr="00C86ABF" w:rsidRDefault="008E7665" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE76D98" w14:textId="20EFAA92" w:rsidR="008E7665" w:rsidRPr="00270922" w:rsidRDefault="00270922" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidR="00A17F8E" w:rsidRPr="00270922">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>азмер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5E2B1E" w14:textId="5F71C2EF" w:rsidR="00452B55" w:rsidRPr="009F108F" w:rsidRDefault="00452B55" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- должностной оклад в соответствии с нормативными документами</w:t>
+            </w:r>
+            <w:r w:rsidR="00444EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>стажем и категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="009F108F" w:rsidRPr="009F108F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E21AF8">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="041D1699" w14:textId="77777777" w:rsidTr="00CB0176">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ADF5141" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E21AF8">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F772FE" w14:textId="77777777" w:rsidR="00A17F8E" w:rsidRPr="00D925B1" w:rsidRDefault="00A17F8E" w:rsidP="00D925B1">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D925B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50BBCC06" w14:textId="14033745" w:rsidR="00B1578A" w:rsidRPr="00D925B1" w:rsidRDefault="00A17F8E" w:rsidP="00D925B1">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D925B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Типовыми квалификационными </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D925B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="300ECD72" w14:textId="158A5539" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее </w:t>
+            </w:r>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B840E15" w14:textId="36AA7D29" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- при осуществлении преподавательской деятельности – дополнительно наличие квалификации: "педагог – эксперт" или</w:t>
+            </w:r>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E21AF8">
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E21AF8">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"педагог – исследователь" или "педагог – мастер".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00BA4B1E" w14:paraId="3E22BC34" w14:textId="77777777" w:rsidTr="00CB0176">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF88C53" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2C3473" w14:textId="49E735C3" w:rsidR="00B1578A" w:rsidRPr="00D925B1" w:rsidRDefault="009E3DE6" w:rsidP="00D925B1">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D925B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E519FD" w14:textId="7952AAB1" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="009D3041" w:rsidP="00065C20">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="00F2347B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.2026</w:t>
+            </w:r>
+            <w:r w:rsidR="004850FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E21AF8">
+            <w:r w:rsidR="00932150" w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E21AF8">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E21AF8">
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E21AF8">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E21AF8">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00065C20">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00E21AF8">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1972 lines deleted...]
-            </w:r>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003056A8" w:rsidRPr="00E21AF8" w14:paraId="3A95BF55" w14:textId="77777777" w:rsidTr="003056A8">
-[...2 lines deleted...]
-            <w:tcW w:w="514" w:type="dxa"/>
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="009E3757" w14:paraId="79B2552A" w14:textId="77777777" w:rsidTr="00CB0176">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...4 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="559AE0B2" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00B1578A" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E21AF8">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...12 lines deleted...]
-            <w:tcW w:w="2765" w:type="dxa"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AAE348" w14:textId="5EE8B53B" w:rsidR="00861F3E" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E21AF8">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Уақытша бос лауазымының мерзімі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6858" w:type="dxa"/>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="207D757F" w14:textId="0811538B" w:rsidR="00861F3E" w:rsidRDefault="00861F3E" w:rsidP="00861F3E"/>
+          <w:p w14:paraId="1BBEBD23" w14:textId="0DFEC8D5" w:rsidR="00B1578A" w:rsidRPr="00861F3E" w:rsidRDefault="00B1578A" w:rsidP="00861F3E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A84EF81" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08E520CD" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59281264" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71566FD3" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Типовы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>квалификационны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> характеристик</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ами</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C0CE844" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="363740DC" w14:textId="302F1897" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре </w:t>
+            </w:r>
+            <w:r w:rsidR="00776DE1" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>государственной регистрации нормативных правовых актов под</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C00EB1" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63005CD0" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FF58077" w14:textId="77777777" w:rsidR="00E74F4F" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D97F581" w14:textId="2EDEDBFE" w:rsidR="00B1578A" w:rsidRPr="00C86ABF" w:rsidRDefault="00E74F4F" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E3DE6" w:rsidRPr="00955507" w14:paraId="40360B64" w14:textId="77777777" w:rsidTr="00CB0176">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="497A1D79" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00D478D0" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC9967A" w14:textId="20512AE6" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00E21AF8">
+              <w:t>Срок вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C9EB944" w14:textId="4B7E9A53" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="009B3C4A" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...5 lines deleted...]
-              <w:t>Тұрақты</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Постоянно </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003056A8" w:rsidRPr="00E21AF8" w14:paraId="0CC100F1" w14:textId="77777777" w:rsidTr="003056A8">
+      <w:tr w:rsidR="009E3DE6" w14:paraId="0DEE8277" w14:textId="77777777" w:rsidTr="00CB0176">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcW w:w="9919" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="9493" w:type="dxa"/>
+              <w:jc w:val="right"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="9493"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w14:paraId="2E688B9F" w14:textId="77777777" w:rsidTr="00C86ABF">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+                <w:jc w:val="right"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9493" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="27D92D25" w14:textId="258E2CFC" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00065C20" w:rsidP="00C86ABF">
+                  <w:pPr>
+                    <w:pStyle w:val="ad"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>Приложение 15</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> к Правилам</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>назначения на должности,</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidR="00DA175A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">             </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>освобождения от должностей</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>первых руководителей</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>и педагогов государственных</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>организаций образования</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0634B0A0" w14:textId="275819BB" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+                  <w:pPr>
+                    <w:pStyle w:val="ad"/>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>Форма</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="10165B04" w14:textId="36CA8202" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z332"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>__________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственный орган, объявивший конкурс)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w14:paraId="708430DE" w14:textId="2242FEAD" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44AE6585" w14:textId="00810407" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.И.О. кандидата (при его наличии), ИИН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C6062BF" w14:textId="0E601B62" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>__________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                          </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00E429B2" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>должность, место работы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ED8AD1A" w14:textId="72C644CA" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>____________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0975B642" w14:textId="0DEE5F5D" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A595BA6" w14:textId="77777777" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03DDC68A" w14:textId="611DC4B9" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bookmarkStart w:id="2" w:name="z333"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:t>Заявление</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A20F805" w14:textId="7BBF7C32" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z334"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>должности (нужное подчеркнуть)</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> __________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DD7D52D" w14:textId="19BE6A6B" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C19CE67" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="751021F4" w14:textId="14DC3464" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>В настоящее время работаю</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _______________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44B5B5E8" w14:textId="66B3E92C" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="00467337" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="004715CE" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A106EEF" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сообщаю о себе следующие сведения:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="337C7EA6" w14:textId="320E28EB" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6444825B" w14:textId="77777777" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblInd w:w="115" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3524"/>
+              <w:gridCol w:w="2511"/>
+              <w:gridCol w:w="3543"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00467337" w:rsidRPr="00C86ABF" w14:paraId="66B9EDF6" w14:textId="77777777" w:rsidTr="00467337">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4518" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="4A136625" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                  <w:pPr>
+                    <w:pStyle w:val="ad"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>Наименование учебного заведения</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3262" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="654269FD" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                  <w:pPr>
+                    <w:pStyle w:val="ad"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>Период обучения</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4520" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="3FE8F2DD" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                  <w:pPr>
+                    <w:pStyle w:val="ad"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C86ABF">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>Специальность по диплому</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00467337" w:rsidRPr="00C86ABF" w14:paraId="15EABDC6" w14:textId="77777777" w:rsidTr="00467337">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4518" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="05EAE2DE" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                  <w:pPr>
+                    <w:pStyle w:val="ad"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="1F0E12BA" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                  <w:pPr>
+                    <w:pStyle w:val="ad"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3262" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="79F12642" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                  <w:pPr>
+                    <w:pStyle w:val="ad"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="3355B720" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                  <w:pPr>
+                    <w:pStyle w:val="ad"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4520" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w14:paraId="7A5F17EB" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                  <w:pPr>
+                    <w:pStyle w:val="ad"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2D2595A6" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+                  <w:pPr>
+                    <w:pStyle w:val="ad"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="697F1ECF" w14:textId="374342C6" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z335"/>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t> Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w14:paraId="4CCDC8C9" w14:textId="67F7CF30" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_____________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="004715CE" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2556329C" w14:textId="2AE91F34" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Стаж педагогической работы: ______________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="004715CE" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>__________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76E056A5" w14:textId="0602D0CB" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Имею следующие результаты работы: _____</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="004715CE" w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>__________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C674466" w14:textId="42BE2ABF" w:rsidR="004715CE" w:rsidRPr="00C86ABF" w:rsidRDefault="004715CE" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_______________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3212A908" w14:textId="30338D9F" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10EB7485" w14:textId="207C711D" w:rsidR="00467337" w:rsidRPr="00C86ABF" w:rsidRDefault="00467337" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="009E3DE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C86ABF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D9B2C1D" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00D478D0" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...42 lines deleted...]
-            <w:tcW w:w="4359" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D20631" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="611DE250" w14:textId="77777777" w:rsidR="003056A8" w:rsidRPr="00E21AF8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="4924F5A5" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="52800A87" w14:textId="77777777" w:rsidR="003056A8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0BC542A3" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1520B35D" w14:textId="77777777" w:rsidR="003056A8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="172733AD" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="228DB3DB" w14:textId="77777777" w:rsidR="003056A8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5F9189D9" w14:textId="77777777" w:rsidR="00E429B2" w:rsidRPr="00C86ABF" w:rsidRDefault="00E429B2" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="31398D76" w14:textId="77777777" w:rsidR="003056A8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
-[...240 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="5881FDB2" w14:textId="4C135242" w:rsidR="00D478D0" w:rsidRPr="00C86ABF" w:rsidRDefault="00D478D0" w:rsidP="00C86ABF">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="634DE568" w14:textId="77777777" w:rsidR="003056A8" w:rsidRPr="00E21AF8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
+    <w:p w14:paraId="051103D0" w14:textId="264EEBAB" w:rsidR="00452A41" w:rsidRPr="00955507" w:rsidRDefault="00467337" w:rsidP="00955507">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="ad"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t>«____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>год</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00955507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E21AF8">
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00955507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00C86ABF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E21AF8">
+      <w:r w:rsidRPr="00C86ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00C86ABF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F66234" w14:textId="48222EC5" w:rsidR="00955507" w:rsidRPr="00955507" w:rsidRDefault="00955507" w:rsidP="00955507">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">конкурс </w:t>
-[...348 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AA2ED56" w14:textId="77777777" w:rsidR="003056A8" w:rsidRPr="00E21AF8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
-[...21 lines deleted...]
-    <w:p w14:paraId="1777C9DF" w14:textId="77777777" w:rsidR="003056A8" w:rsidRPr="00E21AF8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
+    <w:p w14:paraId="4CBD60EF" w14:textId="183C85CC" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...227 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="10281" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2091"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3169"/>
+        <w:gridCol w:w="4611"/>
+        <w:gridCol w:w="5670"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003056A8" w:rsidRPr="00E21AF8" w14:paraId="1F29293B" w14:textId="77777777" w:rsidTr="003056A8">
-[...7 lines deleted...]
-          <w:p w14:paraId="39BD7BFA" w14:textId="77777777" w:rsidR="003056A8" w:rsidRPr="00E21AF8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
+      <w:tr w:rsidR="00065C20" w14:paraId="7A39EF77" w14:textId="77777777" w:rsidTr="00523FC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25236986" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3549EE0D" w14:textId="77777777" w:rsidR="003056A8" w:rsidRPr="00E21AF8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A93FC11" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z346"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00065C20" w14:paraId="378B6EC9" w14:textId="77777777" w:rsidTr="00523FC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA49986" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="703E4675" w14:textId="77777777" w:rsidR="003056A8" w:rsidRPr="00E21AF8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14A275BC" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...149 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z347"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="64696AB8" w14:textId="77777777" w:rsidR="003056A8" w:rsidRPr="00E21AF8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
+    <w:p w14:paraId="7B25E56A" w14:textId="0D8C2F82" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00065C20">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="ae"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1169 lines deleted...]
-          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...133 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005824C0">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       ___________________________________________________ </w:t>
+        <w:t>Оценочный лист кандидата на вакантную или времен</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>но вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005824C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005824C0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000A30F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...107 lines deleted...]
-        <w:t>))</w:t>
+        <w:t xml:space="preserve">                     (фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10245" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10140" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="458"/>
+        <w:gridCol w:w="2311"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00065C20" w14:paraId="224A1E73" w14:textId="77777777" w:rsidTr="00523FC8">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00065C20" w14:paraId="5C019836" w14:textId="77777777" w:rsidTr="00523FC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C5E90E3" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="77DF0FE3" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32E9296F" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...24 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+          <w:p w14:paraId="43716563" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35E7606A" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...42 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="704B4C6C" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="086A9B3A" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...69 lines deleted...]
-            <w:tcW w:w="567" w:type="dxa"/>
+          <w:p w14:paraId="13BFB3B0" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="143DCF65" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="3C5D2282" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00065C20" w:rsidRPr="00361FFD" w14:paraId="6FEC9794" w14:textId="77777777" w:rsidTr="00523FC8">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00065C20" w14:paraId="625701CB" w14:textId="77777777" w:rsidTr="00523FC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="107EE391" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...17 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4439384B" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EECF795" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...42 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+          <w:p w14:paraId="62316591" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13E2FB07" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...156 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="1C126117" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05C5049A" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...251 lines deleted...]
-            <w:tcW w:w="567" w:type="dxa"/>
+          <w:p w14:paraId="08237B09" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="625B9EEB" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="0056091A" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...9 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="5433CD47" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00065C20" w14:paraId="650A9681" w14:textId="77777777" w:rsidTr="00523FC8">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00065C20" w14:paraId="4BF29514" w14:textId="77777777" w:rsidTr="00523FC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="627FEC6B" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="3EECC341" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="609DB530" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...76 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+          <w:p w14:paraId="1C0B6DC8" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D3CD6FE" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...138 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="7D7F4AF9" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42109EF9" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...80 lines deleted...]
-            <w:tcW w:w="567" w:type="dxa"/>
+          <w:p w14:paraId="176C30F0" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D5FF36D" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2C9E320B" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00065C20" w14:paraId="615B1E45" w14:textId="77777777" w:rsidTr="00523FC8">
+      <w:tr w:rsidR="00065C20" w14:paraId="573D935C" w14:textId="77777777" w:rsidTr="00523FC8">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="623CC115" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="344E0C3D" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FC823E3" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...137 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+          <w:p w14:paraId="3138502F" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C158C76" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5868F49D" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71BA7244" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...58 lines deleted...]
-            <w:tcW w:w="567" w:type="dxa"/>
+          <w:p w14:paraId="4D7D0732" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18BE8E05" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5089F309" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00065C20" w14:paraId="0D9F7153" w14:textId="77777777" w:rsidTr="00523FC8">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00065C20" w14:paraId="7180496F" w14:textId="77777777" w:rsidTr="00523FC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FA52FB4" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="704B0A42" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F240925" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...58 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+          <w:p w14:paraId="09D57E04" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="247FBAEB" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...68 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="5E5012A1" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53328131" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...308 lines deleted...]
-            <w:tcW w:w="567" w:type="dxa"/>
+          <w:p w14:paraId="40E786A6" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70A88FBE" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0D25782F" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00065C20" w:rsidRPr="00361FFD" w14:paraId="6C857C26" w14:textId="77777777" w:rsidTr="00523FC8">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00065C20" w14:paraId="3E609F5C" w14:textId="77777777" w:rsidTr="00523FC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38CB3606" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="618E2786" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66E458D9" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...137 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+          <w:p w14:paraId="258F37CB" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61316069" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...155 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="025C20BF" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E4C8558" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...421 lines deleted...]
-            <w:tcW w:w="567" w:type="dxa"/>
+          <w:p w14:paraId="2360E321" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CA8A316" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="0056091A" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...9 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="56F6351E" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00065C20" w14:paraId="566AD327" w14:textId="77777777" w:rsidTr="00523FC8">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00065C20" w14:paraId="4A70E749" w14:textId="77777777" w:rsidTr="00523FC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57F8B311" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1BCE4FA3" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AFA775A" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...137 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+          <w:p w14:paraId="54D1D111" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75C1B246" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...78 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="104E6381" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22E12DEE" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...204 lines deleted...]
-            <w:tcW w:w="567" w:type="dxa"/>
+          <w:p w14:paraId="2A4BF5AD" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"хорошо" = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31604CB0" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...9 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="3F1CAEF6" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00065C20" w:rsidRPr="00361FFD" w14:paraId="68077B6B" w14:textId="77777777" w:rsidTr="00523FC8">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00065C20" w14:paraId="2EB6F638" w14:textId="77777777" w:rsidTr="00523FC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B33697D" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6865C624" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E62D6F2" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...228 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+          <w:p w14:paraId="236F3F20" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10DCE965" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...371 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="7DD5859D" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05F27540" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...211 lines deleted...]
-            <w:tcW w:w="567" w:type="dxa"/>
+          <w:p w14:paraId="0373D3D2" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A805346" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="0056091A" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...9 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="0D91D577" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00065C20" w:rsidRPr="00361FFD" w14:paraId="2D261124" w14:textId="77777777" w:rsidTr="00523FC8">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00065C20" w14:paraId="4B2544B7" w14:textId="77777777" w:rsidTr="00523FC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0216B3A8" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...17 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3C10A0D4" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BF6EA34" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...76 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+          <w:p w14:paraId="64F6C0BA" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A83B340" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...424 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="694C85FF" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A5BE39F" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="0056091A" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="37BD6D17" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>обладатель медали "</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>олимпиадалар</w:t>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0056091A">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0056091A">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>конкурстар</w:t>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0056091A">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>жеңімпаздары</w:t>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0056091A">
-[...548 lines deleted...]
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78D20C12" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="0056091A" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...8 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="790EE2F2" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00065C20" w14:paraId="682A801C" w14:textId="77777777" w:rsidTr="00523FC8">
+      <w:tr w:rsidR="00065C20" w14:paraId="36A5C539" w14:textId="77777777" w:rsidTr="00523FC8">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="3859"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="286C5CA2" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6FCA0269" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="602A826C" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...42 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+          <w:p w14:paraId="33CB5F7F" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59DA65B0" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...68 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="1C1B4D9A" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A7C05D4" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">ҚР ОАМ </w:t>
+          <w:p w14:paraId="5E7CC4D7" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МП РК = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСО, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>тізбесіне</w:t>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...392 lines deleted...]
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76A662D5" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="73985946" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00065C20" w14:paraId="4EB22558" w14:textId="77777777" w:rsidTr="00523FC8">
+      <w:tr w:rsidR="00065C20" w14:paraId="33CFDE6B" w14:textId="77777777" w:rsidTr="00523FC8">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="3029"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4181A064" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="108BD9AD" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24F2FD96" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...59 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+          <w:p w14:paraId="602A7DA4" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18F7347E" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...111 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="5922D478" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EA586CF" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...452 lines deleted...]
-            <w:tcW w:w="567" w:type="dxa"/>
+          <w:p w14:paraId="283DDBE8" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B686331" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="682A24BA" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00065C20" w14:paraId="7138310A" w14:textId="77777777" w:rsidTr="00523FC8">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00065C20" w14:paraId="18F6CA90" w14:textId="77777777" w:rsidTr="00523FC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="234F72F1" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="48948976" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39F95673" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...42 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+          <w:p w14:paraId="056A3E80" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D765DE2" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="57EC64AE" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>подготовки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Основы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Python", "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Microsoft"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">"Developing </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1053 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F1FF83B" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="22DF392F" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ПШО</w:t>
-[...25 lines deleted...]
-              <w:t>, "</w:t>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...819 lines deleted...]
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z3" w:history="1">
+              <w:r w:rsidRPr="005824C0">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                </w:rPr>
+                <w:t>приказом</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра образования и науки </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39E06966" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="68A18EF9" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00065C20" w14:paraId="310F7E2B" w14:textId="77777777" w:rsidTr="00523FC8">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="00065C20" w14:paraId="6DC064D3" w14:textId="77777777" w:rsidTr="00523FC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13BE3550" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...17 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4EC5C390" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="030FE81A" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="13EC4F92" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...565 lines deleted...]
-            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1447DD1A" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...151 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="6BB548DC" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23F9F602" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...32 lines deleted...]
-            <w:tcW w:w="567" w:type="dxa"/>
+          <w:p w14:paraId="24B9224D" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="475F60C0" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6D65998B" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00065C20" w14:paraId="5A730093" w14:textId="77777777" w:rsidTr="00523FC8">
-[...5 lines deleted...]
-            <w:tcW w:w="2735" w:type="dxa"/>
+      <w:tr w:rsidR="00065C20" w14:paraId="3F64057C" w14:textId="77777777" w:rsidTr="00523FC8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2769" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A67F7FC" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="08E8F242" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005824C0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA28E56" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="563B7A91" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Барлығы</w:t>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D9FA4C" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="005824C0" w:rsidRDefault="00065C20" w:rsidP="00523FC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...66 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43F20983" w14:textId="77777777" w:rsidR="003056A8" w:rsidRPr="00065C20" w:rsidRDefault="003056A8" w:rsidP="003056A8">
+    <w:p w14:paraId="7B3331A5" w14:textId="77777777" w:rsidR="00065C20" w:rsidRPr="00955507" w:rsidRDefault="00065C20" w:rsidP="00065C20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...191 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3321376D" w14:textId="77777777" w:rsidR="003056A8" w:rsidRPr="00E21AF8" w:rsidRDefault="003056A8" w:rsidP="003056A8">
+    <w:p w14:paraId="760491B5" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00065C20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003056A8" w:rsidRPr="00E21AF8" w:rsidSect="00B2676F">
+    <w:p w14:paraId="2856B5E1" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00065C20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="218C4C96" w14:textId="77777777" w:rsidR="00065C20" w:rsidRDefault="00065C20" w:rsidP="00065C20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64E5ACD6" w14:textId="5A2483C1" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45DF602D" w14:textId="257968C1" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DB475C0" w14:textId="77777777" w:rsidR="00955507" w:rsidRPr="00452A41" w:rsidRDefault="00955507" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="613A8559" w14:textId="1F0A8D00" w:rsidR="00C86ABF" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72CFFC0F" w14:textId="77777777" w:rsidR="007F65F8" w:rsidRPr="00270922" w:rsidRDefault="007F65F8" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2060DE0D" w14:textId="77777777" w:rsidR="00C86ABF" w:rsidRPr="00DF4A7D" w:rsidRDefault="00C86ABF" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F998AC5" w14:textId="77777777" w:rsidR="00955507" w:rsidRDefault="00955507" w:rsidP="001B695E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00955507" w:rsidSect="00B2676F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -17773,50 +7936,51 @@
     <w:rsid w:val="00065C20"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B4896"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00115E6E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="0016201F"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00193B9B"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
@@ -17874,51 +8038,50 @@
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="003056A8"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
-    <w:rsid w:val="00361FFD"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="00380860"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
@@ -18053,51 +8216,50 @@
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
-    <w:rsid w:val="00741CF9"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="00776DE1"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="007F65F8"/>
@@ -18157,56 +8319,58 @@
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00955507"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="00980258"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B1760"/>
     <w:rsid w:val="009B3C4A"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D3041"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3757"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E3DE6"/>
     <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F108F"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A17F8E"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
@@ -18226,50 +8390,51 @@
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B2676F"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B61681"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
@@ -18298,50 +8463,51 @@
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D925B1"/>
     <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA175A"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DA6B51"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
@@ -18424,51 +8590,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4E991A17"/>
-  <w15:docId w15:val="{33474E11-3CE8-476C-B904-96621FA3E996}"/>
+  <w15:docId w15:val="{72468272-75D6-4E1A-9741-8FBCDAACB226}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19147,51 +9313,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030068" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19442,78 +9608,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA523480-3C92-45E4-875D-F5BA050C6342}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7F4564E-88EF-4B27-A160-C0197592CEDF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>10459</Characters>
+  <Pages>7</Pages>
+  <Words>1838</Words>
+  <Characters>10480</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>87</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12269</CharactersWithSpaces>
+  <CharactersWithSpaces>12294</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>