--- v0 (2026-02-04)
+++ v1 (2026-02-27)
@@ -428,96 +428,78 @@
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E33C6" w:rsidRPr="003B1E5D" w:rsidRDefault="003B1E5D" w:rsidP="003B1E5D">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>k</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...28 lines deleted...]
-              <w:t>mail.ru</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -577,58 +559,76 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Учитель  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>русского языка и литературы</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>–  16 часов</w:t>
+            <w:r w:rsidR="00E832E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>–  1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E832E2" w:rsidRPr="00637FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E33C6">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -1078,213 +1078,139 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E33C6" w:rsidRDefault="00684F93" w:rsidP="003264DD">
+          <w:p w:rsidR="006E33C6" w:rsidRDefault="00091600" w:rsidP="00637FFD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00637FFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>-17.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00637FFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>0</w:t>
-            </w:r>
-[...93 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2025</w:t>
+            </w:r>
             <w:r w:rsidR="00CE6709">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>г</w:t>
+              <w:t xml:space="preserve"> г</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E33C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006E33C6" w:rsidRDefault="00CE6709">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -9005,61 +8931,61 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006E33C6" w:rsidRDefault="006E33C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006E33C6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007C261C" w:rsidRDefault="007C261C">
+    <w:p w:rsidR="00071AAF" w:rsidRDefault="00071AAF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007C261C" w:rsidRDefault="007C261C">
+    <w:p w:rsidR="00071AAF" w:rsidRDefault="00071AAF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
@@ -9085,104 +9011,105 @@
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007C261C" w:rsidRDefault="007C261C">
+    <w:p w:rsidR="00071AAF" w:rsidRDefault="00071AAF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007C261C" w:rsidRDefault="007C261C">
+    <w:p w:rsidR="00071AAF" w:rsidRDefault="00071AAF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="95"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="00071AAF"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00091600"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
@@ -9265,72 +9192,70 @@
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7B29"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003143FA"/>
     <w:rsid w:val="003153C2"/>
     <w:rsid w:val="0031728D"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="003259A1"/>
-    <w:rsid w:val="003264DD"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="0038586E"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
-    <w:rsid w:val="003B1E5D"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B65BE"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
@@ -9373,158 +9298,156 @@
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004E6483"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="005166D3"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005354D3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="0055526E"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00562E1F"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
-    <w:rsid w:val="005E568B"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00637FFD"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
-    <w:rsid w:val="00684F93"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E33C6"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="0076291E"/>
     <w:rsid w:val="00763811"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="00780A27"/>
     <w:rsid w:val="00781391"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C2163"/>
-    <w:rsid w:val="007C261C"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00821DF7"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00872C2F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
@@ -9570,51 +9493,50 @@
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
-    <w:rsid w:val="009F2400"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="009F55EE"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5710B"/>
@@ -9695,51 +9617,50 @@
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C91DC4"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CE6709"/>
-    <w:rsid w:val="00CF2525"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D15D60"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D522D7"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
@@ -9773,50 +9694,51 @@
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E41FA4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E832E2"/>
     <w:rsid w:val="00E8343F"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC2D0B"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF02EF"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00EF6369"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
@@ -10715,72 +10637,72 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1CB3646-4868-4DE9-AEE1-DB05C658C5C6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{664D3AB8-1F85-41E6-A267-22CFC05179B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2418</Words>
-  <Characters>13786</Characters>
+  <Words>2417</Words>
+  <Characters>13783</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>114</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16172</CharactersWithSpaces>
+  <CharactersWithSpaces>16168</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.21931</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>7789A233294B4C009A9AE975C4C38F74_12</vt:lpwstr>
   </property>