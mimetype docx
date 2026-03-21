--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -1,1490 +1,1625 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="6360634E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="102F7052" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кенжекөл</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="03CE8872" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="06F4B270" w14:textId="7DFBB3A8" w:rsidR="00B00E9A" w:rsidRPr="003330D5" w:rsidRDefault="00D86848" w:rsidP="00B00E9A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00E9A" w:rsidRPr="003330D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  тіл</w:t>
+      </w:r>
+      <w:r w:rsidR="00274DFC" w:rsidRPr="003330D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>інде</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00E9A" w:rsidRPr="003330D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="003330D5" w:rsidRPr="003330D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-ассистент</w:t>
+      </w:r>
+      <w:r w:rsidR="003330D5" w:rsidRPr="003330D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00E9A" w:rsidRPr="003330D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымына </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2555407A" w14:textId="21B1B272" w:rsidR="00A40329" w:rsidRPr="00D83C75" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+    <w:p w14:paraId="746E3273" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00E41FA4" w:rsidRDefault="00B00AEE" w:rsidP="00E41FA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="429255B8" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4BA9">
-[...93 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="507"/>
+        <w:gridCol w:w="2959"/>
+        <w:gridCol w:w="6445"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="32BBF197" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="006F381E" w14:paraId="0E03B5F5" w14:textId="77777777" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="52975199" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="02EF5C13" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12224D27" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="33ABEB6B" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48F67A3A" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00E23E0F">
+          <w:p w14:paraId="65732949" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00EC773A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное учреждение «</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BC18D5">
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кенжекольская с</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">редняя общеобразовательная школа </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C800AA" w:rsidRPr="00C800AA">
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41FA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>Кенжекөл</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC773A" w:rsidRPr="00EC773A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жалпы орта білім беру мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="30A079A3" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="006F381E" w14:paraId="0DAE8548" w14:textId="77777777" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6F30049F" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="3F6822B7" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="202E2EA4" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="19088E7D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26C00C31" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00BC18D5" w:rsidRDefault="00A40329" w:rsidP="00873C6B">
+          <w:p w14:paraId="784F1A3D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E41FA4" w:rsidRDefault="00CB6B4F" w:rsidP="00873C6B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BC18D5">
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4B1E" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">село Кенжеколь, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">улица </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BC18D5">
+              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41FA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ата Заң</w:t>
-[...7 lines deleted...]
-              <w:t>,  строение 1/7</w:t>
+              <w:t>Кенжекөл ауылы, Ата Заң алаңы көшесі, 1/7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="69244E10" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="588EBB6F" w14:textId="77777777" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="176720C8" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="7B3BDD04" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E41FA4" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A6165D5" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="429AD5B1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="358C79AA" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="4904CF3A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">8 (7182) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BC18D5">
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>35-34-61</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41FA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>353461</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="2BA68C8C" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="0A2A55BF" w14:textId="77777777" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="30D3BDD0" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="76B98995" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4625B405" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="46E0076C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F780D64" w14:textId="4A86E28E" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="008D2B18" w:rsidP="00245AC0">
+          <w:p w14:paraId="1B89A276" w14:textId="7ECCD90A" w:rsidR="00CB6B4F" w:rsidRPr="00AA3A87" w:rsidRDefault="00AA3A87" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>sosh2025@</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="61CC0BE3" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00755BE9" w14:paraId="29142CA2" w14:textId="77777777" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2F6A9AD2" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="152841CD" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27C23A77" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="44711EE7" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6149A857" w14:textId="233ECB5E" w:rsidR="00A40329" w:rsidRPr="00EA2899" w:rsidRDefault="006B71E4" w:rsidP="00EA2899">
+          <w:p w14:paraId="42BB5E0F" w14:textId="0E02392A" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="003330D5" w:rsidP="003330D5">
             <w:pPr>
-              <w:textAlignment w:val="baseline"/>
-              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D86848">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003330D5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>педагог-ассистент</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...28 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00755BE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D7D51">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="00755BE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w14:paraId="46F549AA" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="006F381E" w14:paraId="32C2D9E7" w14:textId="77777777" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6BF0EE16" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="06010BC3" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14EAAE0B" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="712CE133" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18DF06E3" w14:textId="77777777" w:rsidR="006B71E4" w:rsidRPr="006B71E4" w:rsidRDefault="006B71E4" w:rsidP="006B71E4">
+          <w:p w14:paraId="66FC6C0E" w14:textId="7655173E" w:rsidR="003330D5" w:rsidRPr="003330D5" w:rsidRDefault="003330D5" w:rsidP="003330D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003330D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психологиялық-медициналық-педагогикалық консультацияның ұсынымы бойынша ерекше білім берілуіне қажеттілігі бар баланы психологиялық-педагогикалық сүйемелдеуді жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4879DDD0" w14:textId="77777777" w:rsidR="003330D5" w:rsidRPr="003330D5" w:rsidRDefault="003330D5" w:rsidP="003330D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003330D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- балалардың ерекше білім алу қажеттіліктерін бағалау мақсатында мамандар мен педагогтердің командалық бағалауына, сондай-ақ жеке білім беру және дамыту бағдарламаларын құрастыруға қатысады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74B61D69" w14:textId="063F4617" w:rsidR="003330D5" w:rsidRPr="003330D5" w:rsidRDefault="003330D5" w:rsidP="003330D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003330D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- білім беру ұйымдарында ұйымдастырылған оқу және өзге де қызмет кезінде ерекше білім берілуіне қажеттілігі бар балаларға, олардың өзіндік қызметі денсаулық жағдайы мен мінез-құлық ерекшеліктеріне байланысты шектелген жағдайда, көмек көрсетеді, психологиялық-педагогикалық қолдау көрсетеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="099347E6" w14:textId="2BBC3CE2" w:rsidR="003330D5" w:rsidRPr="003330D5" w:rsidRDefault="003330D5" w:rsidP="003330D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003330D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқыту, тәрбиелеу және дамыту жұмыстары процесінде ерекше білім берілуіне қажеттілігі бар бала туралы деректерді бақылауды жүзеге асырады және жинақтайды, білім беру бағдарламасын меңгеру нәтижелерін, білім беру, әлеуметтік-бейімдеу (мінез-құлық) дағдыларын қалыптастыру серпінін хаттамалауды жүргізеді және баланы оқыту және әлеуметтендіру процесін мониторингтеу үшін тәрбиешілер мен мамандарға ақпарат береді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7239F4AE" w14:textId="7B315FD3" w:rsidR="003330D5" w:rsidRPr="003330D5" w:rsidRDefault="003330D5" w:rsidP="003330D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003330D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ерекше білім беру қажеттіліктері бар баланың өмір сүру қауіпсіздігі мен денсаулығының қажетті жағдайларын сақтайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="346CA4E8" w14:textId="29390F3C" w:rsidR="003330D5" w:rsidRPr="003330D5" w:rsidRDefault="003330D5" w:rsidP="003330D5">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003330D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-белгіленген нысан бойынша есептік құжаттаманы жүргізед</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003330D5">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="266CB0AE" w14:textId="0CE27703" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B71E4">
-[...198 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00821DF7" w14:paraId="57FBE388" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00E85754" w14:paraId="77B1CB11" w14:textId="77777777" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4B17D633" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="782E52D3" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C813B64" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="242C55AD" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34D05581" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00260194" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w14:paraId="53DF8C69" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00260194">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="376CF82D" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00872C2F" w:rsidRDefault="00260194" w:rsidP="00245AC0">
+          <w:p w14:paraId="421A8BAF" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00260194">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A40329" w:rsidRPr="00872C2F">
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00286A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>с</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DB2E41" w:rsidRPr="00872C2F">
+              <w:t>85653</w:t>
+            </w:r>
+            <w:r w:rsidR="00260194">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">пециальное образование( min): </w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>85653</w:t>
-[...29 lines deleted...]
-              <w:t>тенге;</w:t>
+              <w:t>теңге;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A79A6AB" w14:textId="137411ED" w:rsidR="00A40329" w:rsidRPr="00260194" w:rsidRDefault="00A40329" w:rsidP="00821DF7">
+          <w:p w14:paraId="0F6D95DD" w14:textId="51BA454C" w:rsidR="008E7665" w:rsidRDefault="008E7665" w:rsidP="00235479">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00872C2F">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- высшее образование (min): </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D1294A">
+              <w:t>- жоғары білім (min):</w:t>
+            </w:r>
+            <w:r w:rsidR="00286A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">139674 </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC26F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>139</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC26F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>674</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тенге.</w:t>
+              <w:t>теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A1AF83A" w14:textId="77777777" w:rsidR="00286A2F" w:rsidRPr="001F4BA9" w:rsidRDefault="00286A2F" w:rsidP="00BC15F2">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w14:paraId="1275E9A9" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="006F381E" w14:paraId="26C914D4" w14:textId="77777777" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7554CA72" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w:rsidRDefault="00BF0E89" w:rsidP="00245AC0">
+          <w:p w14:paraId="7AC85112" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E85754" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="00E85754">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50E762C9" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00245AC0">
+          <w:p w14:paraId="71DB1027" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57C59E19" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00245AC0">
+          <w:p w14:paraId="7C07A8AB" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E85754" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="534F0032" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="000B74EC">
+          <w:p w14:paraId="4CDE95BE" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="00F52F7C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00F52F7C" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18C75336" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00276140">
+          <w:p w14:paraId="122369FA" w14:textId="77777777" w:rsidR="007078F2" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31CFF850" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="001F4BA9">
+          <w:p w14:paraId="73A54806" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w14:paraId="4E20669B" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="19D724A5" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5091AEA4" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w:rsidRDefault="00BF0E89" w:rsidP="00266BEF">
+          <w:p w14:paraId="0B30CC3B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE5B6E5" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00266BEF">
+          <w:p w14:paraId="6A17A449" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA66FEB" w14:textId="7513392F" w:rsidR="00BF0E89" w:rsidRPr="003143FA" w:rsidRDefault="00F65CA3" w:rsidP="006B71E4">
+          <w:p w14:paraId="28066ED8" w14:textId="6C79A3DD" w:rsidR="00B1578A" w:rsidRPr="00235479" w:rsidRDefault="006F381E" w:rsidP="007D0ED4">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1591,9696 +1726,21682 @@
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="003143FA">
+            <w:r w:rsidR="00235479">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>г</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DC1AE5">
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="007D0ED4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w14:paraId="5554FB61" w14:textId="77777777" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="006F381E" w14:paraId="481D2F7C" w14:textId="77777777" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C0D3926" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w:rsidRDefault="00BF0E89" w:rsidP="008D234C">
+          <w:p w14:paraId="6DA58F0D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="325655C6" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00245AC0">
+          <w:p w14:paraId="036DE002" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35256725" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+          <w:p w14:paraId="293770FD" w14:textId="77E117D8" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>заявление</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76F2C497" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+          <w:p w14:paraId="4EF65F98" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A6CC000" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+          <w:p w14:paraId="5CBE2136" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="190EB69D" w14:textId="657A5343" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+          <w:p w14:paraId="050CEA0A" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>копии документов об образовании</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками</w:t>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64806D1D" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+          <w:p w14:paraId="5B7B37CE" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> трудовую деятельность</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> (при наличии);</w:t>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DE6E7B3" w14:textId="37809779" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+          <w:p w14:paraId="2118C031" w14:textId="64B4B71D" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">6) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="001A386F">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>075</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>по форме</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001A386F" w:rsidRPr="001A386F">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...16 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>РК</w:t>
-[...36 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="0E5382AA" w14:textId="47F21199" w:rsidR="00BF0E89" w:rsidRPr="001A386F" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+          <w:p w14:paraId="4D91CFEC" w14:textId="09652245" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidR="001A386F">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психикалық</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мінез</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құлықтық бұзылушылықтары</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар аурудың динамикалық бақылауда жоқтығы туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34C875EC" w14:textId="7EAAB9E5" w:rsidR="00BF0E89" w:rsidRPr="001A386F" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+          <w:p w14:paraId="6DE26C72" w14:textId="7DB910DA" w:rsidR="00932150" w:rsidRPr="008C6FBA" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>справк</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001A386F">
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">а об отсутствии </w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аурудың </w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>динамикалық бақылауда жоқтығы</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA" w:rsidRPr="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="008C6FBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0960A120" w14:textId="77777777" w:rsidR="00BF0E89" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
+          <w:p w14:paraId="226737D8" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="00274DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00274DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00274DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00274DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00274DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00274DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00274DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00274DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00274DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...9 lines deleted...]
-              <w:t>(при наличии);</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00274DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00274DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00274DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B9F8783" w14:textId="58F935B3" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="003153C2">
+          <w:p w14:paraId="6CD618A2" w14:textId="72B0143C" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidR="00E8343F">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r w:rsidR="009D7D51">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орыс тілі және әдебиет </w:t>
+            </w:r>
+            <w:r w:rsidR="00816949">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>русского языка и литературы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...351 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>;</w:t>
+              <w:t xml:space="preserve">педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="121E9F02" w14:textId="169357D9" w:rsidR="00BF0E89" w:rsidRPr="00B97888" w:rsidRDefault="00BF0E89" w:rsidP="007129B6">
+          <w:p w14:paraId="66E9E7F9" w14:textId="0CE96D79" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00816949" w:rsidP="00520C9B">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="003259A1">
+            <w:r w:rsidR="00A76561" w:rsidRPr="00A76561">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>) 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A76561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A76561">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...61 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> к настоящим Правилам</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Бағалау парағы;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BC6D137" w14:textId="1AEB6D6F" w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00C91DC4">
+          <w:p w14:paraId="36752BC7" w14:textId="560BAA48" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00816949">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B97888">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="003259A1">
+            <w:r w:rsidR="00A76561">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B97888">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
-            <w:r w:rsidR="00C91DC4" w:rsidRPr="00B97888">
-[...6 lines deleted...]
-              <w:t>рекомендательное письмо с места работы (по должности педагога), учебы</w:t>
+            <w:r w:rsidR="00816949" w:rsidRPr="003A21E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс орнынан (педагог лауазымы бойынша), оқу орнынан ұсыным хат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="383C8E42" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="001F4BA9" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="22B378BF" w14:textId="77777777" w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="062A4189" w14:textId="77777777" w:rsidR="00F24D9F" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
+    <w:p w14:paraId="5A2C02EA" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z178"/>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="1E20EA28" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="3B7C0592" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1326B873" w14:textId="77777777" w:rsidR="009B32EA" w:rsidRDefault="009B32EA" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="11781" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="6738"/>
+        <w:gridCol w:w="5043"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="00790B31" w14:paraId="24C975BA" w14:textId="77777777" w:rsidTr="00350F2D">
+      <w:tr w:rsidR="00816949" w:rsidRPr="006F381E" w14:paraId="1EC67969" w14:textId="77777777" w:rsidTr="00755BE9">
         <w:trPr>
-          <w:trHeight w:val="781"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="5043" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="6738" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FC3BBA6" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="1FEE9492" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымнан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w14:paraId="31DD9F32" w14:textId="77777777" w:rsidTr="00755BE9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6738" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2C78DA" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="5043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="078AFD19" w14:textId="77777777" w:rsidR="006B71E4" w:rsidRDefault="006B71E4" w:rsidP="00350F2D">
+          <w:p w14:paraId="28251684" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w14:paraId="124670F2" w14:textId="77777777" w:rsidTr="00755BE9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6738" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E310174" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="7A1C63B9" w14:textId="77777777" w:rsidR="006B71E4" w:rsidRDefault="006B71E4" w:rsidP="00350F2D">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5043" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59119322" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:autoSpaceDE w:val="0"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...508 lines deleted...]
-              <w:t>Форма</w:t>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жариялаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орган</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т. А. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ә,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> телефоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FB6390F" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="0043153B" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="3367B57A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="6CB7E224" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="2CA9E0B0" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...31 lines deleted...]
-        <w:t>_______________</w:t>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="656B7C48" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="0C1D91D6" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">\ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="678BC413" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="657086AC" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...6 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77EDF8A5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="28EB5CB6" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0038586E">
-[...5 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      бос/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жіберуіңізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F68D9C8" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="68507EFE" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7324BE0C" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                  (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> \ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7477D9FE" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="639BC227" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>істеймін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34F2EDB8" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="69742C4E" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Өзім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>хабарлаймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66967CD7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00790B31" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="28D499E2" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...152 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
-[...155 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D07D1">
-[...155 lines deleted...]
-      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...1748 lines deleted...]
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="13380" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4460"/>
+        <w:gridCol w:w="2748"/>
+        <w:gridCol w:w="6172"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w14:paraId="5B2F367B" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F203C01" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12AAE874" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41A467CF" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диплом </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w14:paraId="0F0CA1AF" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D49F50F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="594B1B43" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3161B8E0" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CFE338F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жүктеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="72A37AE8" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>расталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04AF094D" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A047B8E" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="761"/>
+        <w:gridCol w:w="1737"/>
+        <w:gridCol w:w="2212"/>
+        <w:gridCol w:w="2311"/>
+        <w:gridCol w:w="6359"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w14:paraId="3E8B2744" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2904D359" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="392CD23A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0789CD32" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C91ADA3" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіпкерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>субъектілерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мамандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6359" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBF2215" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w14:paraId="0394D125" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6E38E9" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E8A4159" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28F9D32B" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1326D850" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6359" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="544537AC" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E75ADAD" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жүктеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7F281F53" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4146BDC5" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Марапаттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51EB09E7" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="0094340E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>1-тармағына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>менің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректерімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өңдеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мақсаттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тәсілдермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фото, видео, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>автоматтандыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пайдалана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мұндай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>құралдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>пайдаланбай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>деректердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жүйелерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>өңдеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>беремін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E7CCDE" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келісемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AB3459" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (ТАӘ (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E03E9B0" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      "____"______________20___жыл __________ /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1728D6FD" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14CC576B" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E425D7D" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53097866" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D5CC1CA" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A8328F7" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74C7699D" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9147" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="727"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00816949" w:rsidRPr="006F381E" w14:paraId="21286C9B" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="727" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5112F33A" w14:textId="77777777" w:rsidR="009B32EA" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19EB851C" w14:textId="77777777" w:rsidR="009B32EA" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67DF15EC" w14:textId="77777777" w:rsidR="009B32EA" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14D19385" w14:textId="77777777" w:rsidR="009B32EA" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="212B9CBB" w14:textId="7458FC3D" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымнан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="002F3553">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="006F381E" w14:paraId="495A521E" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26DB3267" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="422966D2" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="290D1BD9" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог бос немесе уақытша бос лауазымына өтілі бар кандидатты бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F20A3A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00816949">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E7F4E54" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00816949">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34ECBEB7" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="1661"/>
+        <w:gridCol w:w="2533"/>
+        <w:gridCol w:w="12"/>
+        <w:gridCol w:w="4546"/>
+        <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="363F153D" w14:textId="77777777" w:rsidTr="00350F2D">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="426B17A8" w14:textId="77777777" w:rsidTr="00AD4371">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B770A1D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="795D2FEB" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50CBE9BA" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="0704487B" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39D273B1" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="4A5D3EC5" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59AD0F16" w14:textId="35F01767" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="763DEC39" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-ден 30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>0)</w:t>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F28AB43" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="409C2CAF" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00D81A59" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ценка</w:t>
+              <w:t>Баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="12C79FBD" w14:textId="77777777" w:rsidTr="00350F2D">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="5E570E5E" w14:textId="77777777" w:rsidTr="00AD4371">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D1E8E37" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="217758F5" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...7 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...274 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F47C4A5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="7A9C6912" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...51 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C4C7EEA" w14:textId="08C4901A" w:rsidR="00B97888" w:rsidRPr="007C2163" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="5D77CEF9" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...38 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="566F82C9" w14:textId="4B25ADCF" w:rsidR="007C2163" w:rsidRPr="007C2163" w:rsidRDefault="007C2163" w:rsidP="00A5710B">
+          <w:p w14:paraId="584C14FA" w14:textId="47150366" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C2163">
-[...192 lines deleted...]
-              <w:t>-Магистр по педагогическому направлению-          5 баллов</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0794138D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="79CD9196" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w14:paraId="2A4B90D8" w14:textId="77777777" w:rsidTr="00350F2D">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="71111767" w14:textId="77777777" w:rsidTr="00AD4371">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...665 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="651E2CA6" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="4CCF151F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1185 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="437834C7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001235A7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="3F6A3275" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001235A7">
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:tcW w:w="2545" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="758D8484" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="001235A7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="7E4F70F6" w14:textId="0CF7C0C7" w:rsidR="00816949" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>атағын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>дәрежесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>дәрежесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> аттестат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="681E976E" w14:textId="0C302EBC" w:rsidR="009B32EA" w:rsidRPr="002B1130" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5121AE11" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="2B1947DE" w14:textId="6506CB30" w:rsidR="00816949" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> – 15 балл                                                    </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> кандидаты, профиль </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> – 10 балл                                                  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>бағыты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> магистр – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78A44A7F" w14:textId="17AB49AB" w:rsidR="009B32EA" w:rsidRPr="002B1130" w:rsidRDefault="009B32EA" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51CAEDC9" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="404C1229" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37BBAD06" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35E99A85" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD9A3E6" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0171A89E" w14:textId="1EF04E29" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Педагог-модератор </w:t>
+            </w:r>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>екінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Басшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009B32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары-7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="005E64C2" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="294CFC93" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41619043" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56E834DA" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25407939" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35773402" w14:textId="36468ED5" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  балл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Директор, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Директор, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коп – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39130253" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="29867CC3" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="098265C1" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A864220" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бұрынғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA3BB7D" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="135C798A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DAF4F6A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="49315353" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="276D03DB" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C39B92F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8204A2" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байқаулар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FF89C69" w14:textId="48717919" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қалалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F952ECD" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="58A40562" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="187597FA" w14:textId="74513B1B" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00F16E36" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00816949" w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72540CF0" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D813918" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01780266" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ӘБ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7400AAC4" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="006F381E" w14:paraId="5DE6FE06" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="276F6070" w14:textId="47492BD6" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00F16E36" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00816949" w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76D36860" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="275813DA" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>даярлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "Microsoft"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Certificate in EMI Skills (English as a Medium of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78FE581A" w14:textId="53FB1680" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36" w:rsidRPr="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5086C957" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="1D90530B" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1276" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2056" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01AC09D8" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2533" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="400258E5" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4558" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3519103A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F5FECB5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="0020641A" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="30C324DD" w14:textId="7B5A0489" w:rsidR="00816949" w:rsidRDefault="00F16E36" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...30 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>В 8 пункте учитываются сертификаты организаций курсов повышения квалификации, согласованные с уполномоченным органом в области образования, реализуемым организациями повышения квалификации за последние</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">ЕСКЕРТПЕ: * 6-тармақта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:rPr>
-[...12 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+        <w:t>жеңімпаздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>три) года – 0,5 балл (за каждый отдельно).</w:t>
+        <w:t>санына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 3 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жылдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әрбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>деңгейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 0,5 балл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ескеріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жүлдегерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 2 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 3 балл; - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жобалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 1 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 2 балл, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тиісінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 3 балл; - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>олимпиадалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>конкурстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жүлдегерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 3 балл. ** 8-тармақта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 3 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жылдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>біліктілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұйымдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>органмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>келісілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бағдарламалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>біліктілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>курстары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 0,5 балл (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әрқайсысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DEC3B22" w14:textId="77777777" w:rsidR="00763811" w:rsidRDefault="00763811" w:rsidP="00763811">
+    <w:p w14:paraId="7A1F582D" w14:textId="77777777" w:rsidR="00F16E36" w:rsidRPr="002B1130" w:rsidRDefault="00F16E36" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6029"/>
-        <w:gridCol w:w="3892"/>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="000A7922" w14:paraId="1F427867" w14:textId="77777777" w:rsidTr="00350F2D">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="445368C8" w14:textId="77777777" w:rsidTr="00AD4371">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="354600D5" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="4969F02D" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...788 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EA4C684" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="002FC98A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z235"/>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4EE79C98" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="266F5693" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="185919B3" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D3BA8C4" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="4960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00816949" w:rsidRPr="006F381E" w14:paraId="245E18CF" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3420" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64C63EA4" w14:textId="3B674D11" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымдарға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымдардан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F16E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="006F381E" w14:paraId="051FE9E0" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48EA8102" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67641253" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B97888" w14:paraId="1BBDABDC" w14:textId="77777777" w:rsidTr="00350F2D">
+    </w:tbl>
+    <w:p w14:paraId="345BE32F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00816949">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтің бос немесе уақытша бос лауазымына өтілі жоқ кандидатты бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10565" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="517"/>
+        <w:gridCol w:w="2110"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="851"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="62DEF087" w14:textId="77777777" w:rsidTr="00AD4371">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24586159" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="44274D61" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F6793B">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D9B5737" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="32D04AC5" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B6DC88C" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="7BD13ACF" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DB38E88" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="24CA0FD6" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00D81A59" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="z727"/>
-[...38 lines deleted...]
-              <w:t>80-100% – 6 баллов</w:t>
+            <w:r w:rsidRPr="00D81A59">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D81A59">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D81A59">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D81A59">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-ден 30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D81A59">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D81A59">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EDC7D3E" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="76CE494C" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="00D81A59" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ба</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B97888" w14:paraId="09ACD57B" w14:textId="77777777" w:rsidTr="00350F2D">
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="3AF69A48" w14:textId="77777777" w:rsidTr="00AD4371">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5676E5F8" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="00F6793B" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="1DBE5811" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F6793B">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A614D23" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="2A4542AB" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71D8FCB9" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="3E1B6054" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A7922">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C642A36" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="58E4195C" w14:textId="44632AC3" w:rsidR="00816949" w:rsidRDefault="00661339" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="z734"/>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              <w:t>"3" - 2 балла</w:t>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> –1 балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> –2 балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> –3 балл                                                     </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>–4 балл</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="7"/>
-          <w:p w14:paraId="19B42DC4" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="3B4B57EC" w14:textId="2F812601" w:rsidR="00661339" w:rsidRPr="002B1130" w:rsidRDefault="00661339" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...1030 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15ABC1D1" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="5478D7AB" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>ИТОГО:</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="557EBF4F" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="218989DC" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79373462" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="347A7E43" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55DBBAB5" w14:textId="661E70B8" w:rsidR="00816949" w:rsidRDefault="00661339" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>атағын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>дәрежесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>дәрежесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> аттестат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A4A92CD" w14:textId="33B80288" w:rsidR="00661339" w:rsidRPr="002B1130" w:rsidRDefault="00661339" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55E17C0D" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="7053B2AD" w14:textId="62089861" w:rsidR="00816949" w:rsidRDefault="002F0038" w:rsidP="00AD4371">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...4 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>PhD</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">–15 балл                                       </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> кандидаты, профиль </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">– 10 балл                            </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>бағыты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>магистрі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> –5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EEA0BB" w14:textId="2B6C57FA" w:rsidR="00661339" w:rsidRPr="002B1130" w:rsidRDefault="00661339" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="957" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4660E0A7" w14:textId="77777777" w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w14:paraId="5299131A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="1498992B" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A7E24FE" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="545E28AC" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B4B26D3" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1D4C69" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50 % - 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-80 % - 4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-100% – 6 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7809373A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="69675F4E" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D38CC15" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46FA03B7" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="006D6544" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FD296C0" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"3" – 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"4" – 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"5" – 4 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CEE34AB" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="7386980C" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC035B6" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11D9630F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB9E50E" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0595232E" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="45734E10" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="112C093D" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D83F534" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A6294A6" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Волонтерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52ED6617" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78726CA0" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58BE2205" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="7CB96001" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="616B2075" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65C9044A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарияланымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар интернет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>желіде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>парақшаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>семинарлар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB67847" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сілтемелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52311D20" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41372CAA" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="05C2A797" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA4F5EE" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="497B9722" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жазғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лагерьлердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмысына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2561CDF1" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3426612E" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F6AF841" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="06259A6F" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17A3F465" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07E38470" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орындары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шығармашылык</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т.б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E5C6393" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7964E2A7" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әрбір</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысқаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аспайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E582238" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="454AE9AC" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA250DD" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D05257F" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, IELTS; TOEFL; DELF; Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>", "Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>та</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үйрету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TKT"Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge Test</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)" Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="597C52AD" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="117C9303" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әрқайсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бөлек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73209D99" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w14:paraId="697F6E38" w14:textId="77777777" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2627" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65F34552" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40B752D3" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53F1420A" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00E59222" w14:textId="77777777" w:rsidR="00B97888" w:rsidRPr="009C146B" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w14:paraId="58B44C75" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1130">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17E616D9" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0223CC51" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="71073D59" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3261E81D" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="3DC97A37" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="711277B6" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="7562659F" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C876422" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="5AE17634" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21195ADF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="16808308" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64BFF3DA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="5B2F9116" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32FAE00B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="4ADDE843" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D71C469" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="3E242210" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7088D5BF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="0B3BA3D8" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C7CE5EA" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="0A095BC1" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E8D20A4" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="2411BD21" w14:textId="77777777" w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="372A1D3A" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="57914F70" w14:textId="77777777" w:rsidR="00816949" w:rsidRPr="001F4BA9" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65B01867" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="7CA15B38" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FA51B8F" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
+    <w:p w14:paraId="553563E3" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0038586E" w:rsidSect="00DB5787">
+    <w:p w14:paraId="7C45CEB5" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D17EE64" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A2136E3" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27438406" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="642CA0AF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F1D56DB" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4399DE02" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00E6D363" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32483C95" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1848DBC7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E241063" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="089572CF" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="686219E8" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1688C7A7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18601A80" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39E56942" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3103CAC4" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7986871C" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38FA2912" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70066097" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FB484E1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B5A87AE" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B13CCD1" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31A54704" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CA23D2B" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="671176DB" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2409A067" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="205B5807" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B4CB864" w14:textId="77777777" w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="794AC8D7" w14:textId="77777777" w:rsidR="0038586E" w:rsidRPr="001F4BA9" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0038586E" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -11952,825 +24073,915 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="6E3E7F85"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0DE2EA3C"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="95"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00034D7D"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A2B82"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00154B3B"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
-    <w:rsid w:val="001828DC"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
-    <w:rsid w:val="001A386F"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D387C"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
-    <w:rsid w:val="002107BC"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217179"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="00235479"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00260194"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00274DFC"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00286A2F"/>
+    <w:rsid w:val="002918EB"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B3FF7"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D0A49"/>
     <w:rsid w:val="002D5996"/>
-    <w:rsid w:val="002D7B29"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E729A"/>
     <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F0038"/>
+    <w:rsid w:val="002F3553"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="003143FA"/>
     <w:rsid w:val="003153C2"/>
-    <w:rsid w:val="0031728D"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="003259A1"/>
     <w:rsid w:val="0033199C"/>
+    <w:rsid w:val="003330D5"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="0038586E"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003978E5"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
-    <w:rsid w:val="003B65BE"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003E662D"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="004640DF"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
-    <w:rsid w:val="004767B0"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B754D"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004E6483"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="00502CDA"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
-    <w:rsid w:val="005166D3"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="005272CC"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
-    <w:rsid w:val="005354D3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
-    <w:rsid w:val="0055526E"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D3B95"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661339"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="00683EB0"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
-    <w:rsid w:val="006B71E4"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F381E"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00755BE9"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="00763811"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
-    <w:rsid w:val="00780A27"/>
-    <w:rsid w:val="00781391"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C2163"/>
+    <w:rsid w:val="007D0ED4"/>
+    <w:rsid w:val="007D3CD4"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00816949"/>
     <w:rsid w:val="00821210"/>
-    <w:rsid w:val="00821DF7"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00872C2F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008A64B8"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C6FBA"/>
     <w:rsid w:val="008D234C"/>
-    <w:rsid w:val="008D2B18"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
-    <w:rsid w:val="00907F7B"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00951FA8"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B32EA"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009B7E74"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009D7D51"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
-    <w:rsid w:val="009F55EE"/>
     <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A02C16"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A25A42"/>
+    <w:rsid w:val="00A27C55"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
-    <w:rsid w:val="00A5710B"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
-    <w:rsid w:val="00A74D26"/>
     <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A76561"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A8114F"/>
     <w:rsid w:val="00A86EE1"/>
-    <w:rsid w:val="00A872D3"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA3A87"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC26F0"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF1F42"/>
     <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B00E9A"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
-    <w:rsid w:val="00B57AE1"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B83E4F"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
-    <w:rsid w:val="00B97888"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BB0061"/>
     <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BC15F2"/>
     <w:rsid w:val="00BC18D5"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
-    <w:rsid w:val="00BD2C62"/>
     <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4029"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD6754"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
-    <w:rsid w:val="00BF0E89"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75125"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
-    <w:rsid w:val="00C91DC4"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CA3BFF"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CD39EE"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
-    <w:rsid w:val="00D1294A"/>
     <w:rsid w:val="00D14EC4"/>
-    <w:rsid w:val="00D15D60"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
-    <w:rsid w:val="00D522D7"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
-    <w:rsid w:val="00D83C75"/>
+    <w:rsid w:val="00D86848"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
-    <w:rsid w:val="00D93CEA"/>
-    <w:rsid w:val="00D9619F"/>
+    <w:rsid w:val="00D9255C"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
-    <w:rsid w:val="00DC1AE5"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
-    <w:rsid w:val="00DD217A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
-    <w:rsid w:val="00DF55DB"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E3627D"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E41FA4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E8343F"/>
+    <w:rsid w:val="00E85754"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
-    <w:rsid w:val="00EA2899"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EC2D0B"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF02EF"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
-    <w:rsid w:val="00EF6369"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
-    <w:rsid w:val="00F17DA2"/>
+    <w:rsid w:val="00F16E36"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
-    <w:rsid w:val="00F3214D"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F523E7"/>
     <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
-    <w:rsid w:val="00F655AB"/>
     <w:rsid w:val="00F655DE"/>
-    <w:rsid w:val="00F65CA3"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA3FB3"/>
     <w:rsid w:val="00FA78E4"/>
-    <w:rsid w:val="00FB1C66"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD1AF7"/>
-    <w:rsid w:val="00FD61C1"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FE46BF"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="79532E2B"/>
-  <w15:docId w15:val="{E8F52649-640B-409B-AEDA-48D385F41252}"/>
+  <w14:docId w14:val="3E7E0642"/>
+  <w15:docId w15:val="{3AAB1CC2-70AF-45BF-8310-37BAA884E647}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13123,51 +25334,70 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F655AB"/>
+    <w:rsid w:val="00034D7D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="003330D5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -13283,104 +25513,173 @@
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00E41FA4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003330D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003330D5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="638614144">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1420372113">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1759253481">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13631,78 +25930,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C072FA35-EB63-4A66-A364-5C2A2BAEA01F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7FD4758-C1C0-4F4E-B91E-C27D426B35AB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14569</Characters>
+  <Pages>11</Pages>
+  <Words>2193</Words>
+  <Characters>12501</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>121</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17090</CharactersWithSpaces>
+  <CharactersWithSpaces>14665</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>