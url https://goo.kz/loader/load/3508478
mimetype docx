--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,11375 +1,8935 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Кенжекольская средняя общеобразовательная школа  города Павлодара» объявляет конкурс на должность хореографа в классах со смешанным  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>русским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Кенжекольская средняя общеобразовательная школа  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Республика Казахстан, Павлодарская область,                                город Павлодар, село Кенжеколь, улица Ата Заң</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>,  строение 1/7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 35-34-61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Хореограф- 1 ставка  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- специальное образование( min): 85653  тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min):146885 тенге.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRPr="007756E6" w:rsidRDefault="00B14A65" w:rsidP="008808CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B14A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03.03-13.03.2026 </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00363928">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidR="007756E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 3 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>по форме 075/у</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) справка об отсутствии </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справка об отсутствии </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">динамического наблюдения наркологических </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">категории </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>10) для кандидатов на занятие должности хореографа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 12,13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) рекомендательное письмо с места работы (по должности педагога), учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z178"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 3 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2124"/>
+        <w:gridCol w:w="2963"/>
+        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="2755"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="951"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наличие квалификационной категории (дата </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="1101"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="2374"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A6E31" w:rsidRPr="00F03DD1">
-[...81 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...5 lines deleted...]
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының Кенжекөл жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогический </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж государственной  службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По специальности (для специалистов субъектов предпринимательства))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>В данной организации образования в том числе должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31" w:rsidRPr="00F03DD1">
-[...75 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...75 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...6 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...67 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2374" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...1720 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан  “ О персональных данных и их защите» даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации или без таких средств).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Я согласен (-а)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии))   (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13380" w:type="dxa"/>
-[...4 lines deleted...]
-        </w:tblCellMar>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8337"/>
-        <w:gridCol w:w="5043"/>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A6E31" w:rsidRPr="002D0E0E">
+      <w:tr w:rsidR="00B730A8">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="3420" w:type="dxa"/>
+          <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-[...16 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="5920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...176 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...161 lines deleted...]
-              <w:t>байланыс телефоны</w:t>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                          Приложение 12 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-          <w:szCs w:val="32"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...4 lines deleted...]
-        <w:t>Өтініш</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата  со стажем на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...5 lines deleted...]
-        <w:t>      Мені _______________________________________________________________</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...177 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-        </w:tblBorders>
-[...1254 lines deleted...]
-          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="395"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="4253"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A6E31">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="366"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-              <w:t>Баға</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="1036"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...32 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...63 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое и профессиональное -  1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее  - 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее  с отличием -  3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...39 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому/аттестат о присвоении ученного звания /ученной степени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...37 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-Доктор наук-15 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-Кандидат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>доктор по профилю-10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-Магистр по педагогическому направлению-          5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="1447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...32 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...108 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z613"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-  2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-модератор -  3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-эксперт -  5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-исследователь -  7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-мастер -  10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"заместитель руководителя третьей квалификационной категории" -  5 баллов, "заместитель руководителя второй квалификационной категории" -  6 баллов, "заместитель руководителя первой квалификационной категории" -  7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...26 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...44 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...98 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="z623"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности до двух лет -  2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности более двух лет-  3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора стаж в должности до двух лет -  3 балла; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель директора стаж в должности более двух лет -4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности до двух лет -  4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности более двух лет -  5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...32 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Рекомендательное письмо (по должности педагога c предыдущего места работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма -  3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Показатели профессиональных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>достижений (за последние 5лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...54 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- дипломы, грамоты победителей олимпиад </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...96 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">1) призеры городских/районных олимпиад и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">конкурсов -0,5 балла, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>областных -1 балл, республиканских -2 балла, международных - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) научных проектов: городской/районный -0,5 балла, областной - 1 балл, республиканский -2 балла, международный – 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) участник конкурса "Лучший педагог" - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) призер конкурса "Лучший педагог" - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...32 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...75 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник - 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководитель методического объединения - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31" w:rsidRPr="00F03DD1">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...1 lines deleted...]
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>подготовки</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve">; - </w:t>
+            </w:r>
+            <w:r>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>;</w:t>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:br/>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve">, - </w:t>
+            </w:r>
+            <w:r>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> QAZAQ RESMI- TEST; IELTS; TOEFL; DELF; - GoetheZertifikat, </w:t>
+            </w:r>
+            <w:r>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...14 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:br/>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r>
+              <w:t>Основы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:br/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:br/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve"> Python», «</w:t>
+            </w:r>
+            <w:r>
+              <w:t>Обучение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:br/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Microsoft» </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: TEFL Cambridge «CELTA (Certificate in Teaching English to Speakers of Other Languages) CELT-P (Certificate in English Language Teaching – Primary) DELTA (Diploma in Teaching English to Speakers of Other Languages) CELT-S (Certificate in English Language Teaching – Secondary) «TKT Teaching Knowledge Test» Certificate in EMI Skills (English as a Medium of Instruction) Teacher of English to Speakers of Other Languages (TESOL) «TESOL» Certificate in teaching </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>сертификаттары</w:t>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve">English for young learners International House Certificate in Teaching English as a Foreign Language (IHC) IHCYLT - International House Certificate In Teaching Young Learners and Teenagers Becoming a Better Teacher: Exploring Professional Development Assessment for Learning: Formative Assessment in Science and Maths Teaching Online Teaching for Educators: Development and Delivery Educational Management Key Ideas in Mentoring Mathematics Teachers </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>;</w:t>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:br/>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve"> Coursera, Futute learn Teaching Mathematics with Technology Special Educational Needs «Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...376 lines deleted...]
-                <w:lang w:val="en-US"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Teaching Young Learners and Teenagers</w:t>
-[...181 lines deleted...]
-            </w:tcBorders>
+              <w:t>курсы повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации - 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...403 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
+      <w:tr w:rsidR="00B730A8">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="1276" w:type="dxa"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2056" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:spacing w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Барлығы:</w:t>
-[...28 lines deleted...]
-            <w:tcW w:w="4558" w:type="dxa"/>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...75 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
-[...19 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:tcMar>
-[...18 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z699"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ПРИМЕЧАНИЕ: * В 6 пункте учитывается призеры за последние 3 (три) года по каждому уровню - (городской/районный) олимпиад и конкурсов – 0,5 баллов независимо от количества победителей, призеры областных олимпиад и конкурсов – 1 балла, республиканских – 2 балла, международных – 3 балла; - научных проектов: городской/районный – 1 балл, областной – 1 балл, республиканский – 2 балла, международный – 3 балла соответственно; - призеры республиканских олимпиад и конкурсов – 3 балла ** </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:t>В 8 пункте учитываются сертификаты организаций курсов повышения квалификации, согласованные с уполномоченным органом в области образования, реализуемым организациями повышения квалификации за последние</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   3  </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:t>(три) года – 0,5 балл (за каждый отдельно).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13380" w:type="dxa"/>
-[...3 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8420"/>
-        <w:gridCol w:w="4960"/>
+        <w:gridCol w:w="6051"/>
+        <w:gridCol w:w="3900"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A6E31" w:rsidRPr="00F03DD1">
+      <w:tr w:rsidR="00B730A8">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="3420" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 13</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Мемлекеттік білім беру</w:t>
-[...7 lines deleted...]
-              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>ұйымдарының бірінші</w:t>
-[...7 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>басшылары мен педагогтерін</w:t>
-[...7 lines deleted...]
-              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>лауазымдарға тағайындау,</w:t>
-[...29 lines deleted...]
-              <w:t>13-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31" w:rsidRPr="00F03DD1">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00B730A8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...12 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...5 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
       <w:pPr>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...2 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценочный лист кандидата без стажа на вакантную или временно вакантную должность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Педагогтің бос немесе уақытша бос лауазымына өтілі жоқ кандидатты бағалау парағы</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10565" w:type="dxa"/>
-[...10 lines deleted...]
-        </w:tblCellMar>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="517"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="533"/>
+        <w:gridCol w:w="2271"/>
+        <w:gridCol w:w="2382"/>
+        <w:gridCol w:w="3997"/>
+        <w:gridCol w:w="954"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A6E31">
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z712"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное с отличием -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Высшее с отличие 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Копии диплома об образовании и приложения к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...27 lines deleted...]
-                <w:spacing w:val="2"/>
+              <w:t>/аттестат о присвоении ученого звания/ученой степени/степени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...2 lines deleted...]
-                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Өлшемшарттар</w:t>
-[...150 lines deleted...]
-            </w:r>
+              <w:t>Доктор наук – 15 баллов                                     Кандидат наук, доктор PhD, доктор по профилю - 10 баллов                                      Магистр по педагогическому направлению- 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...185 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z727"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>50 % - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>60-80 % - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>80-100% – 6 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...191 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z734"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"3" - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"4" - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"5" – 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...201 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с места учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...201 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в волонтерской работе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...179 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ведение странички интернета, социальных сетей с публикацией о педагогической деятельности (публикации авторских научных проектов, уроки, семинары )</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ссылки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z751"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>до 1 года -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 3 лет -3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...179 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в работе летних лагерей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...84 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в конкурсах по месту учебы (научных проектов, творческих и др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>За каждое участие 1 балл, но не более 4 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие сертификатов КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IELTS; TOEFL; DELF; GoetheZertifikat, обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международныекурсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>интернет бетін, әлеуметтік желіде парақшаларын жүргізу (авторлық ғылыми жобалар, сабақтар, семинарлар)</w:t>
-[...580 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">, IELTS; TOEFL; DELF; Goethe Zertifikat </w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>"CELTA(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">, "Python </w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>", "Microsoft</w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">" </w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:br/>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>"Teaching Knowledge Test</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:br/>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:br/>
-[...122 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...56 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>плюс 1 балл (за каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A6E31">
-[...86 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="00B730A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00363928">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИТОГО:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="00C52A2B">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
+    <w:p w:rsidR="00B730A8" w:rsidRDefault="00B730A8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A6E31" w:rsidRDefault="005A6E31">
-[...449 lines deleted...]
-    <w:sectPr w:rsidR="005A6E31">
+    <w:sectPr w:rsidR="00B730A8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00793CC9" w:rsidRDefault="00793CC9">
+    <w:p w:rsidR="00C11AB2" w:rsidRDefault="00C11AB2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00793CC9" w:rsidRDefault="00793CC9">
+    <w:p w:rsidR="00C11AB2" w:rsidRDefault="00C11AB2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
@@ -11382,961 +8942,858 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00793CC9" w:rsidRDefault="00793CC9">
+    <w:p w:rsidR="00C11AB2" w:rsidRDefault="00C11AB2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00793CC9" w:rsidRDefault="00793CC9">
+    <w:p w:rsidR="00C11AB2" w:rsidRDefault="00C11AB2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...92 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="00004ACA"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="00034D7D"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="00083153"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
-    <w:rsid w:val="000920C9"/>
-    <w:rsid w:val="00095582"/>
     <w:rsid w:val="00097C91"/>
-    <w:rsid w:val="000A1A41"/>
     <w:rsid w:val="000A2010"/>
-    <w:rsid w:val="000A2B82"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
-    <w:rsid w:val="000C4DC4"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
-    <w:rsid w:val="000D76A5"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="0015339D"/>
+    <w:rsid w:val="00154B3B"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="001828DC"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001A386F"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
-    <w:rsid w:val="001D387C"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="002107BC"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
-    <w:rsid w:val="00217179"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
-    <w:rsid w:val="00235479"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00260194"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
-    <w:rsid w:val="00286A2F"/>
-    <w:rsid w:val="002918EB"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
-    <w:rsid w:val="002B3FF7"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
-    <w:rsid w:val="002D0A49"/>
-[...2 lines deleted...]
-    <w:rsid w:val="002D45D4"/>
     <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7B29"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
-    <w:rsid w:val="002E729A"/>
     <w:rsid w:val="002E7C30"/>
-    <w:rsid w:val="002F0038"/>
-    <w:rsid w:val="002F3553"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003143FA"/>
     <w:rsid w:val="003153C2"/>
+    <w:rsid w:val="0031728D"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="003259A1"/>
+    <w:rsid w:val="00330267"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00363928"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="0038586E"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C1D4B"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
-    <w:rsid w:val="003E662D"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
-    <w:rsid w:val="004640DF"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
+    <w:rsid w:val="004767B0"/>
+    <w:rsid w:val="00476DC1"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
-    <w:rsid w:val="004B754D"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004E6483"/>
     <w:rsid w:val="004F115C"/>
-    <w:rsid w:val="004F32F4"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="005005F3"/>
-    <w:rsid w:val="00502CDA"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="005166D3"/>
+    <w:rsid w:val="00516C27"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
-    <w:rsid w:val="005272CC"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005354D3"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="005503F1"/>
     <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="0055526E"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
-    <w:rsid w:val="005A327C"/>
     <w:rsid w:val="005A46ED"/>
-    <w:rsid w:val="005A6E31"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C74E2"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
-    <w:rsid w:val="005D3B95"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
-    <w:rsid w:val="0064337C"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
-    <w:rsid w:val="00661339"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
-    <w:rsid w:val="006A5B0D"/>
     <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1033"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="00724736"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00733F8A"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00763811"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="007756E6"/>
     <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="00780A27"/>
+    <w:rsid w:val="00781391"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="00793CC9"/>
+    <w:rsid w:val="00790C65"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007A5D1E"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C2163"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
-    <w:rsid w:val="00816949"/>
     <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00821DF7"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00872B8E"/>
+    <w:rsid w:val="00872C2F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
+    <w:rsid w:val="008808CB"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
-    <w:rsid w:val="008A64B8"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C6FBA"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00907F7B"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="0093719E"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
-    <w:rsid w:val="009719E7"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
-    <w:rsid w:val="009B32EA"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
-    <w:rsid w:val="009B7E74"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
-    <w:rsid w:val="009D7D51"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="009F55EE"/>
     <w:rsid w:val="00A00C92"/>
-    <w:rsid w:val="00A02C16"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A25A42"/>
-    <w:rsid w:val="00A27C55"/>
+    <w:rsid w:val="00A301B6"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5710B"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A74D26"/>
     <w:rsid w:val="00A76515"/>
-    <w:rsid w:val="00A76561"/>
     <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A8114F"/>
     <w:rsid w:val="00A86EE1"/>
+    <w:rsid w:val="00A872D3"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00AF1F42"/>
     <w:rsid w:val="00B00AEE"/>
-    <w:rsid w:val="00B00E9A"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B14A65"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
+    <w:rsid w:val="00B51DF7"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B57AE1"/>
     <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B730A8"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
-    <w:rsid w:val="00B83E4F"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00B97888"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
-    <w:rsid w:val="00BB0061"/>
+    <w:rsid w:val="00BB2900"/>
     <w:rsid w:val="00BC0FA0"/>
-    <w:rsid w:val="00BC15F2"/>
     <w:rsid w:val="00BC18D5"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
-    <w:rsid w:val="00BD353D"/>
+    <w:rsid w:val="00BD2C62"/>
     <w:rsid w:val="00BD3A11"/>
-    <w:rsid w:val="00BD4029"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD6754"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF0E89"/>
     <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF36F0"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C11AB2"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
-    <w:rsid w:val="00C40207"/>
+    <w:rsid w:val="00C372BB"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
-    <w:rsid w:val="00C52A2B"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C75125"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C91DC4"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
-    <w:rsid w:val="00CA3BFF"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CD39EE"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15D60"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D522D7"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
-    <w:rsid w:val="00D9255C"/>
+    <w:rsid w:val="00D93CEA"/>
+    <w:rsid w:val="00D9619F"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD217A"/>
     <w:rsid w:val="00DD7F5E"/>
-    <w:rsid w:val="00DE1EDE"/>
     <w:rsid w:val="00DE4B0E"/>
-    <w:rsid w:val="00DE5FEB"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF55DB"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02244"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E41FA4"/>
     <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E469D7"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E85754"/>
+    <w:rsid w:val="00E8343F"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB154C"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EB795A"/>
+    <w:rsid w:val="00EC2D0B"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF02EF"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00EF6369"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F03DD1"/>
     <w:rsid w:val="00F16017"/>
-    <w:rsid w:val="00F16E36"/>
+    <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F24096"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F523E7"/>
     <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655AB"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
-    <w:rsid w:val="00FA3FB3"/>
     <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FB1C66"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FD61C1"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
-    <w:rsid w:val="5B4313E2"/>
+    <w:rsid w:val="1CD97D3C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{7BEC491C-1434-43FC-ACDE-FAB29A3D8EB5}"/>
+  <w15:docId w15:val="{515B9C72-DD9E-4D97-94C7-171D8315A0F9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12464,51 +9921,51 @@
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2"/>
     <w:lsdException w:name="Medium Grid 3"/>
     <w:lsdException w:name="Dark List"/>
     <w:lsdException w:name="Colorful Shading"/>
     <w:lsdException w:name="Colorful List"/>
     <w:lsdException w:name="Colorful Grid"/>
     <w:lsdException w:name="Light Shading Accent 1"/>
     <w:lsdException w:name="Light List Accent 1"/>
     <w:lsdException w:name="Light Grid Accent 1"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1"/>
     <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1"/>
@@ -12796,100 +10253,98 @@
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Основ_Текст"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:qFormat/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Сильное выделение1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13140,74 +10595,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{743DA040-E5F2-42B2-AEA9-C164AA53B354}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91868795-DC3D-45B0-9845-B7164BC276D8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2055</Words>
-  <Characters>11719</Characters>
+  <Words>2408</Words>
+  <Characters>13728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>114</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13747</CharactersWithSpaces>
+  <CharactersWithSpaces>16104</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.21931</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>B38BEDE7570B49B081FB4AA0CA5536F9_13</vt:lpwstr>
+    <vt:lpwstr>2C44CA14652C4A11A32F9507F0B48BB2_12</vt:lpwstr>
   </property>
 </Properties>
 </file>