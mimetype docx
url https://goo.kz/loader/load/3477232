--- v0 (2025-12-18)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="65a3a0b" w14:textId="65a3a0b">
+    <w:p w14:paraId="6b21b01" w14:textId="6b21b01">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,382 +76,352 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік Елтаңбасын және олардың бейнелерін, сондай-ақ Қазақстан Республикасы Мемлекеттік Гимнінің мәтінін пайдалану (орнату, орналастыру) қағидаларын бекіту туралы</w:t>
-[...34 lines deleted...]
-      Ескерту. Қаулының тақырыбы жаңа редакцияда - ҚР Үкіметінің 31.12.2015 </w:t>
+        <w:t>Об утверждении Правил использования (установления, размещения) Государственного Флага, Государственного Герба Республики Казахстан и их изображений, а также текста Государственного Гимна Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление Правительства Республики Казахстан от 2 октября 2007 года N 873.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок постановления в редакции постановления Правительства РК от 31.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының Үкіметі </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       В соответствии с подпунктом 3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">статьи 10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конституционного Закона Республики Казахстан от 4 июня 2007 года "О государственных символах Республики Казахстан" Правительство Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">ПОСТАНОВЛЯЕТ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использования (установления, размещения) Государственного Флага, Государственного Герба Республики Казахстан и их изображений, а также текста Государственного Гимна Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Үкіметінің 2012.11.30 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Қаулысымен.</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции постановления Правительства РК от 31.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
-[...100 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       2. Настоящее постановление вводится в действие по истечении десяти календарных дней со дня первого официального опубликования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10093"/>
         <w:gridCol w:w="2207"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10093" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының</w:t>
+Премьер-Министр</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Премьер-Министрі</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2207" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -545,4725 +515,4146 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Үкіметінің</w:t>
+              <w:t>постановлением Правительства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2007 жылғы 2 қазандағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>N 873 қаулысымен</w:t>
-[...12 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t xml:space="preserve">от 2 октября 2007 года N 873 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының Мемлекеттік Туын, Мемлекеттік Елтаңбасын және олардың бейнелерін, сондай-ақ Қазақстан Республикасы Мемлекеттік Гимнінің мәтінін пайдалану (орнату, орналастыру) қағидалары</w:t>
-[...18 lines deleted...]
-      Ескерту. Қағиданың тақырыбы жаңа редакцияда - ҚР Үкіметінің 31.12.2015 </w:t>
+        <w:t xml:space="preserve"> Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>использования (установления, размещения) Государственного</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Флага, Государственного Герба Республики Казахстан и их</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>изображений, а также текста Государственного Гимна</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции постановления Правительства РК от 31.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="3"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...18 lines deleted...]
-      Ескерту. 1-тараудың тақырыбы жаңа редакцияда – ҚР Үкіметінің 28.06.2019 </w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 1 в редакции постановления Правительства РК от 28.06.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 454</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...41 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституционным законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 4 июня 2007 года "О государственных символах Республики Казахстан" (далее - Конституционный закон) и определяют порядок использования (установления, размещения) Государственного Флага, Государственного Герба Республики Казахстан и их изображений, а также текста Государственного Гимна Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Үкіметінің 31.12.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции постановления Правительства РК от 31.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Қазақстан Республикасының Мемлекеттік Туын пайдалану (орнату, орналастыру) тәртібі</w:t>
-[...17 lines deleted...]
-      Ескерту. 2-тараудың тақырыбы жаңа редакцияда – ҚР Үкіметінің 28.06.2019 </w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок использования (установления, размещения) Государственного Флага Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 2 в редакции постановления Правительства РК от 28.06.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 454</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...58 lines deleted...]
-      2) Қазақстан Республикасы Президентiнiң, Қазақстан Республикасы Парламентi палаталары төрағаларының, Премьер-Министрдiң, Мемлекеттiк хатшының, Конституциялық Кеңес Төрағасының, Қазақстан Республикасының Жоғарғы Соты Төрағасының және жергiлiктi соттары төрағаларының, Орталық сайлау комиссиясы Төрағасының, Қазақстан Республикасы Адам құқықтары жөнiндегi уәкiлiнiң, министрлiктер мен Қазақстан Республикасының Президентiне тiкелей бағынатын және есеп беретiн мемлекеттiк органдардың, олардың ведомстволары мен аумақтық бөлiмшелері басшыларының, жергiлiктi өкiлдi және атқарушы органдар басшыларының, Қазақстан Республикасының шетелдегi мекемелерi басшыларының кабинеттерiнде – ұдайы;</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       2. Государственный Флаг Республики Казахстан в обязательном порядке поднимается (устанавливается, размещается): </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z47" w:id="8"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының Парламенті Сенаты мен Мәжілісінің бірлескен және бөлек отырыстары, Қазақстан Республикасы Парламенті палаталарының, Үкіметтің үйлестіру және жұмыс органдарының отырыстары өтетін залдарда, Қазақстан Республикасы Конституциялық Кеңесінің отырыс залдарында, Қазақстан Республикасы Жоғарғы Сотының және жергілікті соттарының сот мәжілісі залдарында, орталық және жергілікті өкілді және атқарушы органдардың, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдардың алқа отырысы залдарында, Қазақстан Республикасының мемлекеттік және үкіметтік наградалары тапсырылатын залдарда, Қазақстан Республикасының шетелдегі мекемелерінің қабылдау залдарында, сондай-ақ бала тууды және некені тіркейтін үй-жайларда - ұдайы; </w:t>
+    <w:bookmarkStart w:name="z86" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на зданиях Резиденции Президента Республики Казахстан, Парламента, Сената и Мажилиса, Правительства, министерств и государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета, Верховного Суда и местных судов Республики Казахстан, местных представительных и исполнительных органов, органов местного самоуправления, государственных организаций, а также на зданиях посольств, постоянных представительств при международных организациях, торговых представительств, других официальных загранучреждений, резиденциях глав загранучреждений Республики Казахстан и на их транспортных средствах в соответствии с протокольной практикой государств пребывания – постоянно;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z48" w:id="9"/>
-[...15 lines deleted...]
-      4) мемлекеттік органдардың ғимараттарында алғаш ашылған кезде, салтанатты жағдайда; </w:t>
+    <w:bookmarkStart w:name="z87" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) в кабинетах Президента Республики Казахстан, председателей палат Парламента Республики Казахстан, Премьер-Министра, Государственного секретаря, Председателя Конституционного Совета, Председателя Верховного Суда и председателей местных судов Республики Казахстан, Председателя Центральной избирательной комиссии, Уполномоченного по правам человека Республики Казахстан, руководителей министерств и государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, руководителей местных представительных и исполнительных органов, руководителей загранучреждений Республики Казахстан – постоянно; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z49" w:id="10"/>
-[...15 lines deleted...]
-      5) егер халықаралық құқық нормалары мен Қазақстан Республикасының халықаралық шарттарында көзделген болса, Қазақстан Республикасы Президентінің, Қазақстан Республикасының Парламенті палаталары төрағаларының, Қазақстан Республикасы Премьер-Министрінің және олардың өкілетті өкілдерінің қатысуымен халықаралық форумдар өтетін ғимараттарда немесе үй-жайларда; </w:t>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) в залах, где проводятся совместные и раздельные заседания Сената и Мажилиса Парламента Республики Казахстан, заседания координационных и рабочих органов палат Парламента Республики Казахстан, Правительства, в залах заседаний Конституционного Совета Республики Казахстан, в залах судебных заседаний Верховного Суда и местных судов Республики Казахстан, в залах заседаний коллегий центральных, местных представительных и исполнительных органов, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, в залах вручения государственных и правительственных наград Республики Казахстан, в залах приемов загранучреждений Республики Казахстан, а также в помещениях регистрации рождений и браков - постоянно; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z1" w:id="11"/>
-[...15 lines deleted...]
-      5-1) мемлекеттік заңды тұлғалардың, ұлттық басқарушы холдингтердің, ұлттық холдингтердің, ұлттық компаниялардың, сондай-ақ Қазақстан Республикасы оларға қатысты жалғыз акционер (қатысушы) болып табылатын өзге де акционерлік қоғамдардың және жауапкершілігі шектеулі серіктестіктердің мемлекеттік нышандарға арналған экспозиция үшін бөлінген үй-жайларда (үй-жайларының бір бөлігінде).</w:t>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) на зданиях государственных органов при открытии в торжественной обстановке; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z50" w:id="12"/>
-[...15 lines deleted...]
-      6) ресми адамдар ретінде Қазақстан Республикасының Президенті, Қазақстан Республикасының Парламенті палаталарының төрағалары, Қазақстан Республикасының Премьер-Министрі мінген теңіз кемелерінде, ішкі жүзу кемелерінде және басқа да қозғалыс құралдарында; </w:t>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) на зданиях или в помещениях, где проходят международные форумы с участием Президента Республики Казахстан, председателей палат Парламента Республики Казахстан, Премьер-Министра Республики Казахстан и их полномочных представителей, если это предусмотрено нормами международного права и международными договорами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z51" w:id="13"/>
-[...15 lines deleted...]
-      7) Қазақстан Республикасында тіркелген кемелердің бұлқынындағы ту ретінде, белгіленген тәртіппен; </w:t>
+    <w:bookmarkStart w:name="z81" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) в помещениях (части помещений), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, национальных управляющих холдингов, национальных холдингов, национальных компаний, а также иных акционерных обществ и товариществ с ограниченной ответственностью, в отношении которых Республика Казахстан выступает единственным акционером (участником);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z52" w:id="14"/>
-[...15 lines deleted...]
-      8) Қазақстан Республикасының әскери корабльдері мен кемелерінде  әскери жарғыларға сәйкес; </w:t>
+    <w:bookmarkStart w:name="z14" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) на морских судах, судах внутреннего плавания и других средствах передвижения, на которых в качестве официальных лиц находятся Президент Республики Казахстан, председатели палат Парламента Республики Казахстан, Премьер-Министр Республики Казахстан; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z53" w:id="15"/>
-[...15 lines deleted...]
-      9) Қазақстан Республикасы Қарулы Күштерінің әскери құрамаларында, бөлімдерінде, бөлімшелерінде және мекемелерінде, басқа да әскерлері мен әскери құралымдарында Қазақстан Республикасының ұлттық және мемлекеттік мерекелері күндерінде, ант қабылдау кезінде; </w:t>
+    <w:bookmarkStart w:name="z15" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) в качестве кормового флага на судах, зарегистрированных в Республике Казахстан, в установленном порядке; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z54" w:id="16"/>
-[...15 lines deleted...]
-      10) Қазақстан Республикасының Үкіметі айқындайтын тәртіппен Қазақстан Республикасының Мемлекеттік рәміздері күнін мерекелеу, ресми және салтанатты рәсімдер, спорттық іс-шаралар кезінде;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) на военных кораблях и судах Республики Казахстан, согласно воинским уставам; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z80" w:id="17"/>
-[...15 lines deleted...]
-      10-1) халықаралық ұйымдар өткізетін рәсімдер, салтанатты және спорттық іс-шаралар кезінде;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) в воинских соединениях, частях, подразделениях и учреждениях Вооруженных Сил, других войск и воинских формированиях Республики Казахстан в дни национальных и государственных праздников Республики Казахстан, при принятии присяги;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z55" w:id="18"/>
-[...15 lines deleted...]
-      11) жалпы орта, кәсіптік бастауыш, кәсіптік орта, кәсіптік жоғары және жоғары оқу орнынан кейінгі кәсіптік білім беру бағдарламаларын іске асыратын білім беру ұйымдарында - жаңа оқу жылының ашылу және оқу жылының аяқталу рәсімдері кезінде; </w:t>
+    <w:bookmarkStart w:name="z18" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) во время празднования Дня государственных символов Республики Казахстан, официальных и торжественных церемоний, спортивных мероприятий в порядке, определяемом Правительством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z56" w:id="19"/>
-[...15 lines deleted...]
-      12) Қазақстан Республикасына мемлекеттік және ресми сапарлармен келген шет мемлекеттердің мемлекет басшыларымен, парламенттері мен үкіметтерінің басшыларымен кездесу кезінде.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1) во время церемоний, торжественных и спортивных мероприятий, проводимых международными организациями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z19" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) в организациях образования, реализующих образовательные программы среднего общего, начального профессионального, среднего профессионального, высшего профессионального и послевузовского профессионального образования, при церемониях открытия нового учебного года и окончания учебного года; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z20" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) при встрече глав государств, парламентов и правительств иностранных государств, посещающих Республику Казахстан с государственным и официальным визитами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгерістер енгізілді - ҚР Үкіметінің 2012.11.30 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными постановлениями Правительства РК от 30.11.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1528</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); 31.12.2015 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования); от 31.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); 08.06.2017 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 08.06.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 350</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 28.06.2019 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 28.06.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 454</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="20"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z21" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       3. Порядок использования (установления, размещения) Государственного Флага и его изображения в соединениях, воинских частях, подразделениях, учреждениях Вооруженных Сил и других войск и воинских формированиях определяется общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Үкіметінің 31.12.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 в редакции постановления Правительства РК от 31.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="21"/>
-[...34 lines deleted...]
-      Қазақстан Республикасының Мемлекеттік Туы, оның көлеміне қарамастан, ұлттық стандартқа сәйкес келуі тиіс. Жеке және заңды тұлғалардың Қазақстан Республикасының Мемлекеттік Туын ұлттық стандарттардың талаптарын бұза отырып пайдалануына жол берілмейді. Жеке және заңды тұлғалар Қазақстан Республикасының Мемлекеттік Туын қорлау нысанасы ретінде пайдалана алмайды.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственный Флаг Республики Казахстан может использоваться (устанавливаться, размещаться) физическими и юридическими лицами в целях выражения патриотических чувств, казахстанской идентичности, поддержки достижений страны, ее граждан в рамках публичных мероприятий и действий индивидуального выражения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный Флаг Республики Казахстан, независимо от его размеров, должен соответствовать национальному стандарту. Не допускается физическими и юридическими лицами использование Государственного Флага Республики Казахстан с нарушением требований национального стандарта. Государственный Флаг Республики Казахстан не может быть использован физическими и юридическими лицами в качестве предмета для надругательства.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Үкіметінің 28.06.2019 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 в редакции постановления Правительства РК от 28.06.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 454</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="22"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z23" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Государственный Флаг Республики Казахстан, постоянно устанавливаемый на зданиях, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2, в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, должен освещаться в темное время суток.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Үкіметінің 28.06.2019 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 в редакции постановления Правительства РК от 28.06.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 454</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="23"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z24" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. По случаю национального траура Государственный Флаг Республики Казахстан приспускается на половину высоты флагштока в течение срока траура. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z25" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Государственный Флаг Республики Казахстан (размером 1 х 2 метра) в кабинетах должностных лиц, залах, указанных в подпунктах 2) и 3) пункта 2 настоящих Правил устанавливается (размещается) с левой стороны от Государственного Герба Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 31.12.2015 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Исключен постановлением Правительства РК от 28.06.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 454</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. При проведении международных форумов, а также встреч глав государств, парламентов и правительств иностранных государств, посещающих Республику Казахстан с государственным и официальным визитами, предусмотренных в подпунктах 5) и 12) пункта 2 настоящих Правил, Государственный Флаг Республики Казахстан поднимается (устанавливается, размещается) в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственным протоколом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан, утвержденным Указом Президента Республики Казахстан от 12 октября 2006 года N 201 и настоящими Правилами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z28" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Во время церемоний, торжественных мероприятий, предусмотренных в подпунктах 10) и 11) пункта 2 настоящих Правил, Государственный Флаг Республики Казахстан поднимается на флагштоке, а при его отсутствии используется ритуал вноса и выноса Государственного Флага Республики Казахстан знаменной группой в количестве трех человек: знаменосца и двух сопровождающих. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z78" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-1. При проведении церемоний, торжественных и спортивных мероприятий, предусмотренных в подпункте 10-1) пункта 2 настоящих Правил, Государственный Флаг Республики Казахстан размещается в соответствии с Конституционным законом, а также протокольной практикой государства пребывания и местными обычаями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-1 в соответствии с постановлением Правительства РК от 30.11.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1528</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-2. Общественные объединения по видам спорта, главные тренеры обеспечивают соблюдение организаторами спортивных мероприятий порядка использования (установления, размещения) Государственного Флага Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-2 в соответствии с постановлением Правительства РК от 30.11.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1528</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования); в редакции постановления Правительства РК от 28.06.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 454</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       10-3. Церемония награждения призеров спортивных соревнований с участием иностранных спортсменов (команд) сопровождается торжественным подъемом государственных флагов стран-участников, представители которых являются призерами спортивных соревнований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 10-3 в соответствии с постановлением Правительства РК от 30.11.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1528</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       11. На средствах передвижения, где в качестве официальных лиц находятся Президент Республики Казахстан, председатели палат Парламента Республики Казахстан, Премьер-Министр Республики Казахстан, указанные в подпункте 6) пункта 2 настоящих Правил, Государственный Флаг Республики Казахстан поднимается на флагштоке (мачте). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z30" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. При одновременном подъеме (установлении, размещении) Государственного Флага Республики Казахстан, флагов иностранных государств, общественных объединений и других организаций, размеры Государственного Флага Республики Казахстан не должны быть меньше размеров других флагов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом Государственный Флаг Республики Казахстан размещается не ниже других флагов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. При одновременном подъеме (установлении, размещении) нечетного числа флагов, Государственный Флаг Республики Казахстан располагается в центре, а при подъеме (установлении, размещении) четного числа флагов, но более двух - левее от центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z82" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1. Флаги иностранных государств, используемые иностранными организациями и представительствами, осуществляющими деятельность на территории Республики Казахстан, за исключением дипломатических представительств, консульских учреждений, международных организаций и (или) представительств, аккредитованных в Республике Казахстан, размещаются одновременно с Государственным Флагом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 13-1 в соответствии с постановлением Правительства РК от 31.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">8. Алып тасталды – ҚР Үкіметінің 28.06.2019 </w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-2. Государственный Флаг Республики Казахстан, размещаемый в зданиях, помещениях (частях помещений), принадлежащих физическим и юридическим лицам, должен быть эстетично оформлен в соответствии с национальным стандартом и должен размещаться вдали от хозяйственно-бытовых комнат, прохода и гардероба.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 13-2 в соответствии с постановлением Правительства РК от 28.06.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 454</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="25"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. При размещении Государственного Флага Республики Казахстан в соответствии с настоящими Правилами, в экстерьерном варианте на одноэтажном и (или) многоэтажных зданиях, юридическими и физическими лицами учитываются архитектурные особенности здания и используются следующие параметры:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z33" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исключен - постановлением Правительства РК от 27.01.2009  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 63 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">п. 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z34" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) на зданиях 1, 2, 3, 4, 5 этажей (до 20 метров) - Государственный Флаг Республики Казахстан (размером 1 х 2 метра) размещается на крыше здания или на фронтоне или на козырьке входа в здание; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z35" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) на зданиях 6, 7, 8, 9 этажей (до 30 метров) - Государственный Флаг Республики Казахстан размещается на крыше здания или на фронтоне (размером от 1,5 х 3 метров до 2 х 4 метров) или на козырьке входа в здание (размером 1 х 2 метра); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z36" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) на зданиях более 9 этажей (свыше 30 метров) - Государственный Флаг Республики Казахстан размещается на крыше здания или на фронтоне (размером от 2 х 4 метров и более) или на козырьке входа в здание (размером 1 х 2 метра). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 31.12.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменениями, внесенными постановлениями Правительства РК от 27.01.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 63 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">п. 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 30.11.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1528</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования); от 28.06.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 454</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок использования (установления, размещения) Государственного Герба Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 3 в редакции постановления Правительства РК от 28.06.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 454</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       15. Государственный Герб Республики Казахстан в обязательном порядке размещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z88" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на зданиях Резиденции Президента Республики Казахстан, Парламента, Сената и Мажилиса, Правительства, министерств и государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, соединений, воинских частей, подразделений и учреждений Вооруженных Сил, других войск и воинских формирований, местных представительных и исполнительных органов, а также на зданиях посольств, постоянных представительств при международных организациях, торговых представительств, других официальных загранучреждений, резиденций глав загранучреждений Республики Казахстан – постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z89" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) в кабинетах Президента Республики Казахстан, председателей палат Парламента Республики Казахстан, Премьер-Министра, Государственного секретаря, Председателя Конституционного Совета, Председателя Верховного Суда и председателей местных судов Республики Казахстан, Председателя Центральной избирательной комиссии, Уполномоченного по правам человека Республики Казахстан, руководителей министерств и государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, руководителей местных представительных и исполнительных органов, руководителей загранучреждений Республики Казахстан – постоянно; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z41" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в залах, где проводятся совместные и раздельные заседания Сената и Мажилиса Парламента Республики Казахстан, заседания координационных и рабочих органов палат Парламента Республики Казахстан, Правительства, в залах заседаний Конституционного Совета, в залах судебных заседаний Верховного Суда и местных судов Республики Казахстан, в залах заседаний коллегий центральных, местных представительных и исполнительных органов, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, в залах вручения государственных и правительственных наград Республики Казахстан, в залах приемов загранучреждений Республики Казахстан, а также в помещениях регистрации рождений и браков - постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z83" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в помещениях (части помещений), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, национальных управляющих холдингов, национальных холдингов, национальных компаний, а также иных акционерных обществ и  товариществ с ограниченной ответственностью, в отношении которых Республика Казахстан выступает единственным акционером (участником).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Помещения (части помещений), отведенные для экспозиции, посвященной государственной символике Республики Казахстан, где размещается Государственный Герб Республики Казахстан, должны быть эстетично оформлены и размещены вдали от хозяйственно-бытовых комнат, прохода и гардероба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенными постановлениями Правительства РК от 31.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 08.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="26"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z42" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       16. Порядок использования (установления, размещения) Государственного Герба и его изображения в соединениях, воинских частях, подразделениях, учреждениях Вооруженных Сил и других войск и воинских формированиях определяется общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 31.12.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 в редакции постановления Правительства РК от 31.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="27"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z43" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       17. Государственный Герб Республики Казахстан, постоянно устанавливаемый на зданиях, должен освещаться в темное время суток. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z44" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Государственный Герб Республики Казахстан, независимо от его размеров, должен соответствовать национальному стандарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Ереже 10-1-тармақпен толықтырылды - ҚР Үкіметінің 2012.11.30 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 в редакции постановления Правительства РК от 30.11.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1528</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Үкіметінің 31.12.2015 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       19. Государственный Герб Республики Казахстан не может быть использован в качестве геральдической основы гербов общественных объединений и других организаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z46" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Государственный Герб Республики Казахстан (диаметром 500 миллиметров) размещается на стене за рабочим местом должностных лиц в кабинетах, в залах за рабочим местом председательствующих, указанных в подпунктах 2), 3) пункта 15 настоящих Правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z47" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. При размещении Государственного Герба Республики Казахстан в экстерьерном варианте на одноэтажном и (или) многоэтажных зданиях учитываются архитектурные особенности здания и используются следующие параметры:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z48" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) на одноэтажном здании - Государственный Герб Республики Казахстан (диаметром 500 миллиметров) размещается на уровне перекрытия или на фронтоне или на козырьке входа в здание; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z49" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) на зданиях 2, 3, 4, 5 этажей (до 20 метров) - Государственный Герб Республики Казахстан размещается на уровне перекрытия последнего этажа или на фронтоне (диаметром от 1 до 1,5 метров) или на козырьке входа в здание (диаметром 500 миллиметров); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z50" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) на зданиях 6, 7, 8, 9 этажей (до 30 метров) - Государственный Герб Республики Казахстан размещается на уровне перекрытия последнего этажа или на фронтоне (диаметром 2 метра) или на козырьке входа в здание (диаметром 500 миллиметров); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z51" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) на зданиях более 9 этажей (выше 30 метров) - Государственный Герб Республики Казахстан размещается на уровне перекрытия последнего этажа или на фронтоне (диаметром 3 метра и более) или на козырьке входа в здание (диаметром 500 миллиметров). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 с изменениями, внесенными постановлениями Правительства РК от 27.01.2009 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 63 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">п. 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 30.11.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1528</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок использования (установления, размещения) изображений Государственного Флага, Государственного Герба Республики Казахстан, а также текста Государственного Гимна Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 4 в редакции постановления Правительства РК от 28.06.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 454</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       22. Изображение Государственного Флага Республики Казахстан в обязательном порядке размещается: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z90" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) на веб-сайтах Президента Республики Казахстан, Парламента, Правительства, министерств и государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, местных представительных и исполнительных органов, а также загранучреждений Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z55" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на воздушных судах, а также на космических аппаратах Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 с изменением, внесенным постановлением Правительства РК от 08.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23-1. Изображение Государственного Флага Республики Казахстан может размещаться и на иных материальных объектах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях применения части первой настоящего пункта Правил к иным материальным объектам не относятся предметы одноразового использования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 23-1 в соответствии с постановлением Правительства РК от 31.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="28"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z57" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       24. Изображение Государственного Флага Республики Казахстан не может использоваться в качестве геральдической основы флагов общественных объединений и других организаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z58" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. Изображение Государственного Флага Республики Казахстан может быть использовано в качестве элемента или геральдической основы государственных наград, банкнот и монет Национального Банка Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z59" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Изображение Государственного Герба Республики Казахстан в обязательном порядке размещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z60" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на печатях и бланках документов Президента Республики Казахстан и его Администрации, Парламента, его палат и их аппаратов, Бюро палат Парламента Республики Казахстан, Правительства и Канцелярии Премьер-Министра, министерств и государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, соединений, воинских частей, подразделений и учреждений Вооруженных Сил, других войск и воинских формирований, местных представительных, исполнительных органов и иных государственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z61" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) на официальных изданиях Президента Республики Казахстан, Парламента, Правительства, Конституционного Совета и Верховного Суда Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z62" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) на банкнотах и монетах Национального Банка Республики Казахстан, государственных ценных бумагах Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z63" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) на удостоверении личности, свидетельстве о рождении, паспорте и иных паспортах, выдаваемых гражданам Республики Казахстан, служебных удостоверениях сотрудников государственных органов и организаций; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z64" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) на пограничных столбах, устанавливаемых на Государственной границе Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z91" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) на веб-сайтах Президента Республики Казахстан, Парламента, Правительства, министерств и государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, местных представительных и исполнительных органов, а также загранучреждений Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Ереже 10-2-тармақпен толықтырылды - ҚР Үкіметінің 2012.11.30 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 с изменениями, внесенными постановлениями Правительства РК от 31.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); от 08.06.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 350</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       27. При размещении изображения Государственного Флага, Государственного Герба Республики Казахстан на веб-сайтах, указанных в подпункте 1) пункта 22 и подпункте 6) пункта 26 настоящих Правил, должно соблюдаться одноуровневое расположение изображений государственных символов, а также их очередность: Флаг, Герб, Гимн. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z67" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28. Изображения Государственного Герба Республики Казахстан, размещенные на печатях и бланках документов, официальных изданиях, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктах 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 26 настоящих Правил, должны соответствовать национальным стандартам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 в редакции постановления Правительства РК от 30.11.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1528</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда – ҚР Үкіметінің 28.06.2019 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="29"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z68" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       29. На банкнотах и монетах Национального банка Республики Казахстан, государственных ценных бумагах Республики Казахстан, указанных в подпункте 3) пункта 26 настоящих Правил, изображение Государственного Герба Республики Казахстан размещается в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Концепцией </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дизайна банкнот и монет национальной валюты - казахстанского тенге, утвержденной Указом Президента Республики Казахстан от 25 сентября 2003 года N 1193. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z69" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      30. Изображения Государственного Герба Республики Казахстан, размещенные на документах, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 26 настоящих Правил, должны соответствовать нормативным правовым актам Республики Казахстан, а также национальным стандартам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Ереже 10-3-тармақпен толықтырылды - ҚР Үкіметінің 2012.11.30 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 30 в редакции постановления Правительства РК от 30.11.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1528</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="30"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z70" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       31. На пограничных столбах, указанных в подпункте 5) пункта 26 настоящих Правил, изображение Государственного Герба Республики Казахстан размещается в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">постановлением </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правительства Республики Казахстан от 12 декабря 1996 года N 1528 "О пограничных знаках Республики Казахстан". </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">См. ППРК от 8 ноября 2013 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1181</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z71" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32. Запрещается использование изображения Государственного Герба Республики Казахстан на бланках, печатях и других реквизитах негосударственных организаций и их должностных лиц, кроме случаев, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституционным законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z72" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      33. Изображение Государственного Герба Республики Казахстан может быть использовано на знаках различия и форменной одежде, установленных для лиц, состоящих на воинской или иной государственной службе, в качестве элемента или геральдической основы государственных наград Республики Казахстан, а также на спортивных костюмах спортсменов и других спортивных принадлежностях. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z73" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Изображение Государственного Герба Республики Казахстан может размещаться и на иных материальных объектах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях применения части первой настоящего пункта Правил к иным материальным объектам не относятся предметы одноразового использования.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді - ҚР Үкіметінің 31.12.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 34 в редакции постановления Правительства РК от 31.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="31"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z84" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       34-1. Текст Государственного Гимна Республики Казахстан в обязательном порядке размещается в помещениях (части помещений), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, национальных управляющих холдингов, национальных холдингов, национальных компаний, а также иных акционерных обществ и товариществ с ограниченной ответственностью, в отношении которых Республика Казахстан выступает единственным акционером (участником).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Помещения (части помещений), отведенные для экспозиции, посвященной государственной символике Республики Казахстан, где размещается текст Государственного Гимна Республики Казахстан, должны быть эстетично оформлены и размещены вдали от хозяйственно-бытовых комнат, прохода и гардероба.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 13-1-тармақпен толықтырылды - ҚР Үкіметінің 31.12.2015 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 34-1 в соответствии с постановлением Правительства РК от 31.12.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1187</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="35"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z85" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       34-2. Порядок исполнения Государственного Гимна Республики Казахстан и использования его текста в соединениях, воинских частях, подразделениях, учреждениях Вооруженных Сил и других войск и воинских формированиях определяется общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тарау 13-2-тармақпен толықтырылды – ҚР Үкіметінің 28.06.2019 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 34-2 в соответствии с постановлением Правительства РК от 31.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1187</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="36"/>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z74" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       35. Стенды (плакаты) с изображениями государственных символов должны размещаться в местах проведения торжественных мероприятий, доступных для всеобщего обозрения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z75" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      36. При размещении изображений Государственного Флага, Государственного Герба Республики Казахстан и текста Государственного Гимна Республики Казахстан на стендах (плакатах) должно соблюдаться одноуровневое расположение изображений государственных символов, а также их очередность: Флаг, Герб, Гимн. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z76" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Стенды (плакаты) с изображением Государственного Флага, Государственного Герба и текста Государственного Гимна Республики Казахстан должны быть эстетично оформлены и размещаться вдали от хозяйственно-бытовых комнат, прохода и гардероба.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...89 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...249 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...2210 lines deleted...]
-        <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>