--- v0 (2025-12-06)
+++ v1 (2026-01-15)
@@ -1,7207 +1,6819 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E5527B" w:rsidRDefault="00E5527B" w:rsidP="00E5527B">
-[...12 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52C65214" wp14:editId="1D47A654">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2057400" cy="571500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О государственных символах Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конституционный закон Республики Казахстан от 4 июня 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 258.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ОГЛАВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. По всему тексту слова "государственному стандарту", "государственным стандартам", "государственные стандарты" заменены соответственно словами "национальному стандарту", "национальным стандартам", "национальные стандарты" Конституционным закон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ом РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. ГОСУДАРСТВЕННЫЕ СИМВОЛЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 1. Государственные символы Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Госуда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рственными символами Республики Казахстан являются: Государственный Флаг, Государственный Герб, Государственный Гимн. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственный Флаг Республики Казахстан представляет собой прямоугольное полотнище голубого цвета с изображением в центре солнца</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с лучами, под которым - парящий орел. У древка - национальный орнамент в виде вертикальной полосы. Изображение солнца, его лучей, орла и национального орнамента - цвета золота. Соотношение ширины Флага к его длине - 1:2. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственный Герб Респуб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лики Казахстан имеет форму круга и представляет собой изображение шанырака (верхняя сводчатая часть юрты) на голубом фоне, от которого во все стороны в виде солнечных лучей расходятся уыки (опоры). Справа и слева от шанырака расположены изображения мифичес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ких крылатых коней. В верхней части расположена объемная пятиконечная звезда, а в нижней части – надпись "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>QAZAQSTAN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>". Изображение звезды, шанырака, уыков, мифических крылатых коней, а также надписи "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>QAZAQSTAN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" – цвета золота.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственный Гимн Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">спублики Казахстан представляет собой музыкально-поэтическое произведение, исполняемое в случаях, предусмотренных настоящим Конституционным законом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Эталоны Государственного Флага и Государственного Герба Республики Казахстан хранятся в Резиденции П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>резидента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 1 с изменением, внесенным Конституционным законом РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 162-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 2. Законод</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ательство Республики Казахстан, регулирующее изготовление и использование государственных символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Заголовок статьи 2 в редакции Конституционного закона РК от 28.06.2012 № 23-V (вводится в действие по истечении десяти ка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лендарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядок изготовления и использования государственных символов Республики Казахстан определяется Конституцией Республики Казахстан, настоящим Конституционным законом и иными нормативными пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>авовыми актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 2 с изменением, внесенным Конституционным законом РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 3. Утвержде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ние государственных символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Утвердить: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) изображение Государственного Флага Республики Казахстан (приложение 1 к настоящему Конституционному закону); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) изображение Государственного Герба Республики Казахстан (пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иложение 2 к настоящему Конституционному закону); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) музыкальную редакцию и текст Государственного Гимна Республики Казахстан (приложение 3 к настоящему Конституционному закону). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z6"/>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. ГОСУДАРСТВЕННЫЙ ФЛАГ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 4. Порядок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использования Государственного Флага Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z8"/>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Государственный Флаг Республики Казахстан в обязательном порядке поднимается (устанавливается, размещается): </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) на зданиях Резиденции Президента Республики Казахстан, Парламента, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сената и Мажилиса, Правительства, министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета, Верховного Суда и местных судов Республ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ики Казахстан, местных представительных и исполнительных органов, органов местного самоуправления, государственных организаций, а также на зданиях посольств, постоянных представительств при международных организациях, торговых представительств, других офиц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иальных загранучреждений, резиденциях глав </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">загранучреждений Республики Казахстан и на их транспортных средствах в соответствии с протокольной практикой государств пребывания - постоянно; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) в кабинетах Президента Республики Казахстан, председателей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> палат Парламента Республики Казахстан, Премьер-Министра, Государственного секретаря, Председателя Конституционного Совета, Председателя Верховного Суда и председателей местных судов Республики Казахстан, Председателя Центральной избирательной комиссии, Уп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>олномоченного по правам человека Республики Казахстан, руководителей министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, руководителей местных предста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вительных и исполнительных органов, руководителей загранучреждений Республики Казахстан - постоянно; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в залах, где проводятся совместные и раздельные заседания Сената и Мажилиса Парламента Республики Казахстан, заседания координационных и рабочих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органов палат Парламента Республики Казахстан, Правительства, в залах заседаний Конституционного Совета Республики Казахстан, в залах судебных заседаний Верховного Суда и местных судов Республики Казахстан, в залах заседаний коллегий центральных, местных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>представительных и исполнительных органов, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, в залах вручения государственных и правительственных наград Республики Казахстан, в залах приемов загранучреждени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">й Республики Казахстан, а также в помещениях регистрации рождений и браков - постоянно; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) на зданиях государственных органов при открытии в торжественной обстановке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) на зданиях или в помещениях, где проходят международные форумы с участием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президента Республики Казахстан, председателей палат Парламента Республики Казахстан, Премьер-Министра Республики Казахстан и их полномочных представителей, если это предусмотрено нормами международного права и международными договорами Республики Казахст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-1) в помещениях (части помещений), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, национальных управляющих холдингов, национальных холдингов, национальных компаний, а также иных акционерных о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бществ и товариществ с ограниченной ответственностью, в отношении которых Республика Казахстан выступает единственным акционером (участником); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) на морских судах, судах внутреннего плавания и других средствах передвижения, на которых в качестве офи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>циальных лиц находятся Президент Республики Казахстан, председатели палат Парламента Республики Казахстан, Премьер-Министр Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) в качестве кормового флага на судах, зарегистрированных в Республике Казахстан, в установленном порядке; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) на военных кораблях и судах Республики Казахстан - согласно воинским уставам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) в воинских соединениях, частях, подразделе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ниях и учреждениях Вооруженных Сил, других войск и воинских формирований Республики Казахстан - в дни национального и государственных праздников Республики Казахстан, при принятии присяги; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) во время празднования Дня государственных символов Респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>блики Казахстан, официальных и торжественных церемоний, спортивных мероприятий в порядке, определяемом Правительством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) в организациях образования, реализующих образовательные программы среднего общего, начального профессиона</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">льного, среднего профессионального, высшего профессионального и послевузовского профессионального образования, при церемониях открытия нового учебного года и окончания учебного года; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) при встрече глав государств, парламентов и правительств иност</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ранных государств, посещающих Республику Казахстан с государственным и официальным визитами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядок использования (установления, размещения) Государственного Флага и его изображения в соединениях, воинских частях, подразделениях, учреждениях Вооруж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>енных Сил и других войск и воинских формированиях определяется общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственный Флаг, устанавливаемый на зданиях на постоянной основе, должен освещаться в темное время суток. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственный Флаг Республики Казахстан мо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жет устанавливаться на других зданиях (в помещениях) по желанию их владельцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядок использования (установления, размещения) Государственного Флага и его изображения определяется Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z9"/>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Изображение Государст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">венного Флага в обязательном порядке размещается: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) на веб-сайтах Президента Республики Казахстан, Парламента, Правительства, министерств, государственных органов, непосредственно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>подчиненных и подотчетных Президенту Республики Казахстан, их ведом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ств и территориальных подразделений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, местных представительных и исполнительных органов, а также загранучреждений Республики Казахстан в порядке, определяемо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м Правительством Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) на воздушных судах, а также на космических аппаратах Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Изображение Государственного Флага может размещаться и на иных материальных объектах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z10"/>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Государственный Флаг незав</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исимо от его размеров должен соответствовать национальному стандарту. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае несоответствия Государственного Флага национальному стандарту он подлежит замене и уничтожению в порядке, определяемом Правительством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Изобр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ажение Государственного Флага не может использоваться в качестве геральдической основы флагов общественных объединений и других организаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Изображение Государственного Флага может быть использовано в качестве элемента или геральдической основы го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сударственных наград, банкнот и монет Национального Банка Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. По случаю национального траура Государственный Флаг приспускается на половину высоты флагштока в течение срока национального траура.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 4 с изменени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ями, внесенными Конституционными законами РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 28.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 370-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня его первого официального опубликования); от 22.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 119-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 5. Одновременное использование Государственного Флага Республики Казах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стан и других флагов на территории Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z13"/>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. При одновременном подъеме (установлении, размещении) Государственного Флага Республики Казахстан, флагов иностранных государств, общественных объединений и других организаций, размеры </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Госуда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рственного Флага Республики Казахстан не должны быть меньше размеров других флагов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При этом Государственный Флаг Республики Казахстан размещается не ниже других флагов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Флаги общественных объединений и других организаций не могут быть иден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тичны Государственному Флагу Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z1"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Флаги иностранных государств, используемые иностранными организациями и представительствами, осуществляющими деятельность на территории Республики Казахстан, за исключением дипломатических </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>представительств, консульских учреждений, международных организаций и (или) их представительств, аккредитованных в Республике Казахстан, размещаются одновременно с Государственным Флагом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 5 с изменениями, внесенным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и Конституционным законом РК от 28.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 370-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z15"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 3. ГОСУДАРСТВЕННЫЙ ГЕРБ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 6. Порядок использования Государстве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нного Герба Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z17"/>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Государственный Герб в обязательном порядке размещается: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) на зданиях Резиденции Президента Республики Казахстан, Парламента, Сената и Мажилиса, Правительства, министерств, государственных органов, непоср</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>едственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, соединений, воинских частей, подразделений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и учреждений Вооруженных Сил, других войск и воинских формирований, местных представительных и исполнительных органов, а также на зданиях посольств, постоянных представительств при международных организациях, торговых представительств, других официальных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">загранучреждений, резиденций глав загранучреждений Республики Казахстан - постоянно; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) в кабинетах Президента Республики Казахстан, председателей палат Парламента Республики Казахстан, Премьер-Министра, Государственного секретаря, Председателя Кон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ституционного Совета, Председателя Верховного Суда и председателей местных судов Республики Казахстан, Председателя Центральной избирательной комиссии, Уполномоченного по правам человека Республики Казахстан, руководителей министерств, государственных орга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нов, непосредственно подчиненных и подотчетных Президенту Республики </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Казахстан, их ведомств и территориальных подразделений, руководителей местных представительных и исполнительных органов, руководителей загранучреждений Республики Казахстан - постоянно; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в залах, где проводятся совместные и раздельные заседания Сената и Мажилиса Парламента Республики Казахстан, заседания координационных и рабочих органов палат Парламента Республики Казахстан, Правительства, в залах заседаний Конституционного Совет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а, в залах судебных заседаний Верховного Суда и местных судов Республики Казахстан, в залах заседаний коллегий центральных, местных представительных и исполнительных органов, государственных органов, непосредственно подчиненных и подотчетных Президенту Рес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>публики Казахстан, в залах вручения государственных и правительственных наград Республики Казахстан, в залах приемов загранучреждений Республики Казахстан, а также в помещениях регистрации рождений и браков - постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) в помещениях (части помещен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ий), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, национальных управляющих холдингов, национальных холдингов, национальных компаний, а также иных акционерных обществ и товариществ с ограниченной ответст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>венностью, в отношении которых Республика Казахстан выступает единственным акционером (участником).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядок использования (установления, размещения) Государственного Герба и его изображения в соединениях, воинских частях, подразделениях, учреждениях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Вооруженных Сил и других войск и воинских формированиях определяется общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z18"/>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Изображение Государственного Герба в обязательном порядке размещается: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) на печатях и бланках документов Президента Республики Казахстан и его Ад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">министрации, Парламента, его палат и их аппаратов, Бюро палат Парламента Республики Казахстан, Правительства и Канцелярии Премьер-Министра, министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ведомств и территориальных подразделений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, соединений, воинских частей, подразделений и учреждений Вооруженных Сил, других войск и воинских формирований, мес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тных представительных, исполнительных органов и иных государственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-1) на печатях нотариусов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) на официальных изданиях Президента Республики Казахстан, Парламента, Правительства, Конституционного Совета и Верховного Суда Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) на банкнотах и монетах Национального Банка Республики Казахстан, государственных ценных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бумагах Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) на удостоверении личности, свидетельстве о рождении, паспорте и иных паспортах, выдаваемых гражданам Республики Казахстан, служебных удостоверениях сотрудников государственных органов и государственных организаций; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) на пограничных столбах, устанавливаемых на Государственной границе Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) на веб-сайтах Президента Республики Казахстан, Парламента, Правительства, министерств, государственных органов, непосредственно подчиненных и под</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, местных представительных и исполнительных органов, а также загранучре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ждений Республики Казахстан в порядке, определяемом Правительством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Изображение Государственного Герба может размещаться и на иных материальных объектах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z19"/>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Государственный Герб независимо от его размеров должен соответ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ствовать национальному стандарту. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае несоответствия Государственного Герба национальному стандарту он подлежит замене и уничтожению в порядке, определяемом Правительством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z20"/>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Запрещается использование изображения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственного Герба Республики Казахстан на бланках, печатях и других реквизитах негосударственных организаций и их должностных лиц, кроме случаев, установленных настоящим Конституционным законом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственный Герб не может быть использован в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качестве геральдической основы гербов общественных объединений и других организаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Изображение Государственного Герба может быть использовано на знаках различия и форменной одежде, установленных для лиц, состоящих на воинской или иной государстве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нной службе, в качестве элемента или геральдической </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>основы государственных наград Республики Казахстан, а также на спортивных костюмах спортсменов и других спортивных принадлежностях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядок использования (установления, размещения) Государственного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Герба и его изображения определяется Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 6 с изменениями, внесенными Конституционными законами РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ьного опубликования); от 28.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 370-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 22.12.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 119-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 7. Одновременное использование Государственного Герба Республики Казахстан и других гербов на территории Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При одновременном размещении Государственного Герба Республики Казахстан и гербов инос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">транных государств или гербов (геральдического знака) общественного объединения, другой организации размеры Государственного Герба Республики Казахстан не должны быть меньше размеров других гербов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При этом Государственный Герб Республики Казахстан размещается не ниже других гербов (геральдических знаков). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z22"/>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. ГОСУДАРСТВЕННЫЙ ГИМН РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 8. Порядок использования Государственного Гимна Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z24"/>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственный Гимн исполняется: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) при вступлении в должность Президента Республики Казахстан - после принесения им присяги; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) при открытии и закрытии сессий Парламента Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) при открытии торжественных собраний</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и заседаний, посвященных национальному и государственным праздникам Республики Казахстан, а также иным торжественным мероприятиям; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) при выходе в эфир теле-, радиоканалов ежесуточно в начале и по окончании их вещания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) при открытии памятн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иков, монументов, обелисков и других сооружений в ознаменование важнейших исторических событий в жизни народа Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) при поднятии Государственного Флага Республики Казахстан во время официальных и торжественных церемоний, спортивны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">х мероприятий, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>проводимых государственными органами, а также общественными объединениями и иными организациями Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) при встрече глав иностранных государств, посещающих Республику Казахстан с государственным или официальным визита</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ми, после исполнения государственного гимна соответствующего иностранного государства; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) в организациях образования, реализующих образовательные программы среднего общего, начального профессионального, среднего профессионального, высшего профессио</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нального и послевузовского профессионального образования, при церемониях открытия нового учебного года и окончания учебного года, а также при проведении иных торжественных мероприятий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) при проведении спортивных мероприятий с участием национальной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (сборной) команды Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-1. Текст Государственного Гимна в обязательном порядке размещается в помещениях (части помещений), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, националь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ных управляющих холдингов, национальных холдингов, национальных компаний, а также иных акционерных обществ и товариществ с ограниченной ответственностью, в отношении которых Республика Казахстан выступает единственным акционером (участником).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порядок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использования (установления, размещения) текста Государственного Гимна определяется Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок исполнения Государственного Гимна и использования его текста в соединениях, воинских частях, подразделениях, учрежден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>иях Вооруженных Сил и других войск и воинских формированиях определяется общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Статья 8 с изменениями, внесенными Конституционными законами РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сле его первого официального опубликования); от 28.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 370-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 9. Порядок исполнения Государственного Гимна Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z27"/>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. При публичном исполнении Государственного Гимна присутствующие поют (выслушивают) стоя, при этом граждане Республики Казахстан прикладывают правую руку к сердцу. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При проведении государственными органами и иными организациями Республики Каз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ахстан мероприятий на территории иностранных государств </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Государственный Гимн исполняется в соответствии с настоящим Конституционным законом, а также законодательством и протокольной практикой государства пребывания и местными обычаями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRPr="00F319F6" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Торжественно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е поднятие и установка Государственного Флага Республики Казахстан сопровождаются исполнением Государственного Гимна, при этом присутствующие поворачиваются лицом к Флагу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z28"/>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Государственный Гимн исполняется в оркестровом, хоровом, оркестрово-хоров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F319F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ом либо ином вокальном и инструментальном исполнении. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При этом могут использоваться средства звукозаписи. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Допускается сокращенное исполнение Государственного Гимна Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. Государственный Гимн исполняется на государственном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языке в точном соответствии с утвержденным текстом и музыкальной редакцией. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z30"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4. Музыкальная редакция и текст Государственного Гимна Республики Казахстан не могут быть использованы в качестве основы для других музыкальных произведений и иных произве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дений искусства. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z31"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. КОМПЕТЕНЦИЯ ГОСУДАРСТВЕННЫХ ОРГАНОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 10. Компетенция Правительства Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       К компетенции Правительства относятся: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) организация работы по изготовлению эталонов Государственного Флага и Государственного Герба Республики Казахстан, соответствующих национальным стандартам и их изображениям, утвержденным настоящим Конституционным законом; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) утверждение пра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вил замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих национальным стандартам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) утверждение правил использования (установления, размещения) Государственного Флага, Государственного Герба Р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еспублики Казахстан и их изображений, а также текста Государственного Гимна Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3-1) утверждение правил празднования Дня государственных символов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) определение уполномоченного органа в области государств</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енных символов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) выполнение иных функций, возложенных на него Конституцией Республики Казахстан, законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 10 с изменениями, внесенными Конститу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ционными законами РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">дней после его первого официального опубликования); от 28.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 370-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ьного опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 11. Компетенция уполномоченных органов в области государственных символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Уполномоченный орган в области технического регулирования и метрологии: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) разрабатывает и утверждает национальны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е стандарты Государственного Флага и Государственного Герба Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) разрабатывает эталоны Государственного Флага и Государственного Герба Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) осуществляет лицензирование по изготовлению Государственного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Флага и Государственного Герба Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) осуществляет контроль за соблюдением лицензиатом условий, указанных в лицензии в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) осуществляет иные полномочия, предусмот</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z35"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. Уполномоченный орган по вопросам использования государственных символов Республики Казахстан: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) разрабатывает правила заме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ны и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих национальным стандартам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) создает экспертный совет по вопросам государственных символов и геральдических знаков, а также разрабатывает и утвер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ждает положение о нем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 11 с изменениями, внесенными Конституционными зак</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">онами РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 28.10.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 370-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубли</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 12. Компетенция местного исполнительного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Местный исполнительный орган осуществляет контроль за использованием (установлением, размещением) государственных символов Республики </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Казахстан на территории соответствующей администр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ативно-территориальной единицы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z37"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 13. Формирование уважительного отношения к государственным символам Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Граждане Республики Казахстан, а также лица, находящиеся на территории Республики,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обязаны уважать государственные символы Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z40"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. В целях воспитания гражданственности и патриотизма, любви к своей Родине - Республике Казахстан, формирования уважения к государственным символам Республики Казахстан, а также понима</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ния их сущности и значения их изучение включается в основные общеобразовательные программы организаций образования среднего общего, начального профессионального, среднего профессионального и высшего профессионального образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       В организациях обр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азования, реализующих образовательные программы среднего общего, начального профессионального, среднего профессионального и высшего профессионального образования постоянно в специально отведенном видном месте устанавливается Государственный Флаг, размещает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся Государственный Герб либо их изображения, а также текст Государственного Гимна Республики Казахстан на государственном языке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 14. Изготовление Государственного Флага, Государственного Герба Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Изготовление Государственного Флага, Государственного Герба Республики Казахстан осуществляется при наличии соответствующей лицензии, выдаваемой в порядке, установленном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Ответственность за нарушение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законодательства Республики Казахстан, регулирующего изготовление и использование государственных символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Нарушение законодательства Республики Казахстан, регулирующего изготовление и использование государственных символов Респ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ублики Казахстан, влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 в редакции Конституционного закона РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официально</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>го опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Порядок введения в действие настоящего Конституционного закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       1. Настоящий Конституционный закон вводится в действие по истечении десяти календарных дней со дня его официального опубликования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z45"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. Признать утра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тившим силу Конституционный закон Республики Казахстан от 24 января 1996 г. "О государственных символах Республики Казахстан" (Ведомости Парламента Республики Казахстан, 1996 г., N 1, ст. 178; 1997 г., N 12, ст. 193; 2006 г., N 1, ст. 1). </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5957"/>
+        <w:gridCol w:w="3525"/>
+        <w:gridCol w:w="295"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006A77D4">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="380" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12000" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="30"/>
+          <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A77D4">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="380" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12000" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>      Пре</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зидент</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A77D4">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Конституционному закону</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"О государственных символах</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 4 июня 2007 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>N 258-III ЗРК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственный Флаг Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3365500" cy="2006600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2057400" cy="571500"/>
+                      <a:ext cx="3365500" cy="2006600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...367 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
-        <w:t xml:space="preserve">      Ескерту. Бүкіл мәтін бойынша "мемлекеттік стандартқа", "мемлекеттік стандарттарға", "мемлекеттік стандарттарын" деген сөздер тиісінше "ұлттық стандартқа", "ұлттық стандарттарға", "ұлттық стандарттарын" деген сөздермен ауыстырылды - ҚР 2012.06.28 </w:t>
-[...3453 lines deleted...]
-        <w:t xml:space="preserve"> (Қазақстан Республикасы Парламентінің Жаршысы, 1996 ж., N 1, 178-құжат; 1997 ж., N 12, 193-құжат; 2006 ж., N 1, 1-құжат) күшi жойылды деп танылсын. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9225" w:type="dxa"/>
-[...6 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9072"/>
-        <w:gridCol w:w="153"/>
+        <w:gridCol w:w="5890"/>
+        <w:gridCol w:w="3887"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E5527B" w:rsidRPr="00E5527B" w:rsidTr="00E5527B">
+      <w:tr w:rsidR="006A77D4">
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E5527B" w:rsidRPr="00E5527B" w:rsidRDefault="00E5527B" w:rsidP="00E5527B">
+          <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
             <w:pPr>
-              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...99 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E5527B" w:rsidRPr="00E5527B" w:rsidRDefault="00E5527B" w:rsidP="00E5527B">
+          <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E5527B">
+              <w:t>ПРИЛОЖЕНИЕ 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">к </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E5527B">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Конституционному закону</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t xml:space="preserve">мемлекеттік рәміздері туралы" </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E5527B">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t xml:space="preserve">2007 жылғы 4 маусымдағы N 258-III </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E5527B">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">"О государственных символах </w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E5527B">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан" </w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>Конституциялық заңына</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E5527B">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:br/>
-              <w:t>1-ҚОСЫМША</w:t>
+              <w:t>от 4 июня 2007 года № 258-III ЗРК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E5527B" w:rsidRPr="00E5527B" w:rsidRDefault="00E5527B" w:rsidP="00E5527B">
-[...42 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Сноска. Приложение 2 в редакции Конституционного закона РК от 29.06.2018 № 162-VI (вводится в действие по истечении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z47"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственный Герб Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2524125" cy="1504950"/>
-[...1 lines deleted...]
-            <wp:docPr id="12" name="Рисунок 12" descr="http://adilet.zan.kz/files/1293/60/0.jpg"/>
+            <wp:extent cx="1841500" cy="1816100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="3" name="Рисунок 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 31" descr="http://adilet.zan.kz/files/1293/60/0.jpg"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2524125" cy="1504950"/>
+                      <a:ext cx="1841500" cy="1816100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E5527B" w:rsidRPr="00E5527B" w:rsidRDefault="00E5527B" w:rsidP="00E5527B">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...5 lines deleted...]
-        </w:tblCellMar>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="5890"/>
+        <w:gridCol w:w="3887"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E5527B" w:rsidRPr="00E5527B" w:rsidTr="00E5527B">
+      <w:tr w:rsidR="006A77D4">
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E5527B" w:rsidRPr="00E5527B" w:rsidRDefault="00E5527B" w:rsidP="00E5527B">
+          <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E5527B" w:rsidRPr="00E5527B" w:rsidRDefault="00E5527B" w:rsidP="00E5527B">
+          <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E5527B">
+              <w:t>ПРИЛОЖЕНИЕ 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Қазақстан Республикасының</w:t>
+              <w:t>к Конституционному закону</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E5527B">
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>мемлекеттік рәміздері туралы"</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E5527B">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>"О государственных символах</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>2007 жылғы 4 маусымдағы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E5527B">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Республики Казахстан"</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>№ 258-III ҚРЗ</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E5527B">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>от 4 июня 2007 года</w:t>
+            </w:r>
+            <w:r>
               <w:br/>
-              <w:t>Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E5527B">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:br/>
-[...10 lines deleted...]
-              <w:t>2-ҚОСЫМША</w:t>
+              <w:t>N 258-III ЗРК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E5527B" w:rsidRPr="00E5527B" w:rsidRDefault="00E5527B" w:rsidP="00E5527B">
-[...89 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Музыкальная редакция </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Государственного гимна Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Автор музыки Шамши Калдаяков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2219325" cy="2152650"/>
-[...1 lines deleted...]
-            <wp:docPr id="11" name="Рисунок 11" descr="http://adilet.zan.kz/files/1293/60/1.jpg"/>
+            <wp:extent cx="7810500" cy="9004300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="Рисунок 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 32" descr="http://adilet.zan.kz/files/1293/60/1.jpg"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2219325" cy="2152650"/>
+                      <a:ext cx="7810500" cy="9004300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E5527B" w:rsidRPr="00E5527B" w:rsidRDefault="00E5527B" w:rsidP="00E5527B">
-[...196 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      Әннің авторы </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Текст Государственного Гимна Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...102 lines deleted...]
-        </w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Авторы слов: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жумекен Нажимеденов,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 Нурсултан Назарбаев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Алтын күн аспаны, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Алтын дән даласы, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Ерліктің дастаны, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Еліме қарашы! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Ежелден ер деген, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Даңқымыз шықты ғой. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Намысын бермеген, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қазағым мықты ғо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">й! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қайырмасы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Менің елім, менің елім, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Гүлің болып егілемін, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Жырың болып төгілемін, елім! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Туған жерім менің - Қазақстаным! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Ұрпаққа жол ашқан, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Кең байтақ жерім бар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Бірлігі жарасқан, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тәуелсіз елім бар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қарсы алған уақытты, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Мәңгілік досындай. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Біздің ел бақытты, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Біздің ел осындай! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қайырмасы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Менің елім, менің елім, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Гүлің болып егілемін, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Жырың болып төгілемін, елім! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Туған жерім менің - Қазақстаным! </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-[...641 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A77D4" w:rsidRDefault="00F319F6">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="006A77D4">
+      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...307 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00652AF6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E5527B"/>
+    <w:rsidRoot w:val="006A77D4"/>
+    <w:rsid w:val="006A77D4"/>
+    <w:rsid w:val="00F319F6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
-[...13 lines deleted...]
-    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...109 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="004A3277"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00E5527B"/>
+    <w:rsid w:val="00841CD9"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...7 lines deleted...]
-    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E5527B"/>
+    <w:rsid w:val="00841CD9"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...6 lines deleted...]
-    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E5527B"/>
+    <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E5527B"/>
+    <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E5527B"/>
+    <w:rsid w:val="00841CD9"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007109C0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E5527B"/>
-[...31 lines deleted...]
-    <w:rsid w:val="00E5527B"/>
+    <w:rsid w:val="00F319F6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E5527B"/>
+    <w:rsid w:val="00F319F6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
-[...13 lines deleted...]
-    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...109 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="004A3277"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00E5527B"/>
+    <w:rsid w:val="00841CD9"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...7 lines deleted...]
-    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E5527B"/>
+    <w:rsid w:val="00841CD9"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...6 lines deleted...]
-    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E5527B"/>
+    <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E5527B"/>
+    <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E5527B"/>
+    <w:rsid w:val="00841CD9"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007109C0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E5527B"/>
-[...31 lines deleted...]
-    <w:rsid w:val="00E5527B"/>
+    <w:rsid w:val="00F319F6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E5527B"/>
+    <w:rsid w:val="00F319F6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...608 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_/info" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_/z070258_.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_/z070258_.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000162" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000162" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000119" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1700000119" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/U960002797_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_/links" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000258_/history" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000056_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7449,55 +7061,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>28232</Characters>
+  <Pages>17</Pages>
+  <Words>4679</Words>
+  <Characters>26672</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>235</Lines>
-  <Paragraphs>66</Paragraphs>
+  <Lines>222</Lines>
+  <Paragraphs>62</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33118</CharactersWithSpaces>
+  <CharactersWithSpaces>31289</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Альбина</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>