--- v0 (2025-12-06)
+++ v1 (2025-12-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3623a6b" w14:textId="3623a6b">
+    <w:p w14:paraId="c1c0224" w14:textId="c1c0224">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,187 +76,177 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Мемлекеттік органдардың атауы жазылған маңдайшаларды дайындау және оларды әкімшілік ғимараттарда орналастыру қағидаларын бекіту туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасы Үкіметінің 2011 жылғы 22 қарашадағы № 1371 Қаулысы.</w:t>
+        <w:t>Об утверждении Правил изготовления и размещения вывесок с наименованием государственных органов на административных зданиях</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление Правительства Республики Казахстан от 22 ноября 2011 года № 1371.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасындағы сәулет, қала құрылыс және құрылыс қызметі туралы" Қазақстан Республикасының 2001 жылғы 16 шілдедегі </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының Үкіметі </w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 16 июля 2001 года "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан" Правительство Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> ЕТЕДІ:</w:t>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Мемлекеттік органдардың атауы жазылған маңдайшаларды дайындау және оларды әкімшілік ғимараттарда орналастыру </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изготовления и размещения вывесок с наименованием государственных органов на административных зданиях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы қаулы алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      2. Настоящее постановление вводится в действие по истечении десяти календарных дней после первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5476"/>
         <w:gridCol w:w="6824"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -264,51 +254,51 @@
             <w:tcW w:w="5476" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының</w:t>
+Премьер-Министр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6824" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
@@ -334,82 +324,82 @@
             <w:tcW w:w="5476" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Премьер-Министрі</w:t>
+Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6824" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-К. Мәсімов</w:t>
+К. Масимов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -469,860 +459,859 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Үкіметінің</w:t>
+              <w:t>постановлением Правительства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2011 жылғы 22 қарашадағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 1371 қаулысымен</w:t>
-[...12 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>от 22 ноября 2011 года № 1371</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік органдардың атауы жазылған маңдайшаларды дайындау</w:t>
+        <w:t xml:space="preserve"> Правила</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>және оларды әкімшілік ғимараттарда орналастыру қағидалары</w:t>
+        <w:t>изготовления и размещения вывесок с наименованием</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>1. Жалпы ережелер</w:t>
+        <w:t>государственных органов на административных зданиях</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы Мемлекеттік органдардың атауы жазылған мандайшаларды дайындау және оларды әкімшілік ғимараттарда орналастыру қағидалары (бұдан әрі - Қағидалар) мемлекеттік органдардың атауы жазылған маңдайшаларды дайындау және Қазақстан Республикасының аумағындағы әкімшілік ғимараттарда орналастыру тәртібін реттейді.</w:t>
+      1. Настоящие Правила изготовления и размещения вывесок с наименованием государственных органов на административных зданиях (далее – Правила) регулируют порядок изготовления и размещения вывесок с наименованием государственных органов на административных зданиях на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) мемлекеттік органдардың атауы жазылған маңдайшалар - мемлекеттік органның атауы туралы анықтамалық ақпараты бар қасбеттің қабырғалық элементі;</w:t>
+      1) вывеска с наименованием государственных органов – настенный элемент фасада несущий в себе справочную информацию о наименовании государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) мемлекеттік органдар - </w:t>
+      2) государственные органы – государственные учреждения, уполномоченные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Конституциямен</w:t>
+        <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>заңдарымен</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> және өзге де нормативтік құқықтық актілермен мемлекеттің атынан:</w:t>
+        <w:t>законами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и иными нормативными правовыми актами на осуществление от имени государства функций по:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мінез-құлықтың жалпыға ортақ қағидаларын белгілейтін актілерді шығару;</w:t>
+      изданию актов, определяющих общеобязательные правила поведения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      әлеуметтік маңызы бар қоғамдық қатынастарды басқару және реттеу;</w:t>
+      управлению и регулированию социально значимых общественных отношений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекет белгілеген жалпыға ортақ мінез-құлық қағидаларының сақталуын бақылау жөніндегі функцияларды жүзеге асыруға уәкілеттік берілген мемлекеттік мекемелер;</w:t>
+      контролю за соблюдением установленных государством общеобязательных правил поведения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) төсем - маңдайшалардың негіздеріне арналған сәнді рамка.</w:t>
+      3) подложка – декоративная рамка для основания вывески.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Мемлекеттік органдардың атауы жазылған маңдайшаларды</w:t>
+        <w:t xml:space="preserve"> 2. Изготовление и размещения вывесок</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>дайындау және орналастыру</w:t>
+        <w:t>с наименованием государственных органов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Маңдайша кемінде 60x80 сантиметр мөлшерінде жасалуға тиіс. Қажет болған жағдайда маңдайшаның мөлшерін ұлғайтуға болады, бұл ретте 3/4 арақатынасы сақталуы тиіс.</w:t>
+      3. Вывеска должна быть выполнена размером не менее 60 х 80 сантиметров. При необходимости возможно увеличение размеров вывески, при этом должны соблюдаться пропорции 3/4.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Маңдайшаны көлденең де, сондай-ақ тігінен де орналастыруға болады.</w:t>
+      Вывеска может быть расположена как горизонтально, так и вертикально.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Маңдайша қалыңдығы 1 сантиметрден 4 сантиметрге дейінгі төсемге орналастырылады, төсемде мемлекеттік органның атауы жазылған графикалық жазба болады.</w:t>
+      4. Вывеска располагается на подложке, толщиной от 1 сантиметра до 4 сантиметров, на подложке располагается вывеска с графической надписью названия государственного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Маңдайшаларға Қазақстан Республикасының </w:t>
+      5. На вывесках размещается </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Мемлекеттік Елтаңбасы</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> орналастырылады.</w:t>
+        <w:t>Государственный Герб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасының Мемлекеттік Елтаңбасы маңдайшаның жоғарғы үштен бір бөлігінің ортасында орналастырылады. Қазақстан Республикасының Мемлекеттік Елтаңбасының диаметрі мынадай ара қатынасқа сәйкес келуге тиіс:</w:t>
+      Государственный Герб Республики Казахстан размещается по центру в верхней трети части вывески. Диаметр Государственного Герба Республики Казахстан должен соответствовать следующим соотношениям:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      көлденең орналасқан жағдайда: маңдайшаның биіктігі елтаңбаның диаметріне 1/5;</w:t>
+      в случае горизонтального размещения: высота вывески к диаметру герба 1/5;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тігінен орналасқан жағдайда: маңдайшаның биіктігі елтаңбаның диаметріне 1/6.</w:t>
+      в случае вертикального размещения: высота вывески к диаметру герба 1/6.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Қазақстан Республикасының Мемлекеттік Елтаңбасының астына маңдайшаның 2/3 бөлігінен төмен мемлекеттік органның атауы жазылады. Маңдайша мәтіні әріптерінің биіктігі кемінде 3 сантиметр болуы тиіс. Полотноның реңі көк түсті, ал әріптер алтын түсті болуға тиіс.</w:t>
+      6. Под Государственным Гербом Республики Казахстан в нижней 2/3 части вывески располагается название государственного органа. Высота букв текста вывески должна быть не менее 3 сантиметров. Фон полотна должен быть синего цвета, а букв золотого цвета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Маңдайшаның жиегі ені кемінде 3 сантиметр алтын түсті рамкамен қоршалады.</w:t>
+      7. По краям вывеска обрамляется рамкой золотого цвета шириной не менее 3 сантиметров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Әріптердің шрифті "Book Antiqua".</w:t>
+      8. Шрифт букв "Book Antiqua".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Егер мемлекеттік мекеме орталық, жергілікті өкілді және атқарушы органның құрылымдық немесе ведомстволық бағыныстағы бөлімшелері болып табылса, онда маңдайшада мемлекеттік органның атауын көрсету қажет.</w:t>
+      9. В случае если государственное учреждение является структурным или подведомственным подразделением центрального, местного представительного и исполнительного органа, то на вывеске необходимо указать наименование государственного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы жазба Қазақстан Республикасының Мемлекеттік Елтаңбасының үстінде ортада орналасады. Жазбадағы әріптердің мөлшері кемінде 2 сантиметр болады.</w:t>
+      Данная надпись располагается по центру над Государственным Гербом Республики Казахстан. Размер букв надписи составляет не менее 2 сантиметров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Мемлекеттік органның атауы мемлекеттік және орыс тілдерінде, қажет болған жағдайда басқа да тілдерде жазылуға тиіс.</w:t>
+      10. Наименование государственного органа должно быть изложено на государственном и русском, а при необходимости, и на других языках.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Мемлекеттік органның атауы мемлекеттік және орыс тілдерінде және басқа да тілдерде дайындалып, орналастырылған жағдайда олар бір-бірінен жеке орналасқан әртүрлі маңдайша түрінде жасалады.</w:t>
+      11. В случае изготовления и размещения вывесок с наименованием государственного органа на государственном и русском, и на других языках они выполняются в виде разных вывесок, отдельно расположенных друг от друга.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Мәтінде шетелдік сөздерді, оның ішінде латын әріптерімен жазылған сөздерді, қысқартылған атауларды және аббревиатураларды пайдалануға болмайды.</w:t>
+      12. Недопустимо использование в тексте иностранных слов, в том числе выполненных латинскими буквами, сокращений названий и аббревиатур.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Маңдайшаны орналастыратын орын мемлекеттік органның атауы мен орналасқан жері туралы ақпарат беруге және оған кіретін жерді көрсетуге тиіс. Маңдайша ғимараттың қасбетінде үй-жайға кіреберістен 10 метр қашықтық шегінде немесе мемлекеттік орган алып отырған үй-жай шегінде орналасуға тиіс.</w:t>
+      13. Место размещения вывески должно информировать о наименовании и месторасположение государственного органа и указывать место входа. Вывеска должна располагаться на фасаде здания в пределах 10 метров от входа в помещение или в пределах помещения, занимаемого государственным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Жұмыс уақытының режимі, қабылдау кестесі және басшылардың тегі сияқты басқа да ақпараттық деректерді маңдайшаға немесе мемлекеттік органның атауымен қатар орналастыруға болмайды.</w:t>
+      14. Другие информационные данные, такие как: временной режим работы, расписания приема и фамилии руководителей, недопустимо располагать на вывесках или рядом с наименованием государственного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Қасбеттегі маңдайшаларға кешкі уақытта жарық түсірілуге тиіс.</w:t>
+      15. Вывески на фасадах должны быть подсвечены в темное время суток.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Мемлекеттік орган маңдайшаларды дайындауды, келісуді, ресімдеуді және орнатуды жүзеге асырады.</w:t>
+      16. Государственный орган осуществляет подготовку, согласование, оформление и установку вывески.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Мемлекеттік органдар мен мемлекеттік мекемелердің маңдайшалары олардың ресми атауы немесе мемлекеттік мекеменің бағыныстылығы өзгерген жағдайда, маңдайшалар табиғи тозудың және моральдық ескірудің салдарынан, сондай-ақ қажет болған жағдайда аумақтық орналасқан жерді ауыстырған (көшкен) кезде ауыстырылады.</w:t>
+      17. Вывески государственных органов и государственных учреждений меняются в случае изменения официального наименования или подчиненности государственного учреждения, вследствие естественного износа и морально устаревшие вывески, а также по мере необходимости при смене территориального месторасположения (переезда).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Маңдайшаларды мемлекеттік орган пайдаланудың бүкіл кезеңінде тиісті техникалық және эстетикалық жай-күйде күтіп ұстауға тиіс.</w:t>
+      18. Вывески должны содержаться государственным органом в надлежащем техническом и эстетическом состоянии на протяжении всего периода эксплуатации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>